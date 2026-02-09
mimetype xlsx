--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -1515,51 +1515,51 @@
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu269</t>
   </si>
   <si>
     <t>DJPMO</t>
   </si>
   <si>
     <t>Schefflera morototoni</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu163</t>
   </si>
   <si>
     <t>SCITE</t>
   </si>
   <si>
     <t>Schinus terebinthifolia</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu270</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu271</t>
   </si>
   <si>
     <t>SIDRH</t>
   </si>
   <si>
     <t>Sida rhombifolia</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu272</t>
   </si>
   <si>
     <t>SOLAF</t>
   </si>
   <si>
     <t>Solanum acerifolium</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu273
 ------- As Solanum acerosum.</t>
   </si>
   <si>
     <t>SOLAM</t>