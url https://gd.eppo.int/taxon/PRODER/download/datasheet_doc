--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403368e7261d80373" w:history="1">
+            <w:hyperlink r:id="rId505669020a45d7227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId877168e7261d803f9" w:history="1">
+            <w:hyperlink r:id="rId675569020a45d72bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28136464" name="name812268e7261d80dce" descr="1364.jpg"/>
+                  <wp:docPr id="32717212" name="name869869020a45d7b7a" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId407868e7261d80dcb" cstate="print"/>
+                          <a:blip r:embed="rId545869020a45d7b78" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId438268e7261d80ffd" w:history="1">
+            <w:hyperlink r:id="rId227369020a45d7ca7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65321611" name="name278168e7261d847e9" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="93632664" name="name126369020a45da834" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId816468e7261d847e5" cstate="print"/>
+                    <a:blip r:embed="rId704169020a45da830" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639468e7261d85af2" w:history="1">
+      <w:hyperlink r:id="rId975569020a45dbca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785968e7261d85b8f" w:history="1">
+      <w:hyperlink r:id="rId788169020a45dbd57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883568e7261d8606c" w:history="1">
+      <w:hyperlink r:id="rId630369020a45dc1fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8787,51 +8787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879668e7261d86475" w:history="1">
+      <w:hyperlink r:id="rId109169020a45dc608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76568696" name="name329768e7261d865b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="20837055" name="name936769020a45dc99f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId553168e7261d865b7" cstate="print"/>
+                    <a:blip r:embed="rId773769020a45dc99e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39925668">
+  <w:abstractNum w:abstractNumId="94375180">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20248974">
+    <w:lvl w:ilvl="0" w:tplc="17862177">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20248974" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17862177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39925667">
+  <w:abstractNum w:abstractNumId="94375179">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72373065">
+    <w:lvl w:ilvl="0" w:tplc="40988395">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39925667">
-    <w:abstractNumId w:val="39925667"/>
+  <w:num w:numId="94375179">
+    <w:abstractNumId w:val="94375179"/>
   </w:num>
-  <w:num w:numId="39925668">
-    <w:abstractNumId w:val="39925668"/>
+  <w:num w:numId="94375180">
+    <w:abstractNumId w:val="94375180"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766628833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557236511" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId403368e7261d80373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId877168e7261d803f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId438268e7261d80ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId639468e7261d85af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId785968e7261d85b8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId883568e7261d8606c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId879668e7261d86475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId407868e7261d80dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId407868e7261d80dcb.jpg"/><Relationship Id="rId816468e7261d847e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId816468e7261d847e5.jpg"/><Relationship Id="rId553168e7261d865b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553168e7261d865b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716033903" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656731095" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId505669020a45d7227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId675569020a45d72bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId227369020a45d7ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId975569020a45dbca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId788169020a45dbd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId630369020a45dc1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId109169020a45dc608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId545869020a45d7b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545869020a45d7b78.jpg"/><Relationship Id="rId704169020a45da830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704169020a45da830.jpg"/><Relationship Id="rId773769020a45dc99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773769020a45dc99e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>