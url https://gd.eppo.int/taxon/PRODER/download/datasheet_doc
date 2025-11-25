--- v1 (2025-10-29)
+++ v2 (2025-11-25)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505669020a45d7227" w:history="1">
+            <w:hyperlink r:id="rId217169250d7aa54fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId675569020a45d72bc" w:history="1">
+            <w:hyperlink r:id="rId995669250d7aa556f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32717212" name="name869869020a45d7b7a" descr="1364.jpg"/>
+                  <wp:docPr id="40037009" name="name700569250d7aa5d77" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId545869020a45d7b78" cstate="print"/>
+                          <a:blip r:embed="rId632769250d7aa5d75" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId227369020a45d7ca7" w:history="1">
+            <w:hyperlink r:id="rId729369250d7aa5edd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93632664" name="name126369020a45da834" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="79183560" name="name188969250d7aa89d1" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId704169020a45da830" cstate="print"/>
+                    <a:blip r:embed="rId758369250d7aa89ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975569020a45dbca8" w:history="1">
+      <w:hyperlink r:id="rId294069250d7aa9be5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788169020a45dbd57" w:history="1">
+      <w:hyperlink r:id="rId500769250d7aa9c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630369020a45dc1fd" w:history="1">
+      <w:hyperlink r:id="rId616769250d7aaa136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8787,51 +8787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109169020a45dc608" w:history="1">
+      <w:hyperlink r:id="rId933669250d7aaa512" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20837055" name="name936769020a45dc99f" descr="eu_funding_250.png"/>
+            <wp:docPr id="1439846" name="name205069250d7aaa887" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId773769020a45dc99e" cstate="print"/>
+                    <a:blip r:embed="rId140769250d7aaa886" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94375180">
+  <w:abstractNum w:abstractNumId="40802274">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17862177">
+    <w:lvl w:ilvl="0" w:tplc="57053210">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17862177" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57053210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94375179">
+  <w:abstractNum w:abstractNumId="40802273">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40988395">
+    <w:lvl w:ilvl="0" w:tplc="56016372">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94375179">
-    <w:abstractNumId w:val="94375179"/>
+  <w:num w:numId="40802273">
+    <w:abstractNumId w:val="40802273"/>
   </w:num>
-  <w:num w:numId="94375180">
-    <w:abstractNumId w:val="94375180"/>
+  <w:num w:numId="40802274">
+    <w:abstractNumId w:val="40802274"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId716033903" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656731095" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId505669020a45d7227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId675569020a45d72bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId227369020a45d7ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId975569020a45dbca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId788169020a45dbd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId630369020a45dc1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId109169020a45dc608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId545869020a45d7b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545869020a45d7b78.jpg"/><Relationship Id="rId704169020a45da830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704169020a45da830.jpg"/><Relationship Id="rId773769020a45dc99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773769020a45dc99e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328267506" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId508133054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId217169250d7aa54fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId995669250d7aa556f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId729369250d7aa5edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId294069250d7aa9be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId500769250d7aa9c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId616769250d7aaa136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId933669250d7aaa512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId632769250d7aa5d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId632769250d7aa5d75.jpg"/><Relationship Id="rId758369250d7aa89ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758369250d7aa89ce.jpg"/><Relationship Id="rId140769250d7aaa886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140769250d7aaa886.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>