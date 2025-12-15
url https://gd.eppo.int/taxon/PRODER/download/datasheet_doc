--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217169250d7aa54fa" w:history="1">
+            <w:hyperlink r:id="rId7113693fb0052e0dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId995669250d7aa556f" w:history="1">
+            <w:hyperlink r:id="rId8334693fb0052e147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40037009" name="name700569250d7aa5d77" descr="1364.jpg"/>
+                  <wp:docPr id="82945134" name="name1421693fb0052ea3a" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId632769250d7aa5d75" cstate="print"/>
+                          <a:blip r:embed="rId8542693fb0052ea38" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId729369250d7aa5edd" w:history="1">
+            <w:hyperlink r:id="rId2120693fb0052eb37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79183560" name="name188969250d7aa89d1" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="79775201" name="name4174693fb005317ee" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId758369250d7aa89ce" cstate="print"/>
+                    <a:blip r:embed="rId5807693fb005317eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294069250d7aa9be5" w:history="1">
+      <w:hyperlink r:id="rId6756693fb0053299b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500769250d7aa9c7b" w:history="1">
+      <w:hyperlink r:id="rId6450693fb00532a31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616769250d7aaa136" w:history="1">
+      <w:hyperlink r:id="rId7110693fb00532ef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8787,51 +8787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933669250d7aaa512" w:history="1">
+      <w:hyperlink r:id="rId3892693fb005332d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1439846" name="name205069250d7aaa887" descr="eu_funding_250.png"/>
+            <wp:docPr id="62669627" name="name9487693fb005333f8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId140769250d7aaa886" cstate="print"/>
+                    <a:blip r:embed="rId2319693fb005333f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40802274">
+  <w:abstractNum w:abstractNumId="86886580">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57053210">
+    <w:lvl w:ilvl="0" w:tplc="78549755">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57053210" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78549755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40802273">
+  <w:abstractNum w:abstractNumId="86886579">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56016372">
+    <w:lvl w:ilvl="0" w:tplc="42214340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40802273">
-    <w:abstractNumId w:val="40802273"/>
+  <w:num w:numId="86886579">
+    <w:abstractNumId w:val="86886579"/>
   </w:num>
-  <w:num w:numId="40802274">
-    <w:abstractNumId w:val="40802274"/>
+  <w:num w:numId="86886580">
+    <w:abstractNumId w:val="86886580"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328267506" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId508133054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId217169250d7aa54fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId995669250d7aa556f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId729369250d7aa5edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId294069250d7aa9be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId500769250d7aa9c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId616769250d7aaa136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId933669250d7aaa512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId632769250d7aa5d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId632769250d7aa5d75.jpg"/><Relationship Id="rId758369250d7aa89ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId758369250d7aa89ce.jpg"/><Relationship Id="rId140769250d7aaa886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140769250d7aaa886.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId642661181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473042750" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7113693fb0052e0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId8334693fb0052e147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId2120693fb0052eb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId6756693fb0053299b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId6450693fb00532a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId7110693fb00532ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId3892693fb005332d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8542693fb0052ea38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8542693fb0052ea38.jpg"/><Relationship Id="rId5807693fb005317eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5807693fb005317eb.jpg"/><Relationship Id="rId2319693fb005333f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2319693fb005333f7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>