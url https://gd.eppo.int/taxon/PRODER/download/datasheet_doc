--- v3 (2025-12-15)
+++ v4 (2026-01-25)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7113693fb0052e0dd" w:history="1">
+            <w:hyperlink r:id="rId51966975ff9994f28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8334693fb0052e147" w:history="1">
+            <w:hyperlink r:id="rId96076975ff9994f95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82945134" name="name1421693fb0052ea3a" descr="1364.jpg"/>
+                  <wp:docPr id="35160890" name="name97896975ff999564c" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8542693fb0052ea38" cstate="print"/>
+                          <a:blip r:embed="rId11156975ff999564a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2120693fb0052eb37" w:history="1">
+            <w:hyperlink r:id="rId18356975ff99957dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79775201" name="name4174693fb005317ee" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="35594234" name="name85006975ff9997dad" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5807693fb005317eb" cstate="print"/>
+                    <a:blip r:embed="rId85936975ff9997daa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6756693fb0053299b" w:history="1">
+      <w:hyperlink r:id="rId61506975ff9998f9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6450693fb00532a31" w:history="1">
+      <w:hyperlink r:id="rId70256975ff9999034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7110693fb00532ef7" w:history="1">
+      <w:hyperlink r:id="rId80466975ff99994d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8765,73 +8765,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3892693fb005332d1" w:history="1">
+      <w:hyperlink r:id="rId21556975ff99998ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62669627" name="name9487693fb005333f8" descr="eu_funding_250.png"/>
+            <wp:docPr id="36365209" name="name92496975ff9999d1f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2319693fb005333f7" cstate="print"/>
+                    <a:blip r:embed="rId14226975ff9999d1d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86886580">
+  <w:abstractNum w:abstractNumId="95469324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78549755">
+    <w:lvl w:ilvl="0" w:tplc="45323798">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78549755" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45323798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86886579">
+  <w:abstractNum w:abstractNumId="95469323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42214340">
+    <w:lvl w:ilvl="0" w:tplc="66314412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86886579">
-    <w:abstractNumId w:val="86886579"/>
+  <w:num w:numId="95469323">
+    <w:abstractNumId w:val="95469323"/>
   </w:num>
-  <w:num w:numId="86886580">
-    <w:abstractNumId w:val="86886580"/>
+  <w:num w:numId="95469324">
+    <w:abstractNumId w:val="95469324"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId642661181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473042750" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7113693fb0052e0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId8334693fb0052e147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId2120693fb0052eb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId6756693fb0053299b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId6450693fb00532a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId7110693fb00532ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId3892693fb005332d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8542693fb0052ea38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8542693fb0052ea38.jpg"/><Relationship Id="rId5807693fb005317eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5807693fb005317eb.jpg"/><Relationship Id="rId2319693fb005333f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2319693fb005333f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369001537" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId177843568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51966975ff9994f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId96076975ff9994f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId18356975ff99957dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId61506975ff9998f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId70256975ff9999034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId80466975ff99994d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId21556975ff99998ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11156975ff999564a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11156975ff999564a.jpg"/><Relationship Id="rId85936975ff9997daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85936975ff9997daa.jpg"/><Relationship Id="rId14226975ff9999d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14226975ff9999d1d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>