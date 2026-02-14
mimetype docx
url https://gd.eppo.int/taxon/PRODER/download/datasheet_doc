--- v4 (2026-01-25)
+++ v5 (2026-02-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51966975ff9994f28" w:history="1">
+            <w:hyperlink r:id="rId87026990929ce39e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96076975ff9994f95" w:history="1">
+            <w:hyperlink r:id="rId47216990929ce3a51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35160890" name="name97896975ff999564c" descr="1364.jpg"/>
+                  <wp:docPr id="85134998" name="name63916990929ce4089" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11156975ff999564a" cstate="print"/>
+                          <a:blip r:embed="rId62856990929ce4087" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId18356975ff99957dd" w:history="1">
+            <w:hyperlink r:id="rId17016990929ce41bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4063,51 +4063,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schinus terebinthifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sida rhombifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35594234" name="name85006975ff9997dad" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="87401307" name="name94126990929ce6955" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85936975ff9997daa" cstate="print"/>
+                    <a:blip r:embed="rId48166990929ce6951" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61506975ff9998f9e" w:history="1">
+      <w:hyperlink r:id="rId65026990929ce7b6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70256975ff9999034" w:history="1">
+      <w:hyperlink r:id="rId68256990929ce7c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80466975ff99994d4" w:history="1">
+      <w:hyperlink r:id="rId57016990929ce80c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8787,51 +8787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21556975ff99998ba" w:history="1">
+      <w:hyperlink r:id="rId63926990929ce849e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36365209" name="name92496975ff9999d1f" descr="eu_funding_250.png"/>
+            <wp:docPr id="81067756" name="name91966990929ce85ae" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14226975ff9999d1d" cstate="print"/>
+                    <a:blip r:embed="rId68126990929ce85ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95469324">
+  <w:abstractNum w:abstractNumId="79175560">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45323798">
+    <w:lvl w:ilvl="0" w:tplc="81857871">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45323798" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81857871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95469323">
+  <w:abstractNum w:abstractNumId="79175559">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66314412">
+    <w:lvl w:ilvl="0" w:tplc="78218949">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95469323">
-    <w:abstractNumId w:val="95469323"/>
+  <w:num w:numId="79175559">
+    <w:abstractNumId w:val="79175559"/>
   </w:num>
-  <w:num w:numId="95469324">
-    <w:abstractNumId w:val="95469324"/>
+  <w:num w:numId="79175560">
+    <w:abstractNumId w:val="79175560"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369001537" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId177843568" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51966975ff9994f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId96076975ff9994f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId18356975ff99957dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId61506975ff9998f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId70256975ff9999034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId80466975ff99994d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId21556975ff99998ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11156975ff999564a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11156975ff999564a.jpg"/><Relationship Id="rId85936975ff9997daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85936975ff9997daa.jpg"/><Relationship Id="rId14226975ff9999d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14226975ff9999d1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId745701021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590345466" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87026990929ce39e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId47216990929ce3a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId17016990929ce41bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId65026990929ce7b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId68256990929ce7c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId57016990929ce80c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId63926990929ce849e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62856990929ce4087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62856990929ce4087.jpg"/><Relationship Id="rId48166990929ce6951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48166990929ce6951.jpg"/><Relationship Id="rId68126990929ce85ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68126990929ce85ad.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>