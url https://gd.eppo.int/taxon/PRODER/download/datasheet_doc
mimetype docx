--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87026990929ce39e5" w:history="1">
+            <w:hyperlink r:id="rId703569abbc7a3dd11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47216990929ce3a51" w:history="1">
+            <w:hyperlink r:id="rId760769abbc7a3dd7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85134998" name="name63916990929ce4089" descr="1364.jpg"/>
+                  <wp:docPr id="5066875" name="name202169abbc7a3e40e" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62856990929ce4087" cstate="print"/>
+                          <a:blip r:embed="rId131069abbc7a3e40c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId17016990929ce41bb" w:history="1">
+            <w:hyperlink r:id="rId759569abbc7a3e523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87401307" name="name94126990929ce6955" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="67604677" name="name777269abbc7a4120c" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48166990929ce6951" cstate="print"/>
+                    <a:blip r:embed="rId570469abbc7a41208" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65026990929ce7b6a" w:history="1">
+      <w:hyperlink r:id="rId957069abbc7a4266c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68256990929ce7c02" w:history="1">
+      <w:hyperlink r:id="rId933169abbc7a42725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57016990929ce80c2" w:history="1">
+      <w:hyperlink r:id="rId778669abbc7a42bfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8787,51 +8787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63926990929ce849e" w:history="1">
+      <w:hyperlink r:id="rId183569abbc7a42fe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81067756" name="name91966990929ce85ae" descr="eu_funding_250.png"/>
+            <wp:docPr id="55220443" name="name353369abbc7a43468" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68126990929ce85ad" cstate="print"/>
+                    <a:blip r:embed="rId337469abbc7a43466" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79175560">
+  <w:abstractNum w:abstractNumId="17574008">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81857871">
+    <w:lvl w:ilvl="0" w:tplc="75192712">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81857871" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75192712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79175559">
+  <w:abstractNum w:abstractNumId="17574007">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78218949">
+    <w:lvl w:ilvl="0" w:tplc="59507918">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79175559">
-    <w:abstractNumId w:val="79175559"/>
+  <w:num w:numId="17574007">
+    <w:abstractNumId w:val="17574007"/>
   </w:num>
-  <w:num w:numId="79175560">
-    <w:abstractNumId w:val="79175560"/>
+  <w:num w:numId="17574008">
+    <w:abstractNumId w:val="17574008"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId745701021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590345466" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87026990929ce39e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId47216990929ce3a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId17016990929ce41bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId65026990929ce7b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId68256990929ce7c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId57016990929ce80c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId63926990929ce849e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62856990929ce4087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62856990929ce4087.jpg"/><Relationship Id="rId48166990929ce6951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48166990929ce6951.jpg"/><Relationship Id="rId68126990929ce85ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68126990929ce85ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId487308088" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262767217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId703569abbc7a3dd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId760769abbc7a3dd7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId759569abbc7a3e523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId957069abbc7a4266c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId933169abbc7a42725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId778669abbc7a42bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId183569abbc7a42fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId131069abbc7a3e40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId131069abbc7a3e40c.jpg"/><Relationship Id="rId570469abbc7a41208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570469abbc7a41208.jpg"/><Relationship Id="rId337469abbc7a43466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337469abbc7a43466.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>