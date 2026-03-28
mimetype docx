--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Stoll)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> semitropical armyworm, southern armyworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId703569abbc7a3dd11" w:history="1">
+            <w:hyperlink r:id="rId857769c722d82387a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId760769abbc7a3dd7e" w:history="1">
+            <w:hyperlink r:id="rId784669c722d8238e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRODER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5066875" name="name202169abbc7a3e40e" descr="1364.jpg"/>
+                  <wp:docPr id="24119297" name="name199269c722d823f0e" descr="1364.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1364.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId131069abbc7a3e40c" cstate="print"/>
+                          <a:blip r:embed="rId396369c722d823f0c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId759569abbc7a3e523" w:history="1">
+            <w:hyperlink r:id="rId638069c722d824035" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4801,63 +4801,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species already present (Goergen, 2018). The species is also reported from India where it was found on soybean in 2019. However, it was no longer found in the area in 2020 and 2021 (Gaikwad, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67604677" name="name777269abbc7a4120c" descr="PRODER_distribution_map.jpg"/>
+            <wp:docPr id="83665907" name="name673169c722d8266b5" descr="PRODER_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRODER_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId570469abbc7a41208" cstate="print"/>
+                    <a:blip r:embed="rId537269c722d8266b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7336,51 +7336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Montezano DG &amp; Specht A (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania (southern armyworm)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957069abbc7a4266c" w:history="1">
+      <w:hyperlink r:id="rId255369c722d8278d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7426,51 +7426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933169abbc7a42725" w:history="1">
+      <w:hyperlink r:id="rId258469c722d82796d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieu100</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8169,51 +8169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778669abbc7a42bfb" w:history="1">
+      <w:hyperlink r:id="rId615269c722d827e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/iev134 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8787,51 +8787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spodoptera eridania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183569abbc7a42fe0" w:history="1">
+      <w:hyperlink r:id="rId911469c722d828206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8906,63 +8906,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55220443" name="name353369abbc7a43468" descr="eu_funding_250.png"/>
+            <wp:docPr id="62847222" name="name531469c722d82834e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId337469abbc7a43466" cstate="print"/>
+                    <a:blip r:embed="rId779869c722d82834d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9060,137 +9060,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17574008">
+  <w:abstractNum w:abstractNumId="80184612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75192712">
+    <w:lvl w:ilvl="0" w:tplc="57309066">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75192712" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57309066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17574007">
+  <w:abstractNum w:abstractNumId="80184611">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59507918">
+    <w:lvl w:ilvl="0" w:tplc="97081345">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9942,55 +9942,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17574007">
-    <w:abstractNumId w:val="17574007"/>
+  <w:num w:numId="80184611">
+    <w:abstractNumId w:val="80184611"/>
   </w:num>
-  <w:num w:numId="17574008">
-    <w:abstractNumId w:val="17574008"/>
+  <w:num w:numId="80184612">
+    <w:abstractNumId w:val="80184612"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21540,51 +21540,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId487308088" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262767217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId703569abbc7a3dd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId760769abbc7a3dd7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId759569abbc7a3e523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId957069abbc7a4266c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId933169abbc7a42725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId778669abbc7a42bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId183569abbc7a42fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId131069abbc7a3e40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId131069abbc7a3e40c.jpg"/><Relationship Id="rId570469abbc7a41208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570469abbc7a41208.jpg"/><Relationship Id="rId337469abbc7a43466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337469abbc7a43466.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250371688" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId782926618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId857769c722d82387a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/" TargetMode="External"/><Relationship Id="rId784669c722d8238e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/categorization" TargetMode="External"/><Relationship Id="rId638069c722d824035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRODER/photos" TargetMode="External"/><Relationship Id="rId255369c722d8278d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.44518" TargetMode="External"/><Relationship Id="rId258469c722d82796d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieu100" TargetMode="External"/><Relationship Id="rId615269c722d827e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/iev134" TargetMode="External"/><Relationship Id="rId911469c722d828206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId396369c722d823f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId396369c722d823f0c.jpg"/><Relationship Id="rId537269c722d8266b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537269c722d8266b2.jpg"/><Relationship Id="rId779869c722d82834d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779869c722d82834d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>