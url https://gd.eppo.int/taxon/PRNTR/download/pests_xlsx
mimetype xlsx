--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNTR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -262,50 +262,60 @@
   </si>
   <si>
     <t>PHYP29</t>
   </si>
   <si>
     <t>Peach yellows phytoplasma (as Prunus)</t>
   </si>
   <si>
     <t>* Kirkpatrick BC (1995) Peach yellows. Compendium of Stone Fruit Diseases (eds Ogawa JM, Zehr EI, Bird GW, Ritchie DF, Uriu K &amp; Uyemoto JK) APS Press, St. Paul, MN, USA, p 57.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t xml:space="preserve">* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 * Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Prunus)</t>
   </si>
@@ -694,51 +704,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1146,189 +1156,203 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s">
         <v>78</v>
       </c>
       <c r="C34" t="s">
         <v>79</v>
       </c>
       <c r="D34" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" t="s">
         <v>82</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C40" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C41" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>95</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" t="s">
         <v>96</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C43" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C44" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>102</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>7</v>
+      </c>
+      <c r="B45" t="s">
         <v>103</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>104</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B46" t="s">
         <v>107</v>
       </c>
       <c r="C46" t="s">
         <v>108</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" t="s">
+        <v>110</v>
+      </c>
+      <c r="C47" t="s">
+        <v>111</v>
+      </c>
+      <c r="D47"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>