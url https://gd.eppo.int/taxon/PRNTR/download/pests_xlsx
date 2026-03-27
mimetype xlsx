--- v1 (2026-03-07)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNTR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -157,50 +157,53 @@
     <t>LASPPR</t>
   </si>
   <si>
     <t>Grapholita prunivora (as Prunus)</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Prunus)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
     <t>Lymantria dispar (as Prunus)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Prunus)</t>
   </si>
   <si>
     <t>* Blatt SE, Knox DA, Harmsen R (2000) Apple or cherry? Host selection quandary for the eastern tent caterpillar. Proceedings of the Entomological Society of Ontario 131, 123-131.
 * Britton WE (1935) The eastern tent caterpillar. Connecticut Agricultural Experiment Station Bulletin 378, 65-82.
 ------- as 'other species of cherry and plum'
 * Fitzgerald TD (1995) The Tent Caterpillars. Cornell University Press, Ithaca, USA.
 ------- listed amongst ovipositional hosts</t>
@@ -966,391 +969,393 @@
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C40" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C41" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C42" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D42" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>7</v>
       </c>
       <c r="B45" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C45" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D45" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B46" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C46" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D46" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B47" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C47" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D47"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>