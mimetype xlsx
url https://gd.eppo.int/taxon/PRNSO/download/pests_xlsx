--- v0 (2025-10-09)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNSO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>PUCIAR</t>
   </si>
   <si>
     <t>Pucciniastrum areolatum</t>
   </si>
   <si>
     <t>* Zhang K, Olson Å, Samils B, Kaitera J (2021) Alternate host screening of Thekopsora areolata in Scandinavia: a new record on Prunus grayana. Botan 99(10), 589-600.</t>
   </si>
   <si>
@@ -386,50 +386,60 @@
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t xml:space="preserve">* Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>PSDPMI</t>
   </si>
   <si>
     <t>Pseudopityophthorus minutissimus</t>
   </si>
@@ -917,51 +927,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="588.571" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1551,342 +1561,356 @@
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>117</v>
       </c>
       <c r="C47" t="s">
         <v>118</v>
       </c>
       <c r="D47" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
         <v>120</v>
       </c>
       <c r="C48" t="s">
         <v>121</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>128</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
         <v>129</v>
       </c>
       <c r="C52" t="s">
         <v>130</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" t="s">
+        <v>133</v>
+      </c>
+      <c r="D53" t="s">
         <v>131</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C54" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>135</v>
       </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
         <v>136</v>
       </c>
       <c r="C55" t="s">
         <v>137</v>
       </c>
       <c r="D55" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C56" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>140</v>
+      </c>
+      <c r="D56" t="s">
+        <v>141</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C57" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>142</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C58" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D58"/>
+        <v>144</v>
+      </c>
+      <c r="D58" t="s">
+        <v>145</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C59" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>146</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
         <v>147</v>
       </c>
       <c r="C60" t="s">
         <v>148</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C62" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D62" t="s">
         <v>153</v>
       </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
         <v>154</v>
       </c>
       <c r="C63" t="s">
         <v>155</v>
       </c>
       <c r="D63" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>11</v>
+      </c>
+      <c r="B64" t="s">
         <v>157</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>158</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B65" t="s">
         <v>161</v>
       </c>
       <c r="C65" t="s">
         <v>162</v>
       </c>
       <c r="D65" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B66" t="s">
-        <v>82</v>
+        <v>164</v>
       </c>
       <c r="C66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
-        <v>166</v>
+        <v>82</v>
       </c>
       <c r="C67" t="s">
         <v>167</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>168</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="B68" t="s">
         <v>169</v>
       </c>
       <c r="C68" t="s">
         <v>170</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B69" t="s">
-        <v>19</v>
+        <v>172</v>
       </c>
       <c r="C69" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D69" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="C70" t="s">
         <v>175</v>
       </c>
       <c r="D70" t="s">
         <v>176</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>171</v>
+      </c>
+      <c r="B71" t="s">
+        <v>177</v>
+      </c>
+      <c r="C71" t="s">
+        <v>178</v>
+      </c>
+      <c r="D71" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">