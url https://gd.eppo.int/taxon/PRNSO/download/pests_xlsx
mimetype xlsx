--- v1 (2026-02-18)
+++ v2 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNSO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>PUCIAR</t>
   </si>
   <si>
     <t>Pucciniastrum areolatum</t>
   </si>
   <si>
     <t>* Zhang K, Olson Å, Samils B, Kaitera J (2021) Alternate host screening of Thekopsora areolata in Scandinavia: a new record on Prunus grayana. Botan 99(10), 589-600.</t>
   </si>
   <si>
@@ -249,50 +249,53 @@
   </si>
   <si>
     <t>Heterobasidion irregulare</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce’s disease bacteria. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- Adults were observed on this plant.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.
 * Barringer LE, Donovall LR, Spichiger SE, Lynch D, Henry D (2015) The first New World record of Lycorma delicatula (Insecta: Hemiptera: Fulgoridae). Entomological News 125(1), 20-23.
 ------- Egg laying observed.</t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
     <t>Lymantria dispar (as Prunus)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Prunus)</t>
   </si>
   <si>
@@ -1327,590 +1330,592 @@
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
+        <v>133</v>
+      </c>
+      <c r="C53" t="s">
+        <v>134</v>
+      </c>
+      <c r="D53" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C58" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D58" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C59" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C60" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D60" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C65" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D65" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D66" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B67" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C67" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D67" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B68" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C68" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D69" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
         <v>19</v>
       </c>
       <c r="C70" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D70" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B71" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C71" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D71" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">