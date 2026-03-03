--- v0 (2025-10-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNPS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLMA</t>
   </si>
   <si>
     <t>Agrilus mali</t>
   </si>
   <si>
     <t>* EPPO (2024) EPPO Technical Document No. 1093. Pest risk analysis for Agrilus mali (Coleoptera: Buprestidae). EPPO, Paris. Available at https://gd.eppo.int/taxon/AGRLMA/documents
 ------- not confirmed host.
 * Hua LZ (2002) List of Chinese Insects. Vol. 2. Guangzhou: Zhongshan (Sun Yat-sen) Univ. Press. 
@@ -1034,63 +1034,71 @@
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t>* Stathas GJ, Kartsonas ED, Darras AI, Skouras PJ (2021) Scale insect species (Hemiptera: Coccomorpha) and their natural enemies, recorded on agricultural, ornamental and forest plant species in the wider area of Messenian Province (Peloponnese, Greece), 2000–2020. Hellenic Plant Protection Journal, 14(2), 47-64.</t>
   </si>
   <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
-    <t>* Pellizzari G, Duso C, Rainato A, Pozzebon A, Zanini G (2012) Phenology, ethology and distribution of Pseudococcus comstocki, an invasive pest in northeastern Italy. Bulletin of Insectology.65(2), 209-215.</t>
+    <t>* Pellizzari G, Duso C, Rainato A, Pozzebon A, Zanini G (2012) Phenology, ethology and distribution of Pseudococcus comstocki, an invasive pest in northeastern Italy. Bulletin of Insectology.65(2), 209-215.
+* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMAM</t>
   </si>
   <si>
     <t>Pseudomonas amygdali</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>PSDMVF</t>
   </si>
   <si>
     <t>Pseudomonas viridiflava</t>
   </si>
   <si>
     <t>* Scortichini M, Morone C (1997) Apoplexy of peach trees caused by Pseudomonas viridiflava. Journal of Phytopathology145(8‐9), 397-399.</t>
   </si>
@@ -1266,50 +1274,60 @@
   </si>
   <si>
     <t>ACLSV0</t>
   </si>
   <si>
     <t>Trichovirus mali</t>
   </si>
   <si>
     <t>* Marini DB, Gibson PG, Scott SW (2008) The complete nucleotide sequence of an isolate of Apple chlorotic leaf spot virus from peach (Prunus persica (L.) Batch). Archives of virology 153, 1003-1005.
 * Németh MA (1986) Virus, mycoplasma and rickettsia diseases of fruit trees. Akadémiai Kiado, Budapest, 841 pp.</t>
   </si>
   <si>
     <t>AELSSA</t>
   </si>
   <si>
     <t>Trirachys sartus</t>
   </si>
   <si>
     <t xml:space="preserve">* Bhagat RC (2017) Coleopteran-fauna (Insecta) infesting fruit plantations in Jammu &amp; Kashmir state (India): An annotated checklist and biodiversity. International Journal of Current Research in Biosciences and Plant Biology 4(2), 60-66. doi: http://dx.doi.org/10.20546/ijcrbp.2017.402.008 </t>
   </si>
   <si>
     <t>TYLRCL</t>
   </si>
   <si>
     <t>Tylenchorhynchus claytoni</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE
+* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>LCHV10</t>
   </si>
   <si>
     <t>Velarivirus nanoavii (as Prunus)</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>XIPHAA</t>
   </si>
   <si>
     <t>Xiphinema americanum sensu stricto</t>
   </si>
   <si>
     <t xml:space="preserve">* Lamberti F, Golden MA (1984) Redescription of Xiphinema americanum Cobb, 1913 with comments on its morphometric variations.  Journal of Nematology 16(2), 204-206. </t>
   </si>
@@ -2085,51 +2103,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D201"/>
+  <dimension ref="A1:D203"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3700,1137 +3718,1165 @@
         <v>301</v>
       </c>
       <c r="D119" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>20</v>
       </c>
       <c r="B120" t="s">
         <v>303</v>
       </c>
       <c r="C120" t="s">
         <v>304</v>
       </c>
       <c r="D120" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>20</v>
       </c>
       <c r="B121" t="s">
+        <v>303</v>
+      </c>
+      <c r="C121" t="s">
         <v>306</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>307</v>
       </c>
-      <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>20</v>
       </c>
       <c r="B122" t="s">
         <v>308</v>
       </c>
       <c r="C122" t="s">
         <v>309</v>
       </c>
-      <c r="D122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>20</v>
       </c>
       <c r="B123" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C123" t="s">
         <v>311</v>
       </c>
-      <c r="D123"/>
+      <c r="D123" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>20</v>
       </c>
       <c r="B124" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C124" t="s">
         <v>313</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>20</v>
       </c>
       <c r="B125" t="s">
         <v>314</v>
       </c>
       <c r="C125" t="s">
         <v>315</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>20</v>
       </c>
       <c r="B126" t="s">
         <v>316</v>
       </c>
       <c r="C126" t="s">
         <v>317</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>20</v>
       </c>
       <c r="B127" t="s">
+        <v>318</v>
+      </c>
+      <c r="C127" t="s">
         <v>319</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>320</v>
       </c>
-      <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>20</v>
       </c>
       <c r="B128" t="s">
         <v>321</v>
       </c>
       <c r="C128" t="s">
         <v>322</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>20</v>
       </c>
       <c r="B129" t="s">
         <v>323</v>
       </c>
       <c r="C129" t="s">
         <v>324</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>20</v>
       </c>
       <c r="B130" t="s">
         <v>325</v>
       </c>
       <c r="C130" t="s">
         <v>326</v>
       </c>
-      <c r="D130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>20</v>
       </c>
       <c r="B131" t="s">
+        <v>327</v>
+      </c>
+      <c r="C131" t="s">
         <v>328</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>20</v>
       </c>
       <c r="B132" t="s">
+        <v>330</v>
+      </c>
+      <c r="C132" t="s">
         <v>331</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>332</v>
       </c>
-      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>20</v>
       </c>
       <c r="B133" t="s">
         <v>333</v>
       </c>
       <c r="C133" t="s">
         <v>334</v>
       </c>
-      <c r="D133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>20</v>
       </c>
       <c r="B134" t="s">
+        <v>335</v>
+      </c>
+      <c r="C134" t="s">
         <v>336</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>20</v>
       </c>
       <c r="B135" t="s">
+        <v>338</v>
+      </c>
+      <c r="C135" t="s">
         <v>339</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>20</v>
       </c>
       <c r="B136" t="s">
+        <v>341</v>
+      </c>
+      <c r="C136" t="s">
         <v>342</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>20</v>
       </c>
       <c r="B137" t="s">
+        <v>344</v>
+      </c>
+      <c r="C137" t="s">
         <v>345</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>346</v>
       </c>
-      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>20</v>
       </c>
       <c r="B138" t="s">
         <v>347</v>
       </c>
       <c r="C138" t="s">
         <v>348</v>
       </c>
-      <c r="D138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>20</v>
       </c>
       <c r="B139" t="s">
+        <v>349</v>
+      </c>
+      <c r="C139" t="s">
         <v>350</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>20</v>
       </c>
       <c r="B140" t="s">
+        <v>352</v>
+      </c>
+      <c r="C140" t="s">
         <v>353</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>20</v>
       </c>
       <c r="B141" t="s">
+        <v>355</v>
+      </c>
+      <c r="C141" t="s">
         <v>356</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>357</v>
       </c>
-      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>20</v>
       </c>
       <c r="B142" t="s">
         <v>358</v>
       </c>
       <c r="C142" t="s">
         <v>359</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>20</v>
       </c>
       <c r="B143" t="s">
         <v>360</v>
       </c>
       <c r="C143" t="s">
         <v>361</v>
       </c>
-      <c r="D143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>20</v>
       </c>
       <c r="B144" t="s">
+        <v>362</v>
+      </c>
+      <c r="C144" t="s">
         <v>363</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>20</v>
       </c>
       <c r="B145" t="s">
+        <v>365</v>
+      </c>
+      <c r="C145" t="s">
         <v>366</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>20</v>
       </c>
       <c r="B146" t="s">
+        <v>368</v>
+      </c>
+      <c r="C146" t="s">
         <v>369</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>20</v>
       </c>
       <c r="B147" t="s">
+        <v>371</v>
+      </c>
+      <c r="C147" t="s">
         <v>372</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>20</v>
       </c>
       <c r="B148" t="s">
+        <v>374</v>
+      </c>
+      <c r="C148" t="s">
         <v>375</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>20</v>
       </c>
       <c r="B149" t="s">
+        <v>377</v>
+      </c>
+      <c r="C149" t="s">
         <v>378</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
         <v>379</v>
       </c>
-      <c r="D149"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>20</v>
       </c>
       <c r="B150" t="s">
         <v>380</v>
       </c>
       <c r="C150" t="s">
         <v>381</v>
       </c>
       <c r="D150"/>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>20</v>
       </c>
       <c r="B151" t="s">
         <v>382</v>
       </c>
       <c r="C151" t="s">
         <v>383</v>
       </c>
       <c r="D151" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>20</v>
       </c>
       <c r="B152" t="s">
         <v>385</v>
       </c>
       <c r="C152" t="s">
         <v>386</v>
       </c>
-      <c r="D152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>20</v>
       </c>
       <c r="B153" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C153" t="s">
         <v>388</v>
       </c>
       <c r="D153" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>20</v>
       </c>
       <c r="B154" t="s">
         <v>390</v>
       </c>
       <c r="C154" t="s">
         <v>391</v>
       </c>
       <c r="D154" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>20</v>
       </c>
       <c r="B155" t="s">
+        <v>390</v>
+      </c>
+      <c r="C155" t="s">
         <v>393</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>20</v>
       </c>
       <c r="B156" t="s">
+        <v>395</v>
+      </c>
+      <c r="C156" t="s">
         <v>396</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>20</v>
       </c>
       <c r="B157" t="s">
+        <v>398</v>
+      </c>
+      <c r="C157" t="s">
         <v>399</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>20</v>
       </c>
       <c r="B158" t="s">
+        <v>401</v>
+      </c>
+      <c r="C158" t="s">
         <v>402</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>20</v>
       </c>
       <c r="B159" t="s">
+        <v>404</v>
+      </c>
+      <c r="C159" t="s">
         <v>405</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>20</v>
       </c>
       <c r="B160" t="s">
+        <v>407</v>
+      </c>
+      <c r="C160" t="s">
         <v>408</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>20</v>
       </c>
       <c r="B161" t="s">
+        <v>410</v>
+      </c>
+      <c r="C161" t="s">
         <v>411</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>20</v>
       </c>
       <c r="B162" t="s">
+        <v>413</v>
+      </c>
+      <c r="C162" t="s">
         <v>414</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>20</v>
       </c>
       <c r="B163" t="s">
+        <v>416</v>
+      </c>
+      <c r="C163" t="s">
         <v>417</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
+        <v>20</v>
+      </c>
+      <c r="B164" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C164" t="s">
         <v>420</v>
       </c>
-      <c r="D164"/>
+      <c r="D164" t="s">
+        <v>421</v>
+      </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>419</v>
+        <v>20</v>
       </c>
       <c r="B165" t="s">
+        <v>422</v>
+      </c>
+      <c r="C165" t="s">
+        <v>423</v>
+      </c>
+      <c r="D165" t="s">
         <v>421</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B166" t="s">
-        <v>424</v>
+        <v>30</v>
       </c>
       <c r="C166" t="s">
         <v>425</v>
       </c>
-      <c r="D166" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D166"/>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B167" t="s">
+        <v>426</v>
+      </c>
+      <c r="C167" t="s">
         <v>427</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B168" t="s">
+        <v>429</v>
+      </c>
+      <c r="C168" t="s">
         <v>430</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B169" t="s">
+        <v>432</v>
+      </c>
+      <c r="C169" t="s">
         <v>433</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B170" t="s">
+        <v>435</v>
+      </c>
+      <c r="C170" t="s">
         <v>436</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B171" t="s">
+        <v>438</v>
+      </c>
+      <c r="C171" t="s">
         <v>439</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B172" t="s">
+        <v>441</v>
+      </c>
+      <c r="C172" t="s">
         <v>442</v>
       </c>
-      <c r="C172" t="s">
+      <c r="D172" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B173" t="s">
-        <v>84</v>
+        <v>444</v>
       </c>
       <c r="C173" t="s">
         <v>445</v>
       </c>
       <c r="D173" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B174" t="s">
         <v>447</v>
       </c>
       <c r="C174" t="s">
         <v>448</v>
       </c>
       <c r="D174" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B175" t="s">
+        <v>84</v>
+      </c>
+      <c r="C175" t="s">
         <v>450</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B176" t="s">
+        <v>452</v>
+      </c>
+      <c r="C176" t="s">
         <v>453</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B177" t="s">
+        <v>455</v>
+      </c>
+      <c r="C177" t="s">
         <v>456</v>
       </c>
-      <c r="C177" t="s">
+      <c r="D177" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B178" t="s">
-        <v>151</v>
+        <v>458</v>
       </c>
       <c r="C178" t="s">
         <v>459</v>
       </c>
-      <c r="D178"/>
+      <c r="D178" t="s">
+        <v>460</v>
+      </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B179" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C179" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D179" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B180" t="s">
-        <v>180</v>
+        <v>151</v>
       </c>
       <c r="C180" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B181" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C181" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D181" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B182" t="s">
-        <v>467</v>
+        <v>180</v>
       </c>
       <c r="C182" t="s">
         <v>468</v>
       </c>
-      <c r="D182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D182"/>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B183" t="s">
-        <v>249</v>
+        <v>469</v>
       </c>
       <c r="C183" t="s">
         <v>470</v>
       </c>
-      <c r="D183"/>
+      <c r="D183" t="s">
+        <v>471</v>
+      </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B184" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C184" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D184" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B185" t="s">
-        <v>474</v>
+        <v>249</v>
       </c>
       <c r="C185" t="s">
         <v>475</v>
       </c>
-      <c r="D185" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D185"/>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B186" t="s">
+        <v>476</v>
+      </c>
+      <c r="C186" t="s">
         <v>477</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B187" t="s">
+        <v>479</v>
+      </c>
+      <c r="C187" t="s">
         <v>480</v>
       </c>
-      <c r="C187" t="s">
+      <c r="D187" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B188" t="s">
+        <v>482</v>
+      </c>
+      <c r="C188" t="s">
         <v>483</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B189" t="s">
-        <v>290</v>
+        <v>485</v>
       </c>
       <c r="C189" t="s">
         <v>486</v>
       </c>
       <c r="D189" t="s">
-        <v>292</v>
+        <v>487</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B190" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C190" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D190" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B191" t="s">
-        <v>490</v>
+        <v>290</v>
       </c>
       <c r="C191" t="s">
         <v>491</v>
       </c>
-      <c r="D191"/>
+      <c r="D191" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B192" t="s">
         <v>492</v>
       </c>
       <c r="C192" t="s">
         <v>493</v>
       </c>
       <c r="D192" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B193" t="s">
         <v>495</v>
       </c>
       <c r="C193" t="s">
         <v>496</v>
       </c>
-      <c r="D193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D193"/>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B194" t="s">
+        <v>497</v>
+      </c>
+      <c r="C194" t="s">
         <v>498</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B195" t="s">
+        <v>500</v>
+      </c>
+      <c r="C195" t="s">
         <v>501</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B196" t="s">
+        <v>503</v>
+      </c>
+      <c r="C196" t="s">
         <v>504</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>505</v>
       </c>
-      <c r="D196"/>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B197" t="s">
         <v>506</v>
       </c>
       <c r="C197" t="s">
         <v>507</v>
       </c>
       <c r="D197" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B198" t="s">
         <v>509</v>
       </c>
       <c r="C198" t="s">
         <v>510</v>
       </c>
-      <c r="D198" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D198"/>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B199" t="s">
+        <v>511</v>
+      </c>
+      <c r="C199" t="s">
         <v>512</v>
       </c>
-      <c r="C199" t="s">
+      <c r="D199" t="s">
         <v>513</v>
       </c>
-      <c r="D199"/>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B200" t="s">
         <v>514</v>
       </c>
       <c r="C200" t="s">
         <v>515</v>
       </c>
       <c r="D200" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B201" t="s">
         <v>517</v>
       </c>
       <c r="C201" t="s">
         <v>518</v>
       </c>
-      <c r="D201" t="s">
+      <c r="D201"/>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>424</v>
+      </c>
+      <c r="B202" t="s">
         <v>519</v>
+      </c>
+      <c r="C202" t="s">
+        <v>520</v>
+      </c>
+      <c r="D202" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>424</v>
+      </c>
+      <c r="B203" t="s">
+        <v>522</v>
+      </c>
+      <c r="C203" t="s">
+        <v>523</v>
+      </c>
+      <c r="D203" t="s">
+        <v>524</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">