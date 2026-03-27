--- v1 (2026-03-03)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNPS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="526">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLMA</t>
   </si>
   <si>
     <t>Agrilus mali</t>
   </si>
   <si>
     <t>* EPPO (2024) EPPO Technical Document No. 1093. Pest risk analysis for Agrilus mali (Coleoptera: Buprestidae). EPPO, Paris. Available at https://gd.eppo.int/taxon/AGRLMA/documents
 ------- not confirmed host.
 * Hua LZ (2002) List of Chinese Insects. Vol. 2. Guangzhou: Zhongshan (Sun Yat-sen) Univ. Press. 
@@ -724,50 +724,53 @@
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
     <t>Hostuviroid impedihumuli</t>
   </si>
   <si>
     <t>* Jo YH, Chu HS, Cho JK, Lian S, Choi HS, Cho WK (2016) First report of Hop stunt viroid in peach trees in Korea. Plant Disease 100(12), p 2543.
 * Hassen IF, Kummert J, Marbot S, Fakhfakh H, Marrakchi M, Jijakli MH (2004) First report of Pear blister canker viroid, Peach latent mosaic viroid, and Hop stunt viroid infecting fruit trees in Tunisia. Plant Disease 88(10), 1164.
 * Kaponi Ms, Orestiada N, Kyriakopoulou PE (2013) First report of Hop stunt viroid infecting Japanese plum, cherry plum, and peach in Greece. Plant Disease 97(12), 1662-1663.
 * Sano T, Hataya T, Terai Y, Shikata E (1989) Hop stunt viroid strains from dapple fruit disease of plum and peach in Japan. Journal of General Virology, 70, 1311–1319.
 * Zhou Y, Guo R, Cheng Z, Sano T, Li SF (2006) First report of Hop stunt viroid from Prunus persica with dapple fruit symptoms in China. Plant Pathology 55(4), p 564.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
     <t>* Islam AU, Javed MW, Akram M, Rahman J, Tahir M, Munis MFH, Faooq ABU (2020) First report of apple mosaic virus in peach in Pakistan. Journal of Plant Pathology 102(4), p 1349.</t>
   </si>
   <si>
     <t>PDV000</t>
   </si>
   <si>
     <t>Ilarvirus PDV</t>
   </si>
   <si>
     <t>* Fiore N, Zamorano A, Pino AM, Gonzalez F, Rosales IM, Sanchez-Navarro JA, Pallas V (2016) Survey of stone fruit viruses and viroids in Chile. Journal of Plant Pathology 98(3), 631-635.
 * Németh MA (1986) Virus, mycoplasma and rickettsia diseases of fruit trees. Akadémiai Kiado, Budapest, 841 pp.
 * Pallas V, Aparicio F, Herranz MC, Amari K, Sanchez-Pina MA, Myrta A, Sanchez-Navarro JA (2012) Ilarviruses of Prunus spp.: A continued concern for fruit trees. Phytopathology 102(12), 1108-1120.</t>
   </si>
   <si>
@@ -3195,1688 +3198,1692 @@
         <v>206</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>20</v>
       </c>
       <c r="B80" t="s">
         <v>207</v>
       </c>
       <c r="C80" t="s">
         <v>208</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>20</v>
       </c>
       <c r="B81" t="s">
         <v>209</v>
       </c>
       <c r="C81" t="s">
         <v>210</v>
       </c>
-      <c r="D81"/>
+      <c r="D81" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>20</v>
       </c>
       <c r="B82" t="s">
         <v>209</v>
       </c>
       <c r="C82" t="s">
+        <v>212</v>
+      </c>
+      <c r="D82" t="s">
         <v>211</v>
       </c>
-      <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>20</v>
       </c>
       <c r="B83" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C83" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D83" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>20</v>
       </c>
       <c r="B84" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C84" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D84" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>20</v>
       </c>
       <c r="B85" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C85" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D85" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>20</v>
       </c>
       <c r="B86" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C86" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D86" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>20</v>
       </c>
       <c r="B87" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C87" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>20</v>
       </c>
       <c r="B88" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C88" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D88" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>20</v>
       </c>
       <c r="B89" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C89" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D89" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>20</v>
       </c>
       <c r="B90" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C90" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D90" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>20</v>
       </c>
       <c r="B91" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C91" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>20</v>
       </c>
       <c r="B92" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C92" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D92" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>20</v>
       </c>
       <c r="B93" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C93" t="s">
+        <v>240</v>
+      </c>
+      <c r="D93" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>20</v>
       </c>
       <c r="B94" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C94" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D94" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>20</v>
       </c>
       <c r="B95" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C95" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D95" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>20</v>
       </c>
       <c r="B96" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C96" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D96" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>20</v>
       </c>
       <c r="B97" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C97" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>20</v>
       </c>
       <c r="B98" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C98" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>20</v>
       </c>
       <c r="B99" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C99" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D99" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>20</v>
       </c>
       <c r="B100" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C100" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D100" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>20</v>
       </c>
       <c r="B101" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C101" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>20</v>
       </c>
       <c r="B102" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C102" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>20</v>
       </c>
       <c r="B103" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C103" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>20</v>
       </c>
       <c r="B104" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C104" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C105" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D105" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>20</v>
       </c>
       <c r="B106" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C106" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D106" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>20</v>
       </c>
       <c r="B107" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C107" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D107" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>20</v>
       </c>
       <c r="B108" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C108" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>20</v>
       </c>
       <c r="B109" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C109" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>20</v>
       </c>
       <c r="B110" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C110" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D110" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>20</v>
       </c>
       <c r="B111" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C111" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D111" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>20</v>
       </c>
       <c r="B112" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C112" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D112" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>20</v>
       </c>
       <c r="B113" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C113" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>20</v>
       </c>
       <c r="B114" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C114" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>20</v>
       </c>
       <c r="B115" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C115" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D115" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>20</v>
       </c>
       <c r="B116" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C116" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>20</v>
       </c>
       <c r="B117" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C117" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>20</v>
       </c>
       <c r="B118" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C118" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D118" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>20</v>
       </c>
       <c r="B119" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C119" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D119" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>20</v>
       </c>
       <c r="B120" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C120" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D120" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>20</v>
       </c>
       <c r="B121" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C121" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D121" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>20</v>
       </c>
       <c r="B122" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C122" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>20</v>
       </c>
       <c r="B123" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C123" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D123" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>20</v>
       </c>
       <c r="B124" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C124" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>20</v>
       </c>
       <c r="B125" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C125" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>20</v>
       </c>
       <c r="B126" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C126" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>20</v>
       </c>
       <c r="B127" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C127" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D127" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>20</v>
       </c>
       <c r="B128" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C128" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>20</v>
       </c>
       <c r="B129" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C129" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>20</v>
       </c>
       <c r="B130" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C130" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>20</v>
       </c>
       <c r="B131" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C131" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D131" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>20</v>
       </c>
       <c r="B132" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C132" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D132" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>20</v>
       </c>
       <c r="B133" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C133" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>20</v>
       </c>
       <c r="B134" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C134" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D134" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>20</v>
       </c>
       <c r="B135" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C135" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D135" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>20</v>
       </c>
       <c r="B136" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C136" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D136" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>20</v>
       </c>
       <c r="B137" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C137" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D137" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>20</v>
       </c>
       <c r="B138" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C138" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>20</v>
       </c>
       <c r="B139" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C139" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D139" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>20</v>
       </c>
       <c r="B140" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C140" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D140" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>20</v>
       </c>
       <c r="B141" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C141" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D141" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>20</v>
       </c>
       <c r="B142" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C142" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>20</v>
       </c>
       <c r="B143" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C143" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>20</v>
       </c>
       <c r="B144" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C144" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D144" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>20</v>
       </c>
       <c r="B145" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C145" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D145" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>20</v>
       </c>
       <c r="B146" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C146" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D146" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>20</v>
       </c>
       <c r="B147" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C147" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D147" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>20</v>
       </c>
       <c r="B148" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C148" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D148" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>20</v>
       </c>
       <c r="B149" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C149" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D149" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>20</v>
       </c>
       <c r="B150" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C150" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D150"/>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>20</v>
       </c>
       <c r="B151" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C151" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D151" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>20</v>
       </c>
       <c r="B152" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C152" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>20</v>
       </c>
       <c r="B153" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C153" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D153" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>20</v>
       </c>
       <c r="B154" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C154" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D154" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>20</v>
       </c>
       <c r="B155" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C155" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D155" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>20</v>
       </c>
       <c r="B156" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C156" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D156" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>20</v>
       </c>
       <c r="B157" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C157" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D157" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>20</v>
       </c>
       <c r="B158" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C158" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D158" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>20</v>
       </c>
       <c r="B159" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C159" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D159" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>20</v>
       </c>
       <c r="B160" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C160" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D160" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>20</v>
       </c>
       <c r="B161" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C161" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D161" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>20</v>
       </c>
       <c r="B162" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C162" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D162" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>20</v>
       </c>
       <c r="B163" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C163" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D163" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>20</v>
       </c>
       <c r="B164" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C164" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D164" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>20</v>
       </c>
       <c r="B165" t="s">
+        <v>423</v>
+      </c>
+      <c r="C165" t="s">
+        <v>424</v>
+      </c>
+      <c r="D165" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B166" t="s">
         <v>30</v>
       </c>
       <c r="C166" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D166"/>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B167" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C167" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D167" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B168" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C168" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D168" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B169" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C169" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D169" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B170" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C170" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D170" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B171" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C171" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D171" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B172" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C172" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D172" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B173" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C173" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D173" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B174" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C174" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D174" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B175" t="s">
         <v>84</v>
       </c>
       <c r="C175" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D175" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B176" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C176" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D176" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B177" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C177" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D177" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B178" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C178" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D178" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B179" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C179" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D179" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B180" t="s">
         <v>151</v>
       </c>
       <c r="C180" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B181" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C181" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D181" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B182" t="s">
         <v>180</v>
       </c>
       <c r="C182" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D182"/>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B183" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C183" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D183" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B184" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C184" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D184" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B185" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C185" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D185"/>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B186" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C186" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D186" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B187" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C187" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D187" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B188" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C188" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D188" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B189" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C189" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D189" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B190" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C190" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D190" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B191" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C191" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D191" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B192" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C192" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D192" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B193" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C193" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D193"/>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B194" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C194" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D194" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B195" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C195" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D195" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B196" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C196" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D196" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B197" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C197" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D197" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B198" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C198" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D198"/>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B199" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C199" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D199" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B200" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C200" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D200" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B201" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C201" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D201"/>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B202" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C202" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D202" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B203" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C203" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D203" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">