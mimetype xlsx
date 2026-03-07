--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNMM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -403,50 +403,60 @@
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 * Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t>* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 * Hamdorf G (1972) Investigations on the host plant range of plum pox virus. Nachrichtenblatt des Deutschen Pflanzenschutzdienstes 24(12), 181-186 (abst.).
 * Oishi M, Inoue Y, Kagatsume R, Shukuya T, Kasukabe R, Oya H, Hoshino S, Ushiku S, Fujiwara Y, Motokura Y, Maeda Y (2018) First report of Plum pox virus strain M in Japan. Plant Disease 102(4), p 829.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Prunus)</t>
   </si>
@@ -886,51 +896,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1562,259 +1572,273 @@
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>7</v>
       </c>
       <c r="B50" t="s">
         <v>123</v>
       </c>
       <c r="C50" t="s">
         <v>124</v>
       </c>
       <c r="D50" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>7</v>
       </c>
       <c r="B51" t="s">
         <v>126</v>
       </c>
       <c r="C51" t="s">
         <v>127</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>7</v>
       </c>
       <c r="B52" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>7</v>
       </c>
       <c r="B53" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>7</v>
       </c>
       <c r="B54" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C54" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>7</v>
       </c>
       <c r="B55" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C55" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>7</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C56" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>7</v>
       </c>
       <c r="B57" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C57" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>140</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>7</v>
       </c>
       <c r="B58" t="s">
         <v>141</v>
       </c>
       <c r="C58" t="s">
         <v>142</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>143</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>7</v>
       </c>
       <c r="B59" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C59" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>145</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>7</v>
       </c>
       <c r="B60" t="s">
         <v>146</v>
       </c>
       <c r="C60" t="s">
         <v>147</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>148</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>7</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C61" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>150</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>7</v>
       </c>
       <c r="B62" t="s">
         <v>151</v>
       </c>
       <c r="C62" t="s">
         <v>152</v>
       </c>
       <c r="D62" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>7</v>
       </c>
       <c r="B63" t="s">
         <v>154</v>
       </c>
       <c r="C63" t="s">
         <v>155</v>
       </c>
       <c r="D63" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>7</v>
+      </c>
+      <c r="B64" t="s">
         <v>157</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>158</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B65" t="s">
         <v>161</v>
       </c>
       <c r="C65" t="s">
         <v>162</v>
       </c>
       <c r="D65" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B66" t="s">
         <v>164</v>
       </c>
       <c r="C66" t="s">
         <v>165</v>
       </c>
       <c r="D66" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
         <v>167</v>
       </c>
       <c r="C67" t="s">
         <v>168</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>160</v>
+      </c>
+      <c r="B68" t="s">
+        <v>170</v>
+      </c>
+      <c r="C68" t="s">
+        <v>171</v>
+      </c>
+      <c r="D68"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>