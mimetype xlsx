--- v1 (2026-03-07)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNMM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -258,50 +258,53 @@
     <t>Helicoverpa zea (as Prunus)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
     <t>Hostuviroid impedihumuli</t>
   </si>
   <si>
     <t>* Jo Y, Lian S, Cho JK, Chu H, Cho WK (2017) First report of Hop stunt viroid in Japanese apricot (Prunus mume) in Korea. Plant Disease 101(7), p 1332.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.</t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
     <t>Lymantria dispar (as Prunus)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Prunus)</t>
   </si>
   <si>
     <t>* Blatt SE, Knox DA, Harmsen R (2000) Apple or cherry? Host selection quandary for the eastern tent caterpillar. Proceedings of the Entomological Society of Ontario 131, 123-131.
 * Britton WE (1935) The eastern tent caterpillar. Connecticut Agricultural Experiment Station Bulletin 378, 65-82.
@@ -1324,519 +1327,521 @@
         <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" t="s">
         <v>77</v>
       </c>
       <c r="C31" t="s">
         <v>78</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" t="s">
         <v>79</v>
       </c>
       <c r="C32" t="s">
         <v>80</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D44" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>7</v>
       </c>
       <c r="B45" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C46" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>7</v>
       </c>
       <c r="B47" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>7</v>
       </c>
       <c r="B48" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>7</v>
       </c>
       <c r="B49" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>7</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>7</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>7</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>7</v>
       </c>
       <c r="B53" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>7</v>
       </c>
       <c r="B54" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>7</v>
       </c>
       <c r="B55" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C55" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>7</v>
       </c>
       <c r="B56" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C56" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>7</v>
       </c>
       <c r="B57" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C57" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>7</v>
       </c>
       <c r="B58" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C58" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D58" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>7</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C59" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>7</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C60" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D60" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>7</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>7</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>7</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>7</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C65" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D65" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D66" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B67" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C67" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D67" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B68" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C68" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D68"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>