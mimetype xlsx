--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNLR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t xml:space="preserve">* Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C., (83).
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- very uncertain host. Record relates only to the presence of adults, or the life stages are not indicated.
@@ -408,50 +408,66 @@
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC.
 * Elliott M, Rollins L, Bourret T, Chastagner G (2020) First report of leaf blight caused by Phytophthora ramorum on cherry laurel (Prunus laurocerasus) in Washington State, USA. Plant Disease 105(3), p 712. https://doi.org/10.1094/PDIS-07-20-1489-PDN</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t>* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>* Pellizzari G, Duso C, Rainato A, Pozzebon A, Zanini G (2012) Phenology, ethology and distribution of Pseudococcus comstocki, an invasive pest in northeastern Italy. Bulletin of Insectology.65(2), 209-215.</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
@@ -909,51 +925,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D71"/>
+  <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1591,299 +1607,327 @@
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
         <v>125</v>
       </c>
       <c r="C51" t="s">
         <v>126</v>
       </c>
       <c r="D51" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
         <v>128</v>
       </c>
       <c r="C52" t="s">
         <v>129</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C53" t="s">
         <v>131</v>
       </c>
       <c r="D53" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C54" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C55" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>136</v>
+      </c>
+      <c r="D55" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C56" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C57" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C58" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C59" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>144</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
         <v>145</v>
       </c>
       <c r="C60" t="s">
         <v>146</v>
       </c>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
+        <v>147</v>
+      </c>
+      <c r="C61" t="s">
         <v>148</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>149</v>
       </c>
-      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
         <v>150</v>
       </c>
       <c r="C62" t="s">
         <v>151</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C64" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>156</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>11</v>
       </c>
       <c r="B65" t="s">
         <v>157</v>
       </c>
       <c r="C65" t="s">
         <v>158</v>
       </c>
-      <c r="D65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>11</v>
       </c>
       <c r="B66" t="s">
+        <v>159</v>
+      </c>
+      <c r="C66" t="s">
         <v>160</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>11</v>
       </c>
       <c r="B67" t="s">
+        <v>162</v>
+      </c>
+      <c r="C67" t="s">
         <v>163</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>11</v>
       </c>
       <c r="B68" t="s">
+        <v>165</v>
+      </c>
+      <c r="C68" t="s">
         <v>166</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>11</v>
+      </c>
+      <c r="B69" t="s">
+        <v>168</v>
+      </c>
+      <c r="C69" t="s">
         <v>169</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>169</v>
+        <v>11</v>
       </c>
       <c r="B70" t="s">
+        <v>171</v>
+      </c>
+      <c r="C70" t="s">
         <v>172</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B71" t="s">
+        <v>16</v>
+      </c>
+      <c r="C71" t="s">
         <v>175</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>176</v>
       </c>
-      <c r="D71"/>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>174</v>
+      </c>
+      <c r="B72" t="s">
+        <v>177</v>
+      </c>
+      <c r="C72" t="s">
+        <v>178</v>
+      </c>
+      <c r="D72" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>174</v>
+      </c>
+      <c r="B73" t="s">
+        <v>180</v>
+      </c>
+      <c r="C73" t="s">
+        <v>181</v>
+      </c>
+      <c r="D73"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>