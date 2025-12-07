--- v0 (2025-10-11)
+++ v1 (2025-12-07)
@@ -275,51 +275,52 @@
     <t>EURTSA</t>
   </si>
   <si>
     <t>Eurytoma samsonovi</t>
   </si>
   <si>
     <t>* Zerova MD, Fursov VN (1991) The Palaearctic species of Eurytoma (Hymenoptera: Eurytomidae) developing in stone fruits (Rosaceae: Prunoideae). Bulletin of Entomological Research 81, 209-219.
 ------- As Amygdalus communis.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
-    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491, https://doi.org/10.24349/acarologia/20174167.</t>
+    <t>* Ben-David T, Ueckermann E, Gerson U (2013) An annotated list of the spider mites (Acari: Prostigmata: Tetranychidae) of Israel. Israel Journal of Entomology 43, 125-148.
+* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491, https://doi.org/10.24349/acarologia/20174167.</t>
   </si>
   <si>
     <t>EUTYLA</t>
   </si>
   <si>
     <t>Eutypa lata</t>
   </si>
   <si>
     <t>* Holland LA, Trouillas FP, Nouri MT, Lawrence DP, Crespo M, Doll DA, Duncan RA, Holtz BA, Culumber CM, Yaghmour MA, Niederholzer FJ (2021) Fungal pathogens associated with canker diseases of almond in california. Plant Disease, 105(2), 346-360.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* de Jager MM, Roets F (2022) Pathogenicity of Fusarium euwallaceae, symbiont of the polyphagous shot hole borer beetle, to selected stone fruit trees in South Africa. Journal of Plant Pathology 105(1), 15-13.
 ------- Breeding host.</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>