--- v1 (2025-12-07)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNDU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ERSHMU</t>
   </si>
   <si>
     <t>Garella musculana</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA Panel on Plant Health (2021) Commodity risk assessment of Juglans regia plants from Turkey. EFSA Journal 19(6), 6665, 99 pp. https://doi.org/10.2903/j.efsa.2021.6665
 ------- as 'almond', citing Esonbaev et al. (2020).
 * Esonbaev Sh, Hasanov A and Ruzikolov D (2020) Almond and medicinal plants in forest agrobiotsenosis and methods of management of their quantities. Solid State Technology, 63, 624–629.
@@ -638,50 +638,60 @@
     <t>* Kurbetli İ, Sarıgül Ertek T, Woodward S, Aydoğdu M (2025) Phytophthora species associated with root and crown rot of almond in Türkiye, with a first record of P. cinnamomi and P. nicotianae on this host. Journal of Plant Diseases and Protection 132(3), 99. https://doi.org/10.1007/s41348-025-01093-2</t>
   </si>
   <si>
     <t>PHYTCO</t>
   </si>
   <si>
     <t>Phytophthora citrophthora</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t xml:space="preserve">* Dallot S, Bousalem M, Boeglin M, Renaud LY, Quiot JB (1997) Potential role of almond in sharka epidemics: susceptibility under controlled conditions to the main types of plum pox potyvirus and survey for natural infections in France. Bulletin OEPP/EPPO Bulletin 27, 539–546.
 * Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 ------- Almond trees can be infected by PPV but show few symptoms.
 * Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMAM</t>
   </si>
   <si>
     <t>Pseudomonas amygdali</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
@@ -1264,51 +1274,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D113"/>
+  <dimension ref="A1:D114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2316,307 +2326,309 @@
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>11</v>
       </c>
       <c r="B78" t="s">
         <v>193</v>
       </c>
       <c r="C78" t="s">
         <v>194</v>
       </c>
       <c r="D78" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>11</v>
       </c>
       <c r="B79" t="s">
         <v>196</v>
       </c>
       <c r="C79" t="s">
         <v>197</v>
       </c>
-      <c r="D79"/>
+      <c r="D79" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>11</v>
       </c>
       <c r="B80" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C80" t="s">
         <v>199</v>
       </c>
-      <c r="D80"/>
+      <c r="D80" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>11</v>
       </c>
       <c r="B81" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>11</v>
       </c>
       <c r="B82" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C82" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>11</v>
       </c>
       <c r="B83" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>11</v>
       </c>
       <c r="B84" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C84" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>11</v>
       </c>
       <c r="B85" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>11</v>
       </c>
       <c r="B86" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C86" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>11</v>
       </c>
       <c r="B87" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C87" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>11</v>
       </c>
       <c r="B88" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C88" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D88" t="s">
         <v>216</v>
       </c>
+      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>11</v>
       </c>
       <c r="B89" t="s">
         <v>217</v>
       </c>
       <c r="C89" t="s">
         <v>218</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>219</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>11</v>
       </c>
       <c r="B90" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C90" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>11</v>
       </c>
       <c r="B91" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C91" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>223</v>
       </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>11</v>
       </c>
       <c r="B92" t="s">
         <v>224</v>
       </c>
       <c r="C92" t="s">
         <v>225</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>11</v>
       </c>
       <c r="B93" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C93" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>11</v>
       </c>
       <c r="B94" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C94" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D94" t="s">
-        <v>230</v>
+        <v>126</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>11</v>
       </c>
       <c r="B95" t="s">
         <v>231</v>
       </c>
       <c r="C95" t="s">
         <v>232</v>
       </c>
       <c r="D95" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>11</v>
       </c>
       <c r="B96" t="s">
         <v>234</v>
       </c>
       <c r="C96" t="s">
         <v>235</v>
       </c>
       <c r="D96" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>11</v>
       </c>
       <c r="B97" t="s">
         <v>237</v>
       </c>
       <c r="C97" t="s">
         <v>238</v>
       </c>
       <c r="D97" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>11</v>
       </c>
       <c r="B98" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C98" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D98"/>
+        <v>241</v>
+      </c>
+      <c r="D98" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>11</v>
       </c>
       <c r="B99" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C99" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="D99" t="s">
         <v>243</v>
       </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>11</v>
       </c>
       <c r="B100" t="s">
         <v>244</v>
       </c>
       <c r="C100" t="s">
         <v>245</v>
       </c>
       <c r="D100" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>11</v>
       </c>
       <c r="B101" t="s">
         <v>247</v>
       </c>
       <c r="C101" t="s">
         <v>248</v>
       </c>
@@ -2632,183 +2644,197 @@
         <v>250</v>
       </c>
       <c r="C102" t="s">
         <v>251</v>
       </c>
       <c r="D102" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>11</v>
       </c>
       <c r="B103" t="s">
         <v>253</v>
       </c>
       <c r="C103" t="s">
         <v>254</v>
       </c>
       <c r="D103" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" t="s">
         <v>256</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
         <v>257</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B105" t="s">
         <v>260</v>
       </c>
       <c r="C105" t="s">
         <v>261</v>
       </c>
       <c r="D105" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B106" t="s">
         <v>263</v>
       </c>
       <c r="C106" t="s">
         <v>264</v>
       </c>
       <c r="D106" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B107" t="s">
         <v>266</v>
       </c>
       <c r="C107" t="s">
         <v>267</v>
       </c>
       <c r="D107" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B108" t="s">
         <v>269</v>
       </c>
       <c r="C108" t="s">
         <v>270</v>
       </c>
       <c r="D108" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B109" t="s">
-        <v>134</v>
+        <v>272</v>
       </c>
       <c r="C109" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D109" t="s">
-        <v>136</v>
+        <v>274</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B110" t="s">
-        <v>273</v>
+        <v>134</v>
       </c>
       <c r="C110" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D110"/>
+        <v>275</v>
+      </c>
+      <c r="D110" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B111" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C111" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D111" t="s">
         <v>277</v>
       </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B112" t="s">
         <v>278</v>
       </c>
       <c r="C112" t="s">
         <v>279</v>
       </c>
       <c r="D112" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B113" t="s">
         <v>281</v>
       </c>
       <c r="C113" t="s">
         <v>282</v>
       </c>
-      <c r="D113"/>
+      <c r="D113" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>259</v>
+      </c>
+      <c r="B114" t="s">
+        <v>284</v>
+      </c>
+      <c r="C114" t="s">
+        <v>285</v>
+      </c>
+      <c r="D114"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>