--- v2 (2026-03-02)
+++ v3 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNDU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ERSHMU</t>
   </si>
   <si>
     <t>Garella musculana</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA Panel on Plant Health (2021) Commodity risk assessment of Juglans regia plants from Turkey. EFSA Journal 19(6), 6665, 99 pp. https://doi.org/10.2903/j.efsa.2021.6665
 ------- as 'almond', citing Esonbaev et al. (2020).
 * Esonbaev Sh, Hasanov A and Ruzikolov D (2020) Almond and medicinal plants in forest agrobiotsenosis and methods of management of their quantities. Solid State Technology, 63, 624–629.
@@ -401,50 +401,53 @@
   </si>
   <si>
     <t>* Almeida RPP, Purcell AH (2003) Homalodisca coagulata (Hemiptera, Cicadellidae) transmission of Xylella fastidiosa to almond. Plant Disease 87, 1255-1259.</t>
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
     <t>Hostuviroid impedihumuli</t>
   </si>
   <si>
     <t>* Hassen IF, Kummert J, Marbot S, Fakhfakh H, Marrakchi M, Jijakli MH (2004) First report of Pear blister canker viroid, Peach latent mosaic viroid, and Hop stunt viroid infecting fruit trees in Tunisia. Plant Disease 88(10), 1164.
 * Mu LX, Wu YH, Li SF (2009) First report of hop stunt viroid from almond tree in China. Journal of Plant Pathology 91(4, Suppl.), S4.112.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
     <t>PDV000</t>
   </si>
   <si>
     <t>Ilarvirus PDV</t>
   </si>
   <si>
     <t>* Yegül M, Baloğlu S (2020) Detection and characterization of some virus diseases seen in almond trees in the Eastern Mediterranean Region. Plant Protection Bulletin, 60 (1), 71-84.</t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
     <t>Lymantria dispar (as Prunus)</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
@@ -1918,921 +1921,923 @@
         <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="s">
         <v>119</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
         <v>120</v>
       </c>
       <c r="C48" t="s">
         <v>121</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C57" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D58" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C59" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D59" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C62" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D64" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>11</v>
       </c>
       <c r="B65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C65" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>11</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>11</v>
       </c>
       <c r="B67" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>11</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C68" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D68" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>11</v>
       </c>
       <c r="B69" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C69" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>11</v>
       </c>
       <c r="B70" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C70" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D70" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>11</v>
       </c>
       <c r="B71" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C71" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D71" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>11</v>
       </c>
       <c r="B72" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C72" t="s">
+        <v>180</v>
+      </c>
+      <c r="D72" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>11</v>
       </c>
       <c r="B73" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C73" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D73" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>11</v>
       </c>
       <c r="B74" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C74" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D74" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>11</v>
       </c>
       <c r="B75" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C75" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>11</v>
       </c>
       <c r="B76" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C76" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D76" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>11</v>
       </c>
       <c r="B77" t="s">
+        <v>192</v>
+      </c>
+      <c r="C77" t="s">
+        <v>193</v>
+      </c>
+      <c r="D77" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>11</v>
       </c>
       <c r="B78" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C78" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D78" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>11</v>
       </c>
       <c r="B79" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C79" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D79" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>11</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C80" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D80" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>11</v>
       </c>
       <c r="B81" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C81" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>11</v>
       </c>
       <c r="B82" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C82" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>11</v>
       </c>
       <c r="B83" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>11</v>
       </c>
       <c r="B84" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C84" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>11</v>
       </c>
       <c r="B85" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C85" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>11</v>
       </c>
       <c r="B86" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C86" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>11</v>
       </c>
       <c r="B87" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C87" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>11</v>
       </c>
       <c r="B88" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C88" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>11</v>
       </c>
       <c r="B89" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C89" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D89" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>11</v>
       </c>
       <c r="B90" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C90" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>11</v>
       </c>
       <c r="B91" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C91" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>11</v>
       </c>
       <c r="B92" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C92" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D92" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>11</v>
       </c>
       <c r="B93" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C93" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>11</v>
       </c>
       <c r="B94" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C94" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D94" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>11</v>
       </c>
       <c r="B95" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C95" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D95" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>11</v>
       </c>
       <c r="B96" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C96" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D96" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>11</v>
       </c>
       <c r="B97" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C97" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D97" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>11</v>
       </c>
       <c r="B98" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C98" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D98" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>11</v>
       </c>
       <c r="B99" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C99" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>11</v>
       </c>
       <c r="B100" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C100" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D100" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>11</v>
       </c>
       <c r="B101" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C101" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D101" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C102" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D102" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C103" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D103" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>11</v>
       </c>
       <c r="B104" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C104" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D104" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B105" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C105" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D105" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B106" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C106" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D106" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B107" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C107" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D107" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B108" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C108" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D108" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B109" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C109" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D109" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B110" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C110" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D110" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B111" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C111" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B112" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C112" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D112" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B113" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C113" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D113" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B114" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C114" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D114"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>