--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -378,51 +378,53 @@
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi 10.1093/database/bav118. http://scalenet.info
 ------- citing original references
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
-    <t>* Marić I, Međo I, Marčić D, Petanović R, Jovanović S, Ueckermann EA (2021) Spider mites (Acari: Tetranychidae) from Serbia: new species for the country and the Balkan Peninsula, with a key to all known Serbian species. Systematic &amp; Applied Acarology 26(1): 304–316.</t>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Marić I, Međo I, Marčić D, Petanović R, Jovanović S, Ueckermann EA (2021) Spider mites (Acari: Tetranychidae) from Serbia: new species for the country and the Balkan Peninsula, with a key to all known Serbian species. Systematic &amp; Applied Acarology 26(1): 304–316.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in Israel.</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Biddinger DJ, Howitt AJ (1992) The food plants and distribution of the American plum borer (Lepidoptera: Pyralidae). The Great Lakes Entomologist 25(3), 149-158. https://scholar.valpo.edu/tgle/vol25/iss3/2</t>
   </si>
   <si>
     <t>LASPFU</t>
   </si>
   <si>
     <t>Grapholita funebrana (as Prunus)</t>