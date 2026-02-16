--- v1 (2025-12-10)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNDO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -784,50 +784,56 @@
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Rahman MA, Kwon YJ, Suh SJ, Youn YN, Jo SH (2012) The genus Pochazia Amyot and Serville (Hemiptera: Ricaniidae) from Korea, with a newly recorded species. Journal of Entomology 9(5), 239-247.
 * Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4
 ------- Only adults observed on this host.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
+  </si>
+  <si>
+    <t>Pseudococcus comstocki</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Prunus)</t>
   </si>
   <si>
     <t>RHAGCI</t>
   </si>
   <si>
     <t>Rhagoletis cingulata (as Prunus)</t>
   </si>
   <si>
     <t>RHAGFA</t>
   </si>
@@ -1480,51 +1486,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D142"/>
+  <dimension ref="A1:D143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2754,58 +2760,60 @@
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>14</v>
       </c>
       <c r="B95" t="s">
         <v>236</v>
       </c>
       <c r="C95" t="s">
         <v>237</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>14</v>
       </c>
       <c r="B96" t="s">
         <v>238</v>
       </c>
       <c r="C96" t="s">
         <v>239</v>
       </c>
-      <c r="D96"/>
+      <c r="D96" t="s">
+        <v>240</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>14</v>
       </c>
       <c r="B97" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C97" t="s">
         <v>241</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>14</v>
       </c>
       <c r="B98" t="s">
         <v>242</v>
       </c>
       <c r="C98" t="s">
         <v>243</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>14</v>
       </c>
       <c r="B99" t="s">
         <v>244</v>
       </c>
@@ -2814,593 +2822,605 @@
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>14</v>
       </c>
       <c r="B100" t="s">
         <v>246</v>
       </c>
       <c r="C100" t="s">
         <v>247</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>14</v>
       </c>
       <c r="B101" t="s">
         <v>248</v>
       </c>
       <c r="C101" t="s">
         <v>249</v>
       </c>
-      <c r="D101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>14</v>
       </c>
       <c r="B102" t="s">
+        <v>250</v>
+      </c>
+      <c r="C102" t="s">
         <v>251</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>252</v>
       </c>
-      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>14</v>
       </c>
       <c r="B103" t="s">
         <v>253</v>
       </c>
       <c r="C103" t="s">
         <v>254</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>14</v>
       </c>
       <c r="B104" t="s">
         <v>255</v>
       </c>
       <c r="C104" t="s">
         <v>256</v>
       </c>
-      <c r="D104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>14</v>
       </c>
       <c r="B105" t="s">
+        <v>257</v>
+      </c>
+      <c r="C105" t="s">
         <v>258</v>
       </c>
-      <c r="C105" t="s">
+      <c r="D105" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>14</v>
       </c>
       <c r="B106" t="s">
+        <v>260</v>
+      </c>
+      <c r="C106" t="s">
         <v>261</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>14</v>
       </c>
       <c r="B107" t="s">
+        <v>263</v>
+      </c>
+      <c r="C107" t="s">
         <v>264</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>265</v>
       </c>
-      <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>14</v>
       </c>
       <c r="B108" t="s">
         <v>266</v>
       </c>
       <c r="C108" t="s">
         <v>267</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>14</v>
       </c>
       <c r="B109" t="s">
         <v>268</v>
       </c>
       <c r="C109" t="s">
         <v>269</v>
       </c>
-      <c r="D109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>14</v>
       </c>
       <c r="B110" t="s">
+        <v>270</v>
+      </c>
+      <c r="C110" t="s">
         <v>271</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>272</v>
       </c>
-      <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>14</v>
       </c>
       <c r="B111" t="s">
         <v>273</v>
       </c>
       <c r="C111" t="s">
         <v>274</v>
       </c>
-      <c r="D111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>14</v>
       </c>
       <c r="B112" t="s">
+        <v>275</v>
+      </c>
+      <c r="C112" t="s">
         <v>276</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>14</v>
       </c>
       <c r="B113" t="s">
+        <v>278</v>
+      </c>
+      <c r="C113" t="s">
         <v>279</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>14</v>
       </c>
       <c r="B114" t="s">
+        <v>281</v>
+      </c>
+      <c r="C114" t="s">
         <v>282</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>283</v>
       </c>
-      <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>14</v>
       </c>
       <c r="B115" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C115" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>14</v>
       </c>
       <c r="B116" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="C116" t="s">
         <v>286</v>
       </c>
-      <c r="D116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>14</v>
       </c>
       <c r="B117" t="s">
+        <v>287</v>
+      </c>
+      <c r="C117" t="s">
         <v>288</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>14</v>
       </c>
       <c r="B118" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C118" t="s">
         <v>291</v>
       </c>
       <c r="D118" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>14</v>
       </c>
       <c r="B119" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="C119" t="s">
         <v>293</v>
       </c>
       <c r="D119" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>14</v>
       </c>
       <c r="B120" t="s">
+        <v>294</v>
+      </c>
+      <c r="C120" t="s">
         <v>295</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>14</v>
       </c>
       <c r="B121" t="s">
+        <v>297</v>
+      </c>
+      <c r="C121" t="s">
         <v>298</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>14</v>
       </c>
       <c r="B122" t="s">
+        <v>300</v>
+      </c>
+      <c r="C122" t="s">
         <v>301</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>302</v>
       </c>
-      <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>14</v>
       </c>
       <c r="B123" t="s">
         <v>303</v>
       </c>
       <c r="C123" t="s">
         <v>304</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>14</v>
       </c>
       <c r="B124" t="s">
+        <v>305</v>
+      </c>
+      <c r="C124" t="s">
         <v>306</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
+        <v>14</v>
+      </c>
+      <c r="B125" t="s">
         <v>308</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>309</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B126" t="s">
-        <v>35</v>
+        <v>311</v>
       </c>
       <c r="C126" t="s">
         <v>312</v>
       </c>
       <c r="D126" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B127" t="s">
+        <v>35</v>
+      </c>
+      <c r="C127" t="s">
         <v>314</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B128" t="s">
+        <v>316</v>
+      </c>
+      <c r="C128" t="s">
         <v>317</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>318</v>
       </c>
-      <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B129" t="s">
-        <v>101</v>
+        <v>319</v>
       </c>
       <c r="C129" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B130" t="s">
-        <v>320</v>
+        <v>101</v>
       </c>
       <c r="C130" t="s">
         <v>321</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B131" t="s">
-        <v>118</v>
+        <v>322</v>
       </c>
       <c r="C131" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B132" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="C132" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="D132" t="s">
         <v>324</v>
       </c>
+      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B133" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="C133" t="s">
         <v>325</v>
       </c>
-      <c r="D133"/>
+      <c r="D133" t="s">
+        <v>326</v>
+      </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B134" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C134" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B135" t="s">
-        <v>327</v>
+        <v>144</v>
       </c>
       <c r="C135" t="s">
         <v>328</v>
       </c>
-      <c r="D135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B136" t="s">
-        <v>178</v>
+        <v>329</v>
       </c>
       <c r="C136" t="s">
         <v>330</v>
       </c>
-      <c r="D136"/>
+      <c r="D136" t="s">
+        <v>331</v>
+      </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B137" t="s">
-        <v>331</v>
+        <v>178</v>
       </c>
       <c r="C137" t="s">
         <v>332</v>
       </c>
-      <c r="D137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B138" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="C138" t="s">
         <v>334</v>
       </c>
       <c r="D138" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B139" t="s">
+        <v>208</v>
+      </c>
+      <c r="C139" t="s">
         <v>336</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B140" t="s">
+        <v>338</v>
+      </c>
+      <c r="C140" t="s">
         <v>339</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B141" t="s">
+        <v>341</v>
+      </c>
+      <c r="C141" t="s">
         <v>342</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>343</v>
       </c>
-      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B142" t="s">
         <v>344</v>
       </c>
       <c r="C142" t="s">
         <v>345</v>
       </c>
       <c r="D142"/>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>310</v>
+      </c>
+      <c r="B143" t="s">
+        <v>346</v>
+      </c>
+      <c r="C143" t="s">
+        <v>347</v>
+      </c>
+      <c r="D143"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>