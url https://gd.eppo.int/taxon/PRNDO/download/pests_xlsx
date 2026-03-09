--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNDO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -775,50 +775,60 @@
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Yokoyama VY, Miller GT (1999) Host status of fresh prunes by potential pests in laboratory tests and evaluation of packinghouse culls. Journal of Economic Entomology 92, 485-489.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Rahman MA, Kwon YJ, Suh SJ, Youn YN, Jo SH (2012) The genus Pochazia Amyot and Serville (Hemiptera: Ricaniidae) from Korea, with a newly recorded species. Journal of Entomology 9(5), 239-247.
 * Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4
 ------- Only adults observed on this host.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
@@ -1486,51 +1496,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D143"/>
+  <dimension ref="A1:D144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2736,691 +2746,707 @@
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>14</v>
       </c>
       <c r="B93" t="s">
         <v>231</v>
       </c>
       <c r="C93" t="s">
         <v>232</v>
       </c>
       <c r="D93" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>14</v>
       </c>
       <c r="B94" t="s">
         <v>234</v>
       </c>
       <c r="C94" t="s">
         <v>235</v>
       </c>
-      <c r="D94"/>
+      <c r="D94" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>14</v>
       </c>
       <c r="B95" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C95" t="s">
         <v>237</v>
       </c>
-      <c r="D95"/>
+      <c r="D95" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>14</v>
       </c>
       <c r="B96" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C96" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D96" t="s">
         <v>240</v>
       </c>
+      <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>14</v>
       </c>
       <c r="B97" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C97" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D97"/>
+        <v>242</v>
+      </c>
+      <c r="D97" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>14</v>
       </c>
       <c r="B98" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C98" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>14</v>
       </c>
       <c r="B99" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C99" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>14</v>
       </c>
       <c r="B100" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C100" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>14</v>
       </c>
       <c r="B101" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C101" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>14</v>
       </c>
       <c r="B102" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C102" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="D102" t="s">
         <v>252</v>
       </c>
+      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>14</v>
       </c>
       <c r="B103" t="s">
         <v>253</v>
       </c>
       <c r="C103" t="s">
         <v>254</v>
       </c>
-      <c r="D103"/>
+      <c r="D103" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>14</v>
       </c>
       <c r="B104" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C104" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>14</v>
       </c>
       <c r="B105" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C105" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D105" t="s">
         <v>259</v>
       </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>14</v>
       </c>
       <c r="B106" t="s">
         <v>260</v>
       </c>
       <c r="C106" t="s">
         <v>261</v>
       </c>
       <c r="D106" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>14</v>
       </c>
       <c r="B107" t="s">
         <v>263</v>
       </c>
       <c r="C107" t="s">
         <v>264</v>
       </c>
       <c r="D107" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>14</v>
       </c>
       <c r="B108" t="s">
         <v>266</v>
       </c>
       <c r="C108" t="s">
         <v>267</v>
       </c>
-      <c r="D108"/>
+      <c r="D108" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>14</v>
       </c>
       <c r="B109" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C109" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>14</v>
       </c>
       <c r="B110" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C110" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D110" t="s">
         <v>272</v>
       </c>
+      <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>14</v>
       </c>
       <c r="B111" t="s">
         <v>273</v>
       </c>
       <c r="C111" t="s">
         <v>274</v>
       </c>
-      <c r="D111"/>
+      <c r="D111" t="s">
+        <v>275</v>
+      </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>14</v>
       </c>
       <c r="B112" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C112" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D112" t="s">
         <v>277</v>
       </c>
+      <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>14</v>
       </c>
       <c r="B113" t="s">
         <v>278</v>
       </c>
       <c r="C113" t="s">
         <v>279</v>
       </c>
       <c r="D113" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>14</v>
       </c>
       <c r="B114" t="s">
         <v>281</v>
       </c>
       <c r="C114" t="s">
         <v>282</v>
       </c>
       <c r="D114" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>14</v>
       </c>
       <c r="B115" t="s">
         <v>284</v>
       </c>
       <c r="C115" t="s">
         <v>285</v>
       </c>
-      <c r="D115"/>
+      <c r="D115" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>14</v>
       </c>
       <c r="B116" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C116" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>14</v>
       </c>
       <c r="B117" t="s">
         <v>287</v>
       </c>
       <c r="C117" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="D117" t="s">
         <v>289</v>
       </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>14</v>
       </c>
       <c r="B118" t="s">
         <v>290</v>
       </c>
       <c r="C118" t="s">
         <v>291</v>
       </c>
       <c r="D118" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>14</v>
       </c>
       <c r="B119" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C119" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D119" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>14</v>
       </c>
       <c r="B120" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C120" t="s">
+        <v>296</v>
+      </c>
+      <c r="D120" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>14</v>
       </c>
       <c r="B121" t="s">
         <v>297</v>
       </c>
       <c r="C121" t="s">
         <v>298</v>
       </c>
       <c r="D121" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>14</v>
       </c>
       <c r="B122" t="s">
         <v>300</v>
       </c>
       <c r="C122" t="s">
         <v>301</v>
       </c>
       <c r="D122" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>14</v>
       </c>
       <c r="B123" t="s">
         <v>303</v>
       </c>
       <c r="C123" t="s">
         <v>304</v>
       </c>
-      <c r="D123"/>
+      <c r="D123" t="s">
+        <v>305</v>
+      </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>14</v>
       </c>
       <c r="B124" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C124" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="D124" t="s">
         <v>307</v>
       </c>
+      <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>14</v>
       </c>
       <c r="B125" t="s">
         <v>308</v>
       </c>
       <c r="C125" t="s">
         <v>309</v>
       </c>
       <c r="D125" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="B126" t="s">
         <v>311</v>
       </c>
       <c r="C126" t="s">
         <v>312</v>
       </c>
       <c r="D126" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B127" t="s">
-        <v>35</v>
+        <v>314</v>
       </c>
       <c r="C127" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D127" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B128" t="s">
-        <v>316</v>
+        <v>35</v>
       </c>
       <c r="C128" t="s">
         <v>317</v>
       </c>
       <c r="D128" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B129" t="s">
         <v>319</v>
       </c>
       <c r="C129" t="s">
         <v>320</v>
       </c>
-      <c r="D129"/>
+      <c r="D129" t="s">
+        <v>321</v>
+      </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B130" t="s">
-        <v>101</v>
+        <v>322</v>
       </c>
       <c r="C130" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B131" t="s">
-        <v>322</v>
+        <v>101</v>
       </c>
       <c r="C131" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B132" t="s">
-        <v>118</v>
+        <v>325</v>
       </c>
       <c r="C132" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B133" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="C133" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B134" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="C134" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D134"/>
+        <v>328</v>
+      </c>
+      <c r="D134" t="s">
+        <v>329</v>
+      </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B135" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C135" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B136" t="s">
-        <v>329</v>
+        <v>144</v>
       </c>
       <c r="C136" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="D136" t="s">
         <v>331</v>
       </c>
+      <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B137" t="s">
-        <v>178</v>
+        <v>332</v>
       </c>
       <c r="C137" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="D137"/>
+        <v>333</v>
+      </c>
+      <c r="D137" t="s">
+        <v>334</v>
+      </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B138" t="s">
-        <v>333</v>
+        <v>178</v>
       </c>
       <c r="C138" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="D138" t="s">
         <v>335</v>
       </c>
+      <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B139" t="s">
-        <v>208</v>
+        <v>336</v>
       </c>
       <c r="C139" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D139" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B140" t="s">
-        <v>338</v>
+        <v>208</v>
       </c>
       <c r="C140" t="s">
         <v>339</v>
       </c>
       <c r="D140" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B141" t="s">
         <v>341</v>
       </c>
       <c r="C141" t="s">
         <v>342</v>
       </c>
       <c r="D141" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B142" t="s">
         <v>344</v>
       </c>
       <c r="C142" t="s">
         <v>345</v>
       </c>
-      <c r="D142"/>
+      <c r="D142" t="s">
+        <v>346</v>
+      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B143" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C143" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D143"/>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>313</v>
+      </c>
+      <c r="B144" t="s">
+        <v>349</v>
+      </c>
+      <c r="C144" t="s">
+        <v>350</v>
+      </c>
+      <c r="D144"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>