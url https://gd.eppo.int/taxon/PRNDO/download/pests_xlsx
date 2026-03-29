--- v3 (2026-03-09)
+++ v4 (2026-03-29)
@@ -12,89 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNDO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (Chrysobothris Femorata Fab.) and the Pacific Flatheaded Apple Tree Borer (Chryso- Bothris Mali Horn). Journal of Economic Entomology, 12(4), 326–333.
 ------- uncertainty of the species of the femorata complex as the publication pre-dates Wellso &amp; Manley, 2007.
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (record may relate to other species in the femorata complex)
 * Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD, Marshall SA (2012) Field guide to the jewel beetles of northeastern North America. Canadian Food Inspection Agency, Ottawa, Ontario, Canada. 
 ------- covers several species of femorata complex together</t>
+  </si>
+  <si>
+    <t>DIPBBU</t>
+  </si>
+  <si>
+    <t>Diplodia bulgarica</t>
+  </si>
+  <si>
+    <t>* Ketabchi M, Ghosta Y, Darvishzadeh R and Abrinbana M (2015) Reaction of different trees against Diplodia bulgarica under field conditions. 2nd Iranian Mycological Congress, 23–25 August 2015. 
+----1-2 year old seedlings tested under experimental conditions, full paper not available</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CAPURE</t>
   </si>
   <si>
     <t>Adoxophyes orana</t>
   </si>
   <si>
     <t>AGRBTU</t>
   </si>
   <si>
     <t>Agrobacterium tumefaciens</t>
   </si>
@@ -208,50 +218,59 @@
   </si>
   <si>
     <t>PHYPMA</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma mali'</t>
   </si>
   <si>
     <t>* Ben Khalifa M, Fakhfakh H (2011) Detection of 16S rDNA of 'Candidatus Phytoplasma mali' in plum decline in Tunisia. Canadian Journal of Plant Pathology 33(3), 332-336.
 * Mehle N, Brzin J, Boben J, Hren M, Frank J, Petroviè N, Gruden K, Dreo T, Zezlina, Seljak G, Ravnikar M (2007) First report of ‘Candidatus Phytoplasma mali’ in Prunus avium, P. armeniaca and P. domestica. Plant Pathology 56(4), 721.</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum'</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Salem NM, Tahzima T, Odeh S, Abdeen AO, Massart S, Goedefroit T, De Jonghe K (2020) First report of ‘Candidatus Phytoplasma solani’ infecting plum (Prunus domestica) in Jordan. Plant Disease 104(2), p 563.
 * Salem NM, Tahzima T, Odeh S, Abdeen AO, Massart S, Goedefroit T, De Jonghe K (2020) First report of ‘Candidatus Phytoplasma solani’ infecting plum (Prunus domestica) in Jordan. Plant Disease 104(2), p 563.</t>
   </si>
   <si>
+    <t>ASGV00</t>
+  </si>
+  <si>
+    <t>Capillovirus mali</t>
+  </si>
+  <si>
+    <t>* Kinoti WM, Nancarrow N, Dann A, Rodoni BC, Constable F (2020) Updating the quarantine status of Prunus infecting viruses in Australia. Viruses 12(2):246. https://doi.org/10.3390/v12020246</t>
+  </si>
+  <si>
     <t>CARSSA</t>
   </si>
   <si>
     <t>Carposina sasakii</t>
   </si>
   <si>
     <t>* Ohira Y, Oku T (1990) Seasonal history of the peach fruit moth, Carposina sasakii Matsumura, in an isolated garden with plum and Japanese dwarf quince as major hosts. Annual Report of the Society of Plant Protection of North Japan, No. 41, 69-174</t>
   </si>
   <si>
     <t>Carposina sasakii (as Prunus)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>Ceratitis capitata (as Prunus)</t>
   </si>
   <si>
     <t>CERPCE</t>
@@ -490,50 +509,53 @@
 -------- Feeding host.</t>
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
     <t>Hostuviroid impedihumuli</t>
   </si>
   <si>
     <t>* Sano T, Hataya T, Terai Y, Shikata E (1989) Hop stunt viroid strains from dapple fruit disease of plum and peach in Japan. Journal of General Virology, 70, 1311–1319.
 * Yang YA, Wang HQ, Cheng ZM, Sano T, Li SF (2007) First report of Hop stunt viroid from plum in China. Plant Pathology 56, p 339.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
   </si>
   <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
+  </si>
+  <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
     <t>PDV000</t>
   </si>
   <si>
     <t>Ilarvirus PDV</t>
   </si>
   <si>
     <t xml:space="preserve">* Fiore N, Zamorano A, Pino AM, Gonzalez F, Rosales IM, Sanchez-Navarro JA, Pallas V (2016) Survey of stone fruit viruses and viroids in Chile. Journal of Plant Pathology 98(3), 631-635.
 * Németh MA (1986) Virus, mycoplasma and rickettsia diseases of fruit trees. Akadémiai Kiado, Budapest, 841 pp.
 * Okić A, Wetzel T, Nourinejhad Zarghani S, Massart S, Grahić J, Gaši F, Konjić A, Vončina D (2022) Occurrence and distribution patterns of plum tree viruses and genetic diversity of Sharka Isolates in Bosnia and Herzegovina. Horticulturae. 8(9), 783. </t>
   </si>
   <si>
     <t>POLYBO</t>
   </si>
   <si>
     <t>Lobesia botrana</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
@@ -1083,50 +1105,53 @@
   </si>
   <si>
     <t>Euproctis chrysorrhoea</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
     <t>Grapholita funebrana</t>
   </si>
   <si>
     <t>Grapholita prunivora</t>
   </si>
   <si>
     <t>* MacKay MR (1959) Larvae of the North American Olethreutinae (Lepidoptera). Canadian Entomologist Suppl. No. 10, 1-338.
 ------- as 'plums'.</t>
   </si>
   <si>
     <t>Hyphantria cunea</t>
   </si>
   <si>
     <t>Ilarvirus APLPV</t>
+  </si>
+  <si>
+    <t>* Khan ZA, Thapa P, Diksha D, Mailem YS, Sharma SK, Nabi SU, Wani S, Shah MD, Verma MK, Gupta N, Baranwal VK (2025) Virome analysis deciphered the infection of American plum line pattern virus, little cherry virus 1 and plum bark necrosis stem pitting-associated virus in plum from India. European Journal of Plant Pathology 171, 341–357</t>
   </si>
   <si>
     <t>PNRSV0</t>
   </si>
   <si>
     <t>Ilarvirus PNRSV</t>
   </si>
   <si>
     <t>* Fiore N, Zamorano A, Pino AM, Gonzalez F, Rosales IM, Sanchez-Navarro JA, Pallas V (2016) Survey of stone fruit viruses and viroids in Chile. Journal of Plant Pathology 98(3), 631-635.
 * Matic S, Al-Rwahnih M, Myrta A, Duric G (2008) Viruses of stone fruits in Bosnia and Herzegovina. Acta Horticulturae no. 781, 71-74.
 * Németh MA (1986) Virus, mycoplasma and rickettsia diseases of fruit trees. Akadémiai Kiado, Budapest, 841 pp.</t>
   </si>
   <si>
     <t>Monilinia fructicola</t>
   </si>
   <si>
     <t>MONIPO</t>
   </si>
   <si>
     <t>Monilinia polystroma</t>
   </si>
   <si>
     <t>* Li X, Mao H, Wang L, Zhang X, Li H, Hou L, Li L (2023) First report of apple brown rot caused by Monilinia polystroma in Jilin Province in China. Plant Disease (early view). https://doi.org/10.1094/PDIS-10-22-2330-PDN
 * Poniatowska A, Michalecka M, Pulawska J (2016) Genetic diversity and pathogenicity of Monilinia polystroma - the new pathogen of cherries. Plant Pathology 65(5), 726-733.</t>
   </si>
@@ -1496,51 +1521,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D144"/>
+  <dimension ref="A1:D146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1554,1899 +1579,1931 @@
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>21</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>32</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>39</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B21" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>58</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>63</v>
+      </c>
+      <c r="D24" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>70</v>
+      </c>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>74</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
       <c r="D30" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
       <c r="D31" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B32" t="s">
         <v>81</v>
       </c>
       <c r="C32" t="s">
         <v>82</v>
       </c>
       <c r="D32" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B33" t="s">
         <v>84</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>88</v>
+      </c>
+      <c r="D34" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>93</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B37" t="s">
         <v>94</v>
       </c>
       <c r="C37" t="s">
         <v>95</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>98</v>
+      </c>
+      <c r="D38" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>108</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
       <c r="D43" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B45" t="s">
         <v>115</v>
       </c>
       <c r="C45" t="s">
         <v>116</v>
       </c>
       <c r="D45" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B46" t="s">
         <v>118</v>
       </c>
       <c r="C46" t="s">
         <v>119</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>122</v>
+      </c>
+      <c r="D47" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D51"/>
+        <v>130</v>
+      </c>
+      <c r="D51" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>135</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B54" t="s">
         <v>136</v>
       </c>
       <c r="C54" t="s">
         <v>137</v>
       </c>
       <c r="D54" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" t="s">
         <v>143</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B57" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>146</v>
+      </c>
+      <c r="D57" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B58" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C58" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C59" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D59" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C60" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C61" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D61" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B62" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C62" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B63" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C63" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D63" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B64" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C64" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B65" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C65" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D65" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B66" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C66" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D66"/>
+        <v>169</v>
+      </c>
+      <c r="D66" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B67" t="s">
         <v>168</v>
       </c>
       <c r="C67" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D67" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C68" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D69" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B70" t="s">
         <v>175</v>
       </c>
       <c r="C70" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D70" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B71" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C71" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D71"/>
+        <v>180</v>
+      </c>
+      <c r="D71" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C72" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>183</v>
+      </c>
+      <c r="D72" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B73" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C73" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B74" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C74" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B75" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D75" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B76" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C76" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B77" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C77" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D77"/>
+        <v>195</v>
+      </c>
+      <c r="D77" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B78" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C78" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B79" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C79" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B80" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C80" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D80" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B81" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C81" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B82" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C82" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="D82"/>
+        <v>206</v>
+      </c>
+      <c r="D82" t="s">
+        <v>207</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B83" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C83" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D83"/>
+        <v>209</v>
+      </c>
+      <c r="D83" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B84" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C84" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B85" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C85" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B86" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C86" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D86"/>
+        <v>216</v>
+      </c>
+      <c r="D86" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B87" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C87" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D87"/>
+        <v>219</v>
+      </c>
+      <c r="D87" t="s">
+        <v>220</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B88" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C88" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B89" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C89" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B90" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C90" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D90" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B91" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C91" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D91"/>
+        <v>228</v>
+      </c>
+      <c r="D91" t="s">
+        <v>229</v>
+      </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B92" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C92" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D92" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B93" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C93" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B94" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C94" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D94" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B95" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C95" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D95" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B96" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C96" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D96"/>
+        <v>242</v>
+      </c>
+      <c r="D96" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B97" t="s">
         <v>241</v>
       </c>
       <c r="C97" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D97" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B98" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C98" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B99" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C99" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>249</v>
+      </c>
+      <c r="D99" t="s">
+        <v>250</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B100" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C100" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B101" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C101" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B102" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C102" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B103" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C103" t="s">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B104" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C104" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B105" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C105" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D105"/>
+        <v>261</v>
+      </c>
+      <c r="D105" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B106" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C106" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B107" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C107" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B108" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C108" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D108" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B109" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C109" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="D109"/>
+        <v>271</v>
+      </c>
+      <c r="D109" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B110" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C110" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="D110"/>
+        <v>274</v>
+      </c>
+      <c r="D110" t="s">
+        <v>275</v>
+      </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B111" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C111" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B112" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C112" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B113" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C113" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D113" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B114" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C114" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B115" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C115" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D115" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B116" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C116" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="D116"/>
+        <v>289</v>
+      </c>
+      <c r="D116" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B117" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C117" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D117"/>
+        <v>292</v>
+      </c>
+      <c r="D117" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B118" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C118" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B119" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C119" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B120" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C120" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D120" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B121" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C121" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D121" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B122" t="s">
         <v>300</v>
       </c>
       <c r="C122" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D122" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B123" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C123" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D123" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B124" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C124" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="D124"/>
+        <v>308</v>
+      </c>
+      <c r="D124" t="s">
+        <v>309</v>
+      </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B125" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C125" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D125" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B126" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C126" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>313</v>
+        <v>17</v>
       </c>
       <c r="B127" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C127" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D127" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>313</v>
+        <v>17</v>
       </c>
       <c r="B128" t="s">
-        <v>35</v>
+        <v>318</v>
       </c>
       <c r="C128" t="s">
+        <v>319</v>
+      </c>
+      <c r="D128" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B129" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C129" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D129" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B130" t="s">
-        <v>322</v>
+        <v>38</v>
       </c>
       <c r="C130" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="D130"/>
+        <v>324</v>
+      </c>
+      <c r="D130" t="s">
+        <v>325</v>
+      </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B131" t="s">
-        <v>101</v>
+        <v>326</v>
       </c>
       <c r="C131" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="D131"/>
+        <v>327</v>
+      </c>
+      <c r="D131" t="s">
+        <v>328</v>
+      </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B132" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C132" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B133" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="C133" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B134" t="s">
-        <v>128</v>
+        <v>332</v>
       </c>
       <c r="C134" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B135" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="C135" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B136" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="C136" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="D136"/>
+        <v>335</v>
+      </c>
+      <c r="D136" t="s">
+        <v>336</v>
+      </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B137" t="s">
-        <v>332</v>
+        <v>148</v>
       </c>
       <c r="C137" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B138" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="C138" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>338</v>
+      </c>
+      <c r="D138" t="s">
+        <v>339</v>
+      </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B139" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C139" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D139" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B140" t="s">
-        <v>208</v>
+        <v>185</v>
       </c>
       <c r="C140" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="D140"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B141" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C141" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D141" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B142" t="s">
-        <v>344</v>
+        <v>215</v>
       </c>
       <c r="C142" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D142" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B143" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C143" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="D143"/>
+        <v>350</v>
+      </c>
+      <c r="D143" t="s">
+        <v>351</v>
+      </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B144" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C144" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D144"/>
+        <v>353</v>
+      </c>
+      <c r="D144" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>320</v>
+      </c>
+      <c r="B145" t="s">
+        <v>355</v>
+      </c>
+      <c r="C145" t="s">
+        <v>356</v>
+      </c>
+      <c r="D145"/>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>320</v>
+      </c>
+      <c r="B146" t="s">
+        <v>357</v>
+      </c>
+      <c r="C146" t="s">
+        <v>358</v>
+      </c>
+      <c r="D146"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>