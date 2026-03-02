--- v0 (2025-10-09)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNCF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t>* Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C., (83).
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- very uncertain host. Record relates only to the presence of adults, or the life stages are not indicated.</t>
@@ -410,60 +410,79 @@
     <t>* Dedes J (2014). Whitemarked tussock moth (Orgyia leucostigma). Natural Resources Canada, Canadian Forest Service, Great Lakes Forestry Centre, Sault Ste. Marie, Ontario. Insect Production Services 2 p. https://cfs.nrcan.gc.ca/publications?id=35692 
 ------- as ''cherry''.</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae (as Prunus)</t>
   </si>
   <si>
     <t>PHYP29</t>
   </si>
   <si>
     <t>Peach yellows phytoplasma (as Prunus)</t>
   </si>
   <si>
     <t>* Kirkpatrick BC (1995) Peach yellows. Compendium of Stone Fruit Diseases (eds Ogawa JM, Zehr EI, Bird GW, Ritchie DF, Uriu K &amp; Uyemoto JK) APS Press, St. Paul, MN, USA, p 57.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
+    <t>POCZSH</t>
+  </si>
+  <si>
+    <t>Pochazia shantungensis</t>
+  </si>
+  <si>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.</t>
+  </si>
+  <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t xml:space="preserve">* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 * Polák J (2007) Viruses of blackthorn and road-bordering trees of plum, myrobalan, sweet and sour cherries in the Czech Republic.	Plant Protection Science 43, 1–4.
 * Sebestyen D, Nemeth M, Hangyal R, Krizbai L, Ember I, Nyerges K, Kolber M, Kiss E, Bese G (2008) Ornamental Prunus species as new natural hosts of Plum pox virus and their importance in the spread of the virus in Hungary. Journal of Plant Pathology 90 (suppl.), S1.57-S1.61.
 * Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Prunus)</t>
   </si>
@@ -934,51 +953,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1612,301 +1631,329 @@
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>14</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>14</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>128</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>14</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D52"/>
+        <v>131</v>
+      </c>
+      <c r="D52" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>14</v>
       </c>
       <c r="B53" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>14</v>
       </c>
       <c r="B54" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>14</v>
       </c>
       <c r="B55" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C55" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>14</v>
       </c>
       <c r="B56" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C56" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>14</v>
       </c>
       <c r="B57" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C57" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>14</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C58" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>144</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>14</v>
       </c>
       <c r="B59" t="s">
         <v>145</v>
       </c>
       <c r="C59" t="s">
         <v>146</v>
       </c>
       <c r="D59" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>14</v>
       </c>
       <c r="B60" t="s">
         <v>148</v>
       </c>
       <c r="C60" t="s">
         <v>149</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>150</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>14</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D61" t="s">
-        <v>88</v>
+        <v>153</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>14</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C62" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>14</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D63" t="s">
-        <v>156</v>
+        <v>88</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>14</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C64" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>159</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>14</v>
       </c>
       <c r="B65" t="s">
         <v>160</v>
       </c>
       <c r="C65" t="s">
         <v>161</v>
       </c>
       <c r="D65" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>14</v>
       </c>
       <c r="B66" t="s">
         <v>163</v>
       </c>
       <c r="C66" t="s">
         <v>164</v>
       </c>
       <c r="D66" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>14</v>
+      </c>
+      <c r="B67" t="s">
         <v>166</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>167</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>166</v>
+        <v>14</v>
       </c>
       <c r="B68" t="s">
+        <v>169</v>
+      </c>
+      <c r="C68" t="s">
         <v>170</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B69" t="s">
         <v>173</v>
       </c>
       <c r="C69" t="s">
         <v>174</v>
       </c>
       <c r="D69" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
         <v>176</v>
       </c>
       <c r="C70" t="s">
         <v>177</v>
       </c>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>172</v>
+      </c>
+      <c r="B71" t="s">
+        <v>179</v>
+      </c>
+      <c r="C71" t="s">
+        <v>180</v>
+      </c>
+      <c r="D71" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>172</v>
+      </c>
+      <c r="B72" t="s">
+        <v>182</v>
+      </c>
+      <c r="C72" t="s">
+        <v>183</v>
+      </c>
+      <c r="D72"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>