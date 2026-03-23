--- v1 (2026-03-02)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNCF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t>* Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C., (83).
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- very uncertain host. Record relates only to the presence of adults, or the life stages are not indicated.</t>
@@ -278,50 +278,53 @@
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants
 * Holthouse MC, Spears LR, Alston DG (2021) Urban host plant utilisation by the invasive Halyomorpha halys (Stål) (Hemiptera, Pentatomidae) in northern Utah. NeoBiota 64, 87–101. https://doi.org/10.3897/neobiota.64.60050
 * Mityushev IM (2021) Host plants of Halyomorpha halys in the urban ecosystem on the Azov Sea Coast of Russia. EPPO Bulletin 51(2), 305-310.
 ------- Sporadic on this plant and no significant damage observed in the studied area.</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Prunus)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Prunus)</t>
   </si>
   <si>
     <t>APLPV0</t>
   </si>
   <si>
     <t>Ilarvirus APLPV (as Prunus)</t>
+  </si>
+  <si>
+    <t>* Fulton RW (1982) Ilar-Like Characteristics of American Plum Line Pattern Virus and Its Serological Detection in Prunus. Phytopathology 72, 1345–1348</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
     <t>* Polák J (2007) Viruses of blackthorn and road-bordering trees of plum, myrobalan, sweet and sour cherries in the Czech Republic.	Plant Protection Science 43, 1–4.</t>
   </si>
   <si>
     <t>PDV000</t>
   </si>
   <si>
     <t>Ilarvirus PDV</t>
   </si>
   <si>
     <t>* Németh MA (1986) Virus, mycoplasma and rickettsia diseases of fruit trees. Akadémiai Kiado, Budapest, 841 pp.
 * Polák J (2007) Viruses of blackthorn and road-bordering trees of plum, myrobalan, sweet and sour cherries in the Czech Republic.	Plant Protection Science 43, 1–4.</t>
   </si>
   <si>
     <t>PNRSV0</t>
   </si>
   <si>
     <t>Ilarvirus PNRSV</t>
@@ -1383,575 +1386,577 @@
         <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>80</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>14</v>
       </c>
       <c r="B32" t="s">
         <v>81</v>
       </c>
       <c r="C32" t="s">
         <v>82</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>14</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>14</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D38" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>14</v>
       </c>
       <c r="B39" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C39" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>14</v>
       </c>
       <c r="B40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D40" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>14</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C41" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D41" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>14</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>14</v>
       </c>
       <c r="B43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>14</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>14</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>14</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>14</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>14</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>14</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>14</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>14</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>14</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>14</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>14</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>14</v>
       </c>
       <c r="B55" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>14</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C56" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>14</v>
       </c>
       <c r="B57" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C57" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>14</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C58" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>14</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C59" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D59" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>14</v>
       </c>
       <c r="B60" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D60" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>14</v>
       </c>
       <c r="B61" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C61" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D61" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>14</v>
       </c>
       <c r="B62" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>14</v>
       </c>
       <c r="B63" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C63" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D63" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>14</v>
       </c>
       <c r="B64" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>14</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D65" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>14</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C66" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D66" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>14</v>
       </c>
       <c r="B67" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D67" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>14</v>
       </c>
       <c r="B68" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C68" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D68" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B69" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C69" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D69" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B70" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C70" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D70" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B71" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C71" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D71" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B72" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C72" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D72"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>