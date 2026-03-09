--- v0 (2025-10-08)
+++ v1 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>PCMV00</t>
   </si>
   <si>
@@ -254,50 +254,60 @@
     <t>Parabemisia myricae (as Prunus)</t>
   </si>
   <si>
     <t>PHYP29</t>
   </si>
   <si>
     <t>Peach yellows phytoplasma (as Prunus)</t>
   </si>
   <si>
     <t>* Kirkpatrick BC (1995) Peach yellows. Compendium of Stone Fruit Diseases (eds Ogawa JM, Zehr EI, Bird GW, Ritchie DF, Uriu K &amp; Uyemoto JK) APS Press, St. Paul, MN, USA, p 57.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
     <t>PPV000</t>
   </si>
   <si>
     <t>Potyvirus plumpoxi</t>
   </si>
   <si>
     <t>* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Prunus)</t>
   </si>
@@ -686,51 +696,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1126,189 +1136,203 @@
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
         <v>76</v>
       </c>
       <c r="C33" t="s">
         <v>77</v>
       </c>
       <c r="D33" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
         <v>79</v>
       </c>
       <c r="C34" t="s">
         <v>80</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C40" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>93</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>94</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C42" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C43" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>100</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
         <v>101</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>102</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B45" t="s">
         <v>105</v>
       </c>
       <c r="C45" t="s">
         <v>106</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>104</v>
+      </c>
+      <c r="B46" t="s">
+        <v>108</v>
+      </c>
+      <c r="C46" t="s">
+        <v>109</v>
+      </c>
+      <c r="D46"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>