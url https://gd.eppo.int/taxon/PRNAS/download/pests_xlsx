--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNAS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PHYPPR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma prunorum' (as Prunus)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -245,50 +245,60 @@
     <t>Parabemisia myricae (as Prunus)</t>
   </si>
   <si>
     <t>PHYP29</t>
   </si>
   <si>
     <t>Peach yellows phytoplasma (as Prunus)</t>
   </si>
   <si>
     <t>* Kirkpatrick BC (1995) Peach yellows. Compendium of Stone Fruit Diseases (eds Ogawa JM, Zehr EI, Bird GW, Ritchie DF, Uriu K &amp; Uyemoto JK) APS Press, St. Paul, MN, USA, p 57.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Prunus)</t>
   </si>
@@ -677,51 +687,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1103,189 +1113,203 @@
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
       <c r="C32" t="s">
         <v>74</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
         <v>76</v>
       </c>
       <c r="C33" t="s">
         <v>77</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C39" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>90</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" t="s">
         <v>91</v>
       </c>
       <c r="C40" t="s">
         <v>92</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C41" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C42" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>97</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B43" t="s">
         <v>98</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>99</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B44" t="s">
         <v>102</v>
       </c>
       <c r="C44" t="s">
         <v>103</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>101</v>
+      </c>
+      <c r="B45" t="s">
+        <v>105</v>
+      </c>
+      <c r="C45" t="s">
+        <v>106</v>
+      </c>
+      <c r="D45"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>