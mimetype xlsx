--- v0 (2025-11-24)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRNAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AGRLMA</t>
   </si>
   <si>
     <t>Agrilus mali</t>
   </si>
   <si>
     <t>* EPPO (2024) EPPO Technical Document No. 1093. Pest risk analysis for Agrilus mali (Coleoptera: Buprestidae). EPPO, Paris. Available at https://gd.eppo.int/taxon/AGRLMA/documents
 ------- not confirmed host.
 * Hua LZ (2002) List of Chinese Insects. Vol. 2. Guangzhou: Zhongshan (Sun Yat-sen) Univ. Press. 
@@ -762,50 +762,61 @@
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCC</t>
   </si>
   <si>
     <t>Phytophthora cactorum (as Prunus)</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Erler F, Kozár F , Tunç I (1996) A preliminary study on the armoured scale insect (Homoptera, Coccoidea: Diaspididae) fauna of Antalya. Acta Phytopathologica et Entomologica Hungarica 31: 53-59.</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Prunus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae (as Prunus)</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Prunus)</t>
   </si>
   <si>
     <t>PSDMMP</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. morsprunorum (as Prunus)</t>
   </si>
   <si>
     <t>PSDMVF</t>
   </si>
   <si>
     <t>Pseudomonas viridiflava</t>
   </si>
@@ -1446,51 +1457,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D133"/>
+  <dimension ref="A1:D134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2664,149 +2675,151 @@
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>17</v>
       </c>
       <c r="B90" t="s">
         <v>228</v>
       </c>
       <c r="C90" t="s">
         <v>229</v>
       </c>
       <c r="D90" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>17</v>
       </c>
       <c r="B91" t="s">
         <v>231</v>
       </c>
       <c r="C91" t="s">
         <v>232</v>
       </c>
-      <c r="D91"/>
+      <c r="D91" t="s">
+        <v>233</v>
+      </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>17</v>
       </c>
       <c r="B92" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C92" t="s">
         <v>234</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>17</v>
       </c>
       <c r="B93" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C93" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>17</v>
       </c>
       <c r="B94" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C94" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>17</v>
       </c>
       <c r="B95" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C95" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>17</v>
       </c>
       <c r="B96" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C96" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>17</v>
       </c>
       <c r="B97" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C97" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>17</v>
       </c>
       <c r="B98" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C98" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>17</v>
       </c>
       <c r="B99" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C99" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D99" t="s">
         <v>249</v>
       </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>17</v>
       </c>
       <c r="B100" t="s">
         <v>250</v>
       </c>
       <c r="C100" t="s">
         <v>251</v>
       </c>
       <c r="D100" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>17</v>
       </c>
       <c r="B101" t="s">
         <v>253</v>
       </c>
       <c r="C101" t="s">
         <v>254</v>
       </c>
@@ -2816,77 +2829,77 @@
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>17</v>
       </c>
       <c r="B102" t="s">
         <v>256</v>
       </c>
       <c r="C102" t="s">
         <v>257</v>
       </c>
       <c r="D102" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>17</v>
       </c>
       <c r="B103" t="s">
         <v>259</v>
       </c>
       <c r="C103" t="s">
         <v>260</v>
       </c>
-      <c r="D103"/>
+      <c r="D103" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>17</v>
       </c>
       <c r="B104" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C104" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>17</v>
       </c>
       <c r="B105" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C105" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="D105" t="s">
         <v>265</v>
       </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>17</v>
       </c>
       <c r="B106" t="s">
         <v>266</v>
       </c>
       <c r="C106" t="s">
         <v>267</v>
       </c>
       <c r="D106" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>17</v>
       </c>
       <c r="B107" t="s">
         <v>269</v>
       </c>
       <c r="C107" t="s">
         <v>270</v>
       </c>
@@ -2905,70 +2918,70 @@
         <v>273</v>
       </c>
       <c r="D108" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>17</v>
       </c>
       <c r="B109" t="s">
         <v>275</v>
       </c>
       <c r="C109" t="s">
         <v>276</v>
       </c>
       <c r="D109" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>17</v>
       </c>
       <c r="B110" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C110" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D110"/>
+        <v>279</v>
+      </c>
+      <c r="D110" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>17</v>
       </c>
       <c r="B111" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C111" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="D111" t="s">
         <v>281</v>
       </c>
+      <c r="D111"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>17</v>
       </c>
       <c r="B112" t="s">
         <v>282</v>
       </c>
       <c r="C112" t="s">
         <v>283</v>
       </c>
       <c r="D112" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>17</v>
       </c>
       <c r="B113" t="s">
         <v>285</v>
       </c>
       <c r="C113" t="s">
         <v>286</v>
       </c>
@@ -2978,289 +2991,303 @@
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>17</v>
       </c>
       <c r="B114" t="s">
         <v>288</v>
       </c>
       <c r="C114" t="s">
         <v>289</v>
       </c>
       <c r="D114" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>17</v>
       </c>
       <c r="B115" t="s">
         <v>291</v>
       </c>
       <c r="C115" t="s">
         <v>292</v>
       </c>
-      <c r="D115"/>
+      <c r="D115" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>293</v>
+        <v>17</v>
       </c>
       <c r="B116" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="C116" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B117" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C117" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B118" t="s">
-        <v>297</v>
+        <v>32</v>
       </c>
       <c r="C118" t="s">
         <v>298</v>
       </c>
       <c r="D118" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B119" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="C119" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D119" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B120" t="s">
-        <v>302</v>
+        <v>15</v>
       </c>
       <c r="C120" t="s">
         <v>303</v>
       </c>
       <c r="D120" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B121" t="s">
         <v>305</v>
       </c>
       <c r="C121" t="s">
         <v>306</v>
       </c>
       <c r="D121" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B122" t="s">
         <v>308</v>
       </c>
       <c r="C122" t="s">
         <v>309</v>
       </c>
-      <c r="D122"/>
+      <c r="D122" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B123" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C123" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D123" t="s">
         <v>312</v>
       </c>
+      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B124" t="s">
-        <v>123</v>
+        <v>313</v>
       </c>
       <c r="C124" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="D124"/>
+        <v>314</v>
+      </c>
+      <c r="D124" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B125" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C125" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B126" t="s">
-        <v>315</v>
+        <v>125</v>
       </c>
       <c r="C126" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B127" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C127" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D127" t="s">
-        <v>319</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B128" t="s">
         <v>320</v>
       </c>
       <c r="C128" t="s">
         <v>321</v>
       </c>
       <c r="D128" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B129" t="s">
         <v>323</v>
       </c>
       <c r="C129" t="s">
         <v>324</v>
       </c>
       <c r="D129" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B130" t="s">
         <v>326</v>
       </c>
       <c r="C130" t="s">
         <v>327</v>
       </c>
-      <c r="D130"/>
+      <c r="D130" t="s">
+        <v>328</v>
+      </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B131" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C131" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B132" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C132" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="D132" t="s">
         <v>332</v>
       </c>
+      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B133" t="s">
         <v>333</v>
       </c>
       <c r="C133" t="s">
         <v>334</v>
       </c>
-      <c r="D133"/>
+      <c r="D133" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>296</v>
+      </c>
+      <c r="B134" t="s">
+        <v>336</v>
+      </c>
+      <c r="C134" t="s">
+        <v>337</v>
+      </c>
+      <c r="D134"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>