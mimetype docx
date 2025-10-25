--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Peach rosette mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId846568e101cf87bde" w:history="1">
+            <w:hyperlink r:id="rId795968fd515dccdd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226568e101cf87c4b" w:history="1">
+            <w:hyperlink r:id="rId849468fd515dcce43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRMV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24504121" name="name138968e101cf885b1" descr="1362.jpg"/>
+                  <wp:docPr id="48457309" name="name915568fd515dcd605" descr="1362.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1362.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId812568e101cf885ae" cstate="print"/>
+                          <a:blip r:embed="rId263968fd515dcd602" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId734868e101cf886d4" w:history="1">
+            <w:hyperlink r:id="rId154568fd515dcd72d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1249,110 +1249,110 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PRMV is one of the North American nepoviruses affecting fruit trees. In the USA, it is mainly reported from Michigan, where symptoms were observed as early as 1917 and reported a few years later (Cation, 1933). There are indications of its presence in the Northeast region (New Jersey, New York and Pennsylvania), without specifying which State(s) is(are) involved (Martin &amp; Tzanetakis, 2018) and in West Virginia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId273068e101cf88d34" w:history="1">
+      <w:hyperlink r:id="rId260168fd515dcde1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.prevalentviruses.org/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). It has also been recorded in Ontario (Canada) (Stobbs &amp; VanSchagen, 1996; Eveleigh &amp; Allen, 1982). It has only been recorded in a few countries outside of North America (e.g. on almond in Türkiye and peach in Egypt). A record in highbush blueberry in Poland (Paduch-Cichal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011) based only on an ELISA detection is considered invalid. No basis has been found for reports of the possible presence of the virus in India or Italy, as mentioned by Németh (1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77878500" name="name823468e101cf89a22" descr="PRMV00_distribution_map.jpg"/>
+            <wp:docPr id="78787025" name="name401268fd515dcebbb" descr="PRMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId747068e101cf89a20" cstate="print"/>
+                    <a:blip r:embed="rId898668fd515dcebb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2989,51 +2989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752468e101cf8a7d6" w:history="1">
+      <w:hyperlink r:id="rId251368fd515dcf9cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668609501841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3079,51 +3079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248068e101cf8a870" w:history="1">
+      <w:hyperlink r:id="rId697568fd515dcfa67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668809501755</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3169,51 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938368e101cf8a905" w:history="1">
+      <w:hyperlink r:id="rId280468fd515dcfafd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668209501331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3239,51 +3239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587068e101cf8a9a4" w:history="1">
+      <w:hyperlink r:id="rId297368fd515dcfb7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3329,51 +3329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 349-354. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150268e101cf8aa37" w:history="1">
+      <w:hyperlink r:id="rId679268fd515dcfc21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3399,51 +3399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165468e101cf8aaba" w:history="1">
+      <w:hyperlink r:id="rId813068fd515dcfc94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.py.33.090195.001255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3527,51 +3527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917468e101cf8ab8c" w:history="1">
+      <w:hyperlink r:id="rId657368fd515dcfd75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228-1239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443468e101cf8abff" w:history="1">
+      <w:hyperlink r:id="rId487568fd515dcfdeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b76-133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3667,51 +3667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194268e101cf8ac6f" w:history="1">
+      <w:hyperlink r:id="rId330468fd515dcfe5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,51 +3757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871668e101cf8ad01" w:history="1">
+      <w:hyperlink r:id="rId953568fd515dcff0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3847,51 +3847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897268e101cf8ad8f" w:history="1">
+      <w:hyperlink r:id="rId883068fd515dcffc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3937,51 +3937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332868e101cf8ae20" w:history="1">
+      <w:hyperlink r:id="rId463068fd515dd00ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4007,51 +4007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452068e101cf8ae91" w:history="1">
+      <w:hyperlink r:id="rId313768fd515dd0127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4097,51 +4097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430068e101cf8af1e" w:history="1">
+      <w:hyperlink r:id="rId601068fd515dd01fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00636.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,51 +4167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855668e101cf8af8e" w:history="1">
+      <w:hyperlink r:id="rId486468fd515dd0275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4237,51 +4237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367368e101cf8affd" w:history="1">
+      <w:hyperlink r:id="rId861268fd515dd02e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01258.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803168e101cf8b08a" w:history="1">
+      <w:hyperlink r:id="rId863868fd515dd037b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4397,51 +4397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639368e101cf8b0f9" w:history="1">
+      <w:hyperlink r:id="rId340468fd515dd03ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4583,51 +4583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 112-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571868e101cf8b235" w:history="1">
+      <w:hyperlink r:id="rId936468fd515dd0535" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/z82-014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4653,51 +4653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65-68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787768e101cf8b2a5" w:history="1">
+      <w:hyperlink r:id="rId703968fd515dd05a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326668e101cf8b316" w:history="1">
+      <w:hyperlink r:id="rId675468fd515dd061a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2018.01.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610768e101cf8b47b" w:history="1">
+      <w:hyperlink r:id="rId730968fd515dd079a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12088-015-0548-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617468e101cf8b547" w:history="1">
+      <w:hyperlink r:id="rId685168fd515dd082c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201-215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641668e101cf8b5fa" w:history="1">
+      <w:hyperlink r:id="rId170868fd515dd0917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5215,101 +5215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-758. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932868e101cf8b66d" w:history="1">
+      <w:hyperlink r:id="rId225468fd515dd09a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramsdell DC &amp; Gillett JM (1998) Peach rosette mosaic virus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CMI/AAB Descriptions of Plant Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 364. Association of Applied Biologists, Wellesbourne, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780268e101cf8b6c1" w:history="1">
+      <w:hyperlink r:id="rId485068fd515dd0a1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5355,51 +5355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 625-627. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631668e101cf8b751" w:history="1">
+      <w:hyperlink r:id="rId126068fd515dd0aea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-67-625</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 154-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654168e101cf8b7c2" w:history="1">
+      <w:hyperlink r:id="rId678568fd515dd0b62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5495,51 +5495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1174-1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641268e101cf8b833" w:history="1">
+      <w:hyperlink r:id="rId435068fd515dd0bd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-450. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162268e101cf8b8d3" w:history="1">
+      <w:hyperlink r:id="rId697068fd515dd0c5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5635,51 +5635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925668e101cf8b949" w:history="1">
+      <w:hyperlink r:id="rId465368fd515dd0cd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5745,51 +5745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772768e101cf8ba1c" w:history="1">
+      <w:hyperlink r:id="rId382168fd515dd0d92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5884,63 +5884,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39771354" name="name173468e101cf8bd06" descr="eu_funding_250.png"/>
+            <wp:docPr id="78477882" name="name777768fd515dd134f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId534768e101cf8bd05" cstate="print"/>
+                    <a:blip r:embed="rId130468fd515dd134d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6038,137 +6038,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12628995">
+  <w:abstractNum w:abstractNumId="64896644">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33049479">
+    <w:lvl w:ilvl="0" w:tplc="24808111">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33049479" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24808111" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12628994">
+  <w:abstractNum w:abstractNumId="64896643">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36081178">
+    <w:lvl w:ilvl="0" w:tplc="47504693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6920,55 +6920,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12628994">
-    <w:abstractNumId w:val="12628994"/>
+  <w:num w:numId="64896643">
+    <w:abstractNumId w:val="64896643"/>
   </w:num>
-  <w:num w:numId="12628995">
-    <w:abstractNumId w:val="12628995"/>
+  <w:num w:numId="64896644">
+    <w:abstractNumId w:val="64896644"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18518,51 +18518,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469450272" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId227646448" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId846568e101cf87bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId226568e101cf87c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId734868e101cf886d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId273068e101cf88d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId752468e101cf8a7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId248068e101cf8a870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId938368e101cf8a905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId587068e101cf8a9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId150268e101cf8aa37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId165468e101cf8aaba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId917468e101cf8ab8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId443468e101cf8abff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId194268e101cf8ac6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId871668e101cf8ad01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId897268e101cf8ad8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId332868e101cf8ae20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId452068e101cf8ae91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId430068e101cf8af1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId855668e101cf8af8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId367368e101cf8affd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId803168e101cf8b08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId639368e101cf8b0f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId571868e101cf8b235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId787768e101cf8b2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId326668e101cf8b316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId610768e101cf8b47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId617468e101cf8b547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId641668e101cf8b5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId932868e101cf8b66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId780268e101cf8b6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId631668e101cf8b751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId654168e101cf8b7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId641268e101cf8b833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId162268e101cf8b8d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId925668e101cf8b949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId772768e101cf8ba1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId812568e101cf885ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId812568e101cf885ae.jpg"/><Relationship Id="rId747068e101cf89a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId747068e101cf89a20.jpg"/><Relationship Id="rId534768e101cf8bd05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId534768e101cf8bd05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId376621261" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237984914" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId795968fd515dccdd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId849468fd515dcce43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId154568fd515dcd72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId260168fd515dcde1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId251368fd515dcf9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId697568fd515dcfa67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId280468fd515dcfafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId297368fd515dcfb7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId679268fd515dcfc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId813068fd515dcfc94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId657368fd515dcfd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId487568fd515dcfdeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId330468fd515dcfe5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId953568fd515dcff0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId883068fd515dcffc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId463068fd515dd00ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId313768fd515dd0127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId601068fd515dd01fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId486468fd515dd0275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId861268fd515dd02e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId863868fd515dd037b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId340468fd515dd03ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId936468fd515dd0535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId703968fd515dd05a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId675468fd515dd061a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId730968fd515dd079a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId685168fd515dd082c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId170868fd515dd0917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId225468fd515dd09a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId485068fd515dd0a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId126068fd515dd0aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId678568fd515dd0b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId435068fd515dd0bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId697068fd515dd0c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId465368fd515dd0cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId382168fd515dd0d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId263968fd515dcd602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263968fd515dcd602.jpg"/><Relationship Id="rId898668fd515dcebb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898668fd515dcebb8.jpg"/><Relationship Id="rId130468fd515dd134d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130468fd515dd134d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>