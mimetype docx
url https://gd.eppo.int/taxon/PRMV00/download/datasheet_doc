--- v1 (2025-10-25)
+++ v2 (2025-12-05)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Peach rosette mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId795968fd515dccdd7" w:history="1">
+            <w:hyperlink r:id="rId4129693284d26cdae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId849468fd515dcce43" w:history="1">
+            <w:hyperlink r:id="rId4842693284d26ce17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRMV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48457309" name="name915568fd515dcd605" descr="1362.jpg"/>
+                  <wp:docPr id="76963586" name="name7889693284d26d75b" descr="1362.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1362.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId263968fd515dcd602" cstate="print"/>
+                          <a:blip r:embed="rId2337693284d26d759" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId154568fd515dcd72d" w:history="1">
+            <w:hyperlink r:id="rId3294693284d26d89c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1249,110 +1249,110 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PRMV is one of the North American nepoviruses affecting fruit trees. In the USA, it is mainly reported from Michigan, where symptoms were observed as early as 1917 and reported a few years later (Cation, 1933). There are indications of its presence in the Northeast region (New Jersey, New York and Pennsylvania), without specifying which State(s) is(are) involved (Martin &amp; Tzanetakis, 2018) and in West Virginia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId260168fd515dcde1f" w:history="1">
+      <w:hyperlink r:id="rId7384693284d26deb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.prevalentviruses.org/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). It has also been recorded in Ontario (Canada) (Stobbs &amp; VanSchagen, 1996; Eveleigh &amp; Allen, 1982). It has only been recorded in a few countries outside of North America (e.g. on almond in Türkiye and peach in Egypt). A record in highbush blueberry in Poland (Paduch-Cichal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011) based only on an ELISA detection is considered invalid. No basis has been found for reports of the possible presence of the virus in India or Italy, as mentioned by Németh (1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78787025" name="name401268fd515dcebbb" descr="PRMV00_distribution_map.jpg"/>
+            <wp:docPr id="51269674" name="name2019693284d26eac4" descr="PRMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId898668fd515dcebb8" cstate="print"/>
+                    <a:blip r:embed="rId9356693284d26eac1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2989,51 +2989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251368fd515dcf9cb" w:history="1">
+      <w:hyperlink r:id="rId3569693284d26f813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668609501841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3079,51 +3079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697568fd515dcfa67" w:history="1">
+      <w:hyperlink r:id="rId1963693284d26f8ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668809501755</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3169,51 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280468fd515dcfafd" w:history="1">
+      <w:hyperlink r:id="rId2788693284d26f942" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668209501331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3239,51 +3239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId297368fd515dcfb7d" w:history="1">
+      <w:hyperlink r:id="rId9091693284d26f9b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3329,51 +3329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 349-354. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679268fd515dcfc21" w:history="1">
+      <w:hyperlink r:id="rId4980693284d26fa45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3399,51 +3399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813068fd515dcfc94" w:history="1">
+      <w:hyperlink r:id="rId7032693284d26fab7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.py.33.090195.001255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3527,51 +3527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657368fd515dcfd75" w:history="1">
+      <w:hyperlink r:id="rId9096693284d26fb8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228-1239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487568fd515dcfdeb" w:history="1">
+      <w:hyperlink r:id="rId6599693284d26fbfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b76-133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3667,51 +3667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330468fd515dcfe5f" w:history="1">
+      <w:hyperlink r:id="rId2691693284d26fc7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,51 +3757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953568fd515dcff0c" w:history="1">
+      <w:hyperlink r:id="rId4976693284d26fd12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3847,51 +3847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883068fd515dcffc1" w:history="1">
+      <w:hyperlink r:id="rId3544693284d26fda5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3937,51 +3937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463068fd515dd00ac" w:history="1">
+      <w:hyperlink r:id="rId4321693284d26fe3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4007,51 +4007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313768fd515dd0127" w:history="1">
+      <w:hyperlink r:id="rId5162693284d26fead" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4097,51 +4097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601068fd515dd01fe" w:history="1">
+      <w:hyperlink r:id="rId8847693284d26ff4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00636.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,51 +4167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486468fd515dd0275" w:history="1">
+      <w:hyperlink r:id="rId4469693284d26ffc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4237,51 +4237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861268fd515dd02e8" w:history="1">
+      <w:hyperlink r:id="rId2051693284d270033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01258.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863868fd515dd037b" w:history="1">
+      <w:hyperlink r:id="rId1838693284d2700c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4397,51 +4397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340468fd515dd03ed" w:history="1">
+      <w:hyperlink r:id="rId5644693284d270137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4583,51 +4583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 112-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936468fd515dd0535" w:history="1">
+      <w:hyperlink r:id="rId6433693284d27029a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/z82-014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4653,51 +4653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65-68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703968fd515dd05a7" w:history="1">
+      <w:hyperlink r:id="rId6124693284d27030d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675468fd515dd061a" w:history="1">
+      <w:hyperlink r:id="rId8368693284d270382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2018.01.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730968fd515dd079a" w:history="1">
+      <w:hyperlink r:id="rId8974693284d270542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12088-015-0548-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685168fd515dd082c" w:history="1">
+      <w:hyperlink r:id="rId9673693284d2705d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201-215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170868fd515dd0917" w:history="1">
+      <w:hyperlink r:id="rId7187693284d2706d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5215,101 +5215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-758. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225468fd515dd09a1" w:history="1">
+      <w:hyperlink r:id="rId3142693284d270763" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramsdell DC &amp; Gillett JM (1998) Peach rosette mosaic virus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CMI/AAB Descriptions of Plant Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 364. Association of Applied Biologists, Wellesbourne, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485068fd515dd0a1a" w:history="1">
+      <w:hyperlink r:id="rId6887693284d2707b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5355,51 +5355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 625-627. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126068fd515dd0aea" w:history="1">
+      <w:hyperlink r:id="rId7125693284d27084f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-67-625</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 154-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678568fd515dd0b62" w:history="1">
+      <w:hyperlink r:id="rId2612693284d2708c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5495,51 +5495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1174-1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435068fd515dd0bd7" w:history="1">
+      <w:hyperlink r:id="rId2753693284d270936" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-450. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697068fd515dd0c5d" w:history="1">
+      <w:hyperlink r:id="rId3156693284d2709ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5635,51 +5635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465368fd515dd0cd3" w:history="1">
+      <w:hyperlink r:id="rId8259693284d270a1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5745,51 +5745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId382168fd515dd0d92" w:history="1">
+      <w:hyperlink r:id="rId3680693284d270ae8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5884,63 +5884,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78477882" name="name777768fd515dd134f" descr="eu_funding_250.png"/>
+            <wp:docPr id="84025232" name="name7749693284d270c39" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId130468fd515dd134d" cstate="print"/>
+                    <a:blip r:embed="rId7024693284d270c38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6038,137 +6038,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64896644">
+  <w:abstractNum w:abstractNumId="64328323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24808111">
+    <w:lvl w:ilvl="0" w:tplc="48335078">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24808111" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48335078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64896643">
+  <w:abstractNum w:abstractNumId="64328322">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47504693">
+    <w:lvl w:ilvl="0" w:tplc="23596728">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6920,55 +6920,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64896643">
-    <w:abstractNumId w:val="64896643"/>
+  <w:num w:numId="64328322">
+    <w:abstractNumId w:val="64328322"/>
   </w:num>
-  <w:num w:numId="64896644">
-    <w:abstractNumId w:val="64896644"/>
+  <w:num w:numId="64328323">
+    <w:abstractNumId w:val="64328323"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18518,51 +18518,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId376621261" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237984914" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId795968fd515dccdd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId849468fd515dcce43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId154568fd515dcd72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId260168fd515dcde1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId251368fd515dcf9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId697568fd515dcfa67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId280468fd515dcfafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId297368fd515dcfb7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId679268fd515dcfc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId813068fd515dcfc94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId657368fd515dcfd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId487568fd515dcfdeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId330468fd515dcfe5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId953568fd515dcff0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId883068fd515dcffc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId463068fd515dd00ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId313768fd515dd0127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId601068fd515dd01fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId486468fd515dd0275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId861268fd515dd02e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId863868fd515dd037b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId340468fd515dd03ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId936468fd515dd0535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId703968fd515dd05a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId675468fd515dd061a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId730968fd515dd079a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId685168fd515dd082c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId170868fd515dd0917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId225468fd515dd09a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId485068fd515dd0a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId126068fd515dd0aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId678568fd515dd0b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId435068fd515dd0bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId697068fd515dd0c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId465368fd515dd0cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId382168fd515dd0d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId263968fd515dcd602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263968fd515dcd602.jpg"/><Relationship Id="rId898668fd515dcebb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898668fd515dcebb8.jpg"/><Relationship Id="rId130468fd515dd134d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130468fd515dd134d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId896972367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId789918830" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4129693284d26cdae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId4842693284d26ce17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId3294693284d26d89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId7384693284d26deb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId3569693284d26f813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId1963693284d26f8ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId2788693284d26f942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId9091693284d26f9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId4980693284d26fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId7032693284d26fab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId9096693284d26fb8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId6599693284d26fbfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId2691693284d26fc7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId4976693284d26fd12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId3544693284d26fda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId4321693284d26fe3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId5162693284d26fead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId8847693284d26ff4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId4469693284d26ffc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId2051693284d270033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId1838693284d2700c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId5644693284d270137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId6433693284d27029a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId6124693284d27030d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId8368693284d270382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId8974693284d270542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId9673693284d2705d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId7187693284d2706d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId3142693284d270763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId6887693284d2707b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId7125693284d27084f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId2612693284d2708c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId2753693284d270936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId3156693284d2709ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId8259693284d270a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId3680693284d270ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2337693284d26d759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2337693284d26d759.jpg"/><Relationship Id="rId9356693284d26eac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9356693284d26eac1.jpg"/><Relationship Id="rId7024693284d270c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7024693284d270c38.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>