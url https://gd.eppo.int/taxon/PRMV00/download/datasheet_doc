--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Peach rosette mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4129693284d26cdae" w:history="1">
+            <w:hyperlink r:id="rId7972694d538a61b64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4842693284d26ce17" w:history="1">
+            <w:hyperlink r:id="rId4821694d538a61bcf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRMV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76963586" name="name7889693284d26d75b" descr="1362.jpg"/>
+                  <wp:docPr id="39030786" name="name7911694d538a62255" descr="1362.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1362.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2337693284d26d759" cstate="print"/>
+                          <a:blip r:embed="rId6797694d538a62253" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3294693284d26d89c" w:history="1">
+            <w:hyperlink r:id="rId2030694d538a62358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1249,110 +1249,110 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PRMV is one of the North American nepoviruses affecting fruit trees. In the USA, it is mainly reported from Michigan, where symptoms were observed as early as 1917 and reported a few years later (Cation, 1933). There are indications of its presence in the Northeast region (New Jersey, New York and Pennsylvania), without specifying which State(s) is(are) involved (Martin &amp; Tzanetakis, 2018) and in West Virginia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7384693284d26deb5" w:history="1">
+      <w:hyperlink r:id="rId3161694d538a62900" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.prevalentviruses.org/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). It has also been recorded in Ontario (Canada) (Stobbs &amp; VanSchagen, 1996; Eveleigh &amp; Allen, 1982). It has only been recorded in a few countries outside of North America (e.g. on almond in Türkiye and peach in Egypt). A record in highbush blueberry in Poland (Paduch-Cichal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011) based only on an ELISA detection is considered invalid. No basis has been found for reports of the possible presence of the virus in India or Italy, as mentioned by Németh (1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51269674" name="name2019693284d26eac4" descr="PRMV00_distribution_map.jpg"/>
+            <wp:docPr id="14170040" name="name5599694d538a635d2" descr="PRMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9356693284d26eac1" cstate="print"/>
+                    <a:blip r:embed="rId5831694d538a635d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2989,51 +2989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3569693284d26f813" w:history="1">
+      <w:hyperlink r:id="rId2272694d538a64242" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668609501841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3079,51 +3079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1963693284d26f8ac" w:history="1">
+      <w:hyperlink r:id="rId6791694d538a642d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668809501755</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3169,51 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2788693284d26f942" w:history="1">
+      <w:hyperlink r:id="rId3556694d538a6436b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668209501331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3239,51 +3239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9091693284d26f9b3" w:history="1">
+      <w:hyperlink r:id="rId3475694d538a643dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3329,51 +3329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 349-354. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4980693284d26fa45" w:history="1">
+      <w:hyperlink r:id="rId7295694d538a6446e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3399,51 +3399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7032693284d26fab7" w:history="1">
+      <w:hyperlink r:id="rId2576694d538a644e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.py.33.090195.001255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3527,51 +3527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9096693284d26fb8a" w:history="1">
+      <w:hyperlink r:id="rId7809694d538a645b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228-1239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6599693284d26fbfd" w:history="1">
+      <w:hyperlink r:id="rId8324694d538a64623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b76-133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3667,51 +3667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2691693284d26fc7f" w:history="1">
+      <w:hyperlink r:id="rId3232694d538a64695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,51 +3757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4976693284d26fd12" w:history="1">
+      <w:hyperlink r:id="rId5359694d538a64728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3847,51 +3847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3544693284d26fda5" w:history="1">
+      <w:hyperlink r:id="rId7356694d538a647b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3937,51 +3937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4321693284d26fe3b" w:history="1">
+      <w:hyperlink r:id="rId9691694d538a6484d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4007,51 +4007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5162693284d26fead" w:history="1">
+      <w:hyperlink r:id="rId1652694d538a648c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4097,51 +4097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8847693284d26ff4a" w:history="1">
+      <w:hyperlink r:id="rId5783694d538a64969" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00636.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,51 +4167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4469693284d26ffc0" w:history="1">
+      <w:hyperlink r:id="rId7177694d538a649ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4237,51 +4237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2051693284d270033" w:history="1">
+      <w:hyperlink r:id="rId5195694d538a64a60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01258.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1838693284d2700c5" w:history="1">
+      <w:hyperlink r:id="rId2700694d538a64af2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4397,51 +4397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5644693284d270137" w:history="1">
+      <w:hyperlink r:id="rId7892694d538a64b64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4583,51 +4583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 112-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6433693284d27029a" w:history="1">
+      <w:hyperlink r:id="rId9986694d538a64c99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/z82-014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4653,51 +4653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65-68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6124693284d27030d" w:history="1">
+      <w:hyperlink r:id="rId4735694d538a64d10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8368693284d270382" w:history="1">
+      <w:hyperlink r:id="rId4584694d538a64d87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2018.01.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8974693284d270542" w:history="1">
+      <w:hyperlink r:id="rId5342694d538a64ef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12088-015-0548-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9673693284d2705d9" w:history="1">
+      <w:hyperlink r:id="rId5520694d538a64fd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201-215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7187693284d2706d8" w:history="1">
+      <w:hyperlink r:id="rId2349694d538a6508e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5215,101 +5215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-758. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3142693284d270763" w:history="1">
+      <w:hyperlink r:id="rId4890694d538a65104" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramsdell DC &amp; Gillett JM (1998) Peach rosette mosaic virus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CMI/AAB Descriptions of Plant Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 364. Association of Applied Biologists, Wellesbourne, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6887693284d2707b9" w:history="1">
+      <w:hyperlink r:id="rId3566694d538a65159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5355,51 +5355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 625-627. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7125693284d27084f" w:history="1">
+      <w:hyperlink r:id="rId1157694d538a651ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-67-625</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 154-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2612693284d2708c1" w:history="1">
+      <w:hyperlink r:id="rId4485694d538a6525e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5495,51 +5495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1174-1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2753693284d270936" w:history="1">
+      <w:hyperlink r:id="rId2393694d538a652d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-450. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3156693284d2709ac" w:history="1">
+      <w:hyperlink r:id="rId1154694d538a65348" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5635,51 +5635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8259693284d270a1e" w:history="1">
+      <w:hyperlink r:id="rId4172694d538a653ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5745,51 +5745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3680693284d270ae8" w:history="1">
+      <w:hyperlink r:id="rId1989694d538a65474" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5884,63 +5884,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84025232" name="name7749693284d270c39" descr="eu_funding_250.png"/>
+            <wp:docPr id="42184264" name="name5662694d538a6559a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7024693284d270c38" cstate="print"/>
+                    <a:blip r:embed="rId2753694d538a65599" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6038,137 +6038,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64328323">
+  <w:abstractNum w:abstractNumId="94781980">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48335078">
+    <w:lvl w:ilvl="0" w:tplc="12760872">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48335078" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12760872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64328322">
+  <w:abstractNum w:abstractNumId="94781979">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23596728">
+    <w:lvl w:ilvl="0" w:tplc="46264011">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6920,55 +6920,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64328322">
-    <w:abstractNumId w:val="64328322"/>
+  <w:num w:numId="94781979">
+    <w:abstractNumId w:val="94781979"/>
   </w:num>
-  <w:num w:numId="64328323">
-    <w:abstractNumId w:val="64328323"/>
+  <w:num w:numId="94781980">
+    <w:abstractNumId w:val="94781980"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18518,51 +18518,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId896972367" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId789918830" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4129693284d26cdae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId4842693284d26ce17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId3294693284d26d89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId7384693284d26deb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId3569693284d26f813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId1963693284d26f8ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId2788693284d26f942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId9091693284d26f9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId4980693284d26fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId7032693284d26fab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId9096693284d26fb8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId6599693284d26fbfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId2691693284d26fc7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId4976693284d26fd12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId3544693284d26fda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId4321693284d26fe3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId5162693284d26fead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId8847693284d26ff4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId4469693284d26ffc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId2051693284d270033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId1838693284d2700c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId5644693284d270137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId6433693284d27029a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId6124693284d27030d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId8368693284d270382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId8974693284d270542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId9673693284d2705d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId7187693284d2706d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId3142693284d270763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId6887693284d2707b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId7125693284d27084f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId2612693284d2708c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId2753693284d270936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId3156693284d2709ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId8259693284d270a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId3680693284d270ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2337693284d26d759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2337693284d26d759.jpg"/><Relationship Id="rId9356693284d26eac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9356693284d26eac1.jpg"/><Relationship Id="rId7024693284d270c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7024693284d270c38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId317016013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628626757" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7972694d538a61b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId4821694d538a61bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId2030694d538a62358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId3161694d538a62900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId2272694d538a64242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId6791694d538a642d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId3556694d538a6436b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId3475694d538a643dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId7295694d538a6446e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId2576694d538a644e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId7809694d538a645b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId8324694d538a64623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId3232694d538a64695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId5359694d538a64728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId7356694d538a647b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId9691694d538a6484d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId1652694d538a648c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId5783694d538a64969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId7177694d538a649ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId5195694d538a64a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId2700694d538a64af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId7892694d538a64b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId9986694d538a64c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId4735694d538a64d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId4584694d538a64d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId5342694d538a64ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId5520694d538a64fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId2349694d538a6508e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId4890694d538a65104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId3566694d538a65159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId1157694d538a651ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId4485694d538a6525e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId2393694d538a652d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId1154694d538a65348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId4172694d538a653ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId1989694d538a65474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6797694d538a62253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6797694d538a62253.jpg"/><Relationship Id="rId5831694d538a635d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5831694d538a635d0.jpg"/><Relationship Id="rId2753694d538a65599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2753694d538a65599.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>