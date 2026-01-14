--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Peach rosette mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7972694d538a61b64" w:history="1">
+            <w:hyperlink r:id="rId319769680469dcf6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4821694d538a61bcf" w:history="1">
+            <w:hyperlink r:id="rId851669680469dcfd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRMV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39030786" name="name7911694d538a62255" descr="1362.jpg"/>
+                  <wp:docPr id="95226810" name="name910869680469dd754" descr="1362.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1362.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6797694d538a62253" cstate="print"/>
+                          <a:blip r:embed="rId199269680469dd752" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2030694d538a62358" w:history="1">
+            <w:hyperlink r:id="rId989269680469dd886" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1249,110 +1249,110 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PRMV is one of the North American nepoviruses affecting fruit trees. In the USA, it is mainly reported from Michigan, where symptoms were observed as early as 1917 and reported a few years later (Cation, 1933). There are indications of its presence in the Northeast region (New Jersey, New York and Pennsylvania), without specifying which State(s) is(are) involved (Martin &amp; Tzanetakis, 2018) and in West Virginia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3161694d538a62900" w:history="1">
+      <w:hyperlink r:id="rId467569680469ddee1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.prevalentviruses.org/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). It has also been recorded in Ontario (Canada) (Stobbs &amp; VanSchagen, 1996; Eveleigh &amp; Allen, 1982). It has only been recorded in a few countries outside of North America (e.g. on almond in Türkiye and peach in Egypt). A record in highbush blueberry in Poland (Paduch-Cichal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011) based only on an ELISA detection is considered invalid. No basis has been found for reports of the possible presence of the virus in India or Italy, as mentioned by Németh (1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14170040" name="name5599694d538a635d2" descr="PRMV00_distribution_map.jpg"/>
+            <wp:docPr id="66056451" name="name123969680469debd7" descr="PRMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5831694d538a635d0" cstate="print"/>
+                    <a:blip r:embed="rId779669680469debd3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2989,51 +2989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2272694d538a64242" w:history="1">
+      <w:hyperlink r:id="rId240769680469e005c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668609501841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3079,51 +3079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6791694d538a642d8" w:history="1">
+      <w:hyperlink r:id="rId249769680469e0378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668809501755</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3169,51 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3556694d538a6436b" w:history="1">
+      <w:hyperlink r:id="rId922369680469e0425" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668209501331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3239,51 +3239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3475694d538a643dd" w:history="1">
+      <w:hyperlink r:id="rId530469680469e04f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3329,51 +3329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 349-354. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7295694d538a6446e" w:history="1">
+      <w:hyperlink r:id="rId223669680469e0678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3399,51 +3399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2576694d538a644e0" w:history="1">
+      <w:hyperlink r:id="rId166569680469e0700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.py.33.090195.001255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3527,51 +3527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7809694d538a645b1" w:history="1">
+      <w:hyperlink r:id="rId703369680469e0800" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228-1239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8324694d538a64623" w:history="1">
+      <w:hyperlink r:id="rId415569680469e08b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b76-133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3667,51 +3667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3232694d538a64695" w:history="1">
+      <w:hyperlink r:id="rId848669680469e0934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,51 +3757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5359694d538a64728" w:history="1">
+      <w:hyperlink r:id="rId188369680469e0a54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3847,51 +3847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7356694d538a647b9" w:history="1">
+      <w:hyperlink r:id="rId759369680469e0aea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3937,51 +3937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9691694d538a6484d" w:history="1">
+      <w:hyperlink r:id="rId450769680469e0b7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4007,51 +4007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1652694d538a648c1" w:history="1">
+      <w:hyperlink r:id="rId219569680469e0bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4097,51 +4097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5783694d538a64969" w:history="1">
+      <w:hyperlink r:id="rId320969680469e0cb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00636.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,51 +4167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7177694d538a649ec" w:history="1">
+      <w:hyperlink r:id="rId678869680469e0d25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4237,51 +4237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5195694d538a64a60" w:history="1">
+      <w:hyperlink r:id="rId578469680469e0d98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01258.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2700694d538a64af2" w:history="1">
+      <w:hyperlink r:id="rId603669680469e0e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4397,51 +4397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7892694d538a64b64" w:history="1">
+      <w:hyperlink r:id="rId204869680469e0f34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4583,51 +4583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 112-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9986694d538a64c99" w:history="1">
+      <w:hyperlink r:id="rId159669680469e10b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/z82-014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4653,51 +4653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65-68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4735694d538a64d10" w:history="1">
+      <w:hyperlink r:id="rId460269680469e1154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4584694d538a64d87" w:history="1">
+      <w:hyperlink r:id="rId617869680469e11ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2018.01.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5342694d538a64ef6" w:history="1">
+      <w:hyperlink r:id="rId287969680469e137f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12088-015-0548-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5520694d538a64fd5" w:history="1">
+      <w:hyperlink r:id="rId597869680469e1858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201-215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2349694d538a6508e" w:history="1">
+      <w:hyperlink r:id="rId872669680469e194c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5215,101 +5215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-758. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4890694d538a65104" w:history="1">
+      <w:hyperlink r:id="rId298769680469e19d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramsdell DC &amp; Gillett JM (1998) Peach rosette mosaic virus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CMI/AAB Descriptions of Plant Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 364. Association of Applied Biologists, Wellesbourne, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3566694d538a65159" w:history="1">
+      <w:hyperlink r:id="rId974069680469e1a2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5355,51 +5355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 625-627. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1157694d538a651ec" w:history="1">
+      <w:hyperlink r:id="rId484969680469e1adc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-67-625</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 154-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4485694d538a6525e" w:history="1">
+      <w:hyperlink r:id="rId575469680469e1b52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5495,51 +5495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1174-1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2393694d538a652d2" w:history="1">
+      <w:hyperlink r:id="rId423369680469e1bc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-450. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1154694d538a65348" w:history="1">
+      <w:hyperlink r:id="rId631569680469e1c57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5635,51 +5635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4172694d538a653ba" w:history="1">
+      <w:hyperlink r:id="rId621469680469e1cce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5723,73 +5723,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1989694d538a65474" w:history="1">
+      <w:hyperlink r:id="rId654569680469e2bf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5884,63 +5884,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42184264" name="name5662694d538a6559a" descr="eu_funding_250.png"/>
+            <wp:docPr id="77808743" name="name104369680469e30da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2753694d538a65599" cstate="print"/>
+                    <a:blip r:embed="rId823869680469e30d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6038,137 +6038,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94781980">
+  <w:abstractNum w:abstractNumId="93858596">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12760872">
+    <w:lvl w:ilvl="0" w:tplc="25438045">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12760872" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25438045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94781979">
+  <w:abstractNum w:abstractNumId="93858595">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46264011">
+    <w:lvl w:ilvl="0" w:tplc="14933217">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6920,55 +6920,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94781979">
-    <w:abstractNumId w:val="94781979"/>
+  <w:num w:numId="93858595">
+    <w:abstractNumId w:val="93858595"/>
   </w:num>
-  <w:num w:numId="94781980">
-    <w:abstractNumId w:val="94781980"/>
+  <w:num w:numId="93858596">
+    <w:abstractNumId w:val="93858596"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18518,51 +18518,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId317016013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628626757" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7972694d538a61b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId4821694d538a61bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId2030694d538a62358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId3161694d538a62900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId2272694d538a64242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId6791694d538a642d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId3556694d538a6436b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId3475694d538a643dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId7295694d538a6446e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId2576694d538a644e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId7809694d538a645b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId8324694d538a64623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId3232694d538a64695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId5359694d538a64728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId7356694d538a647b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId9691694d538a6484d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId1652694d538a648c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId5783694d538a64969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId7177694d538a649ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId5195694d538a64a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId2700694d538a64af2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId7892694d538a64b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId9986694d538a64c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId4735694d538a64d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId4584694d538a64d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId5342694d538a64ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId5520694d538a64fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId2349694d538a6508e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId4890694d538a65104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId3566694d538a65159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId1157694d538a651ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId4485694d538a6525e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId2393694d538a652d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId1154694d538a65348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId4172694d538a653ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId1989694d538a65474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6797694d538a62253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6797694d538a62253.jpg"/><Relationship Id="rId5831694d538a635d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5831694d538a635d0.jpg"/><Relationship Id="rId2753694d538a65599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2753694d538a65599.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId693775941" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770852466" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId319769680469dcf6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId851669680469dcfd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId989269680469dd886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId467569680469ddee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId240769680469e005c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId249769680469e0378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId922369680469e0425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId530469680469e04f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId223669680469e0678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId166569680469e0700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId703369680469e0800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId415569680469e08b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId848669680469e0934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId188369680469e0a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId759369680469e0aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId450769680469e0b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId219569680469e0bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId320969680469e0cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId678869680469e0d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId578469680469e0d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId603669680469e0e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId204869680469e0f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId159669680469e10b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId460269680469e1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId617869680469e11ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId287969680469e137f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId597869680469e1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId872669680469e194c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId298769680469e19d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId974069680469e1a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId484969680469e1adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId575469680469e1b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId423369680469e1bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId631569680469e1c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId621469680469e1cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId654569680469e2bf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId199269680469dd752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199269680469dd752.jpg"/><Relationship Id="rId779669680469debd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779669680469debd3.jpg"/><Relationship Id="rId823869680469e30d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823869680469e30d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>