--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Peach rosette mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319769680469dcf6b" w:history="1">
+            <w:hyperlink r:id="rId105569828e62b2c63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -339,53 +339,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId851669680469dcfd3" w:history="1">
+            <w:hyperlink r:id="rId444669828e62b2ccd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRMV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95226810" name="name910869680469dd754" descr="1362.jpg"/>
+                  <wp:docPr id="29035992" name="name580469828e62b3103" descr="1362.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1362.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId199269680469dd752" cstate="print"/>
+                          <a:blip r:embed="rId175069828e62b3101" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId989269680469dd886" w:history="1">
+            <w:hyperlink r:id="rId870169828e62b3234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1249,110 +1249,110 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PRMV is one of the North American nepoviruses affecting fruit trees. In the USA, it is mainly reported from Michigan, where symptoms were observed as early as 1917 and reported a few years later (Cation, 1933). There are indications of its presence in the Northeast region (New Jersey, New York and Pennsylvania), without specifying which State(s) is(are) involved (Martin &amp; Tzanetakis, 2018) and in West Virginia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId467569680469ddee1" w:history="1">
+      <w:hyperlink r:id="rId216969828e62b37c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.prevalentviruses.org/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). It has also been recorded in Ontario (Canada) (Stobbs &amp; VanSchagen, 1996; Eveleigh &amp; Allen, 1982). It has only been recorded in a few countries outside of North America (e.g. on almond in Türkiye and peach in Egypt). A record in highbush blueberry in Poland (Paduch-Cichal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011) based only on an ELISA detection is considered invalid. No basis has been found for reports of the possible presence of the virus in India or Italy, as mentioned by Németh (1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66056451" name="name123969680469debd7" descr="PRMV00_distribution_map.jpg"/>
+            <wp:docPr id="79813313" name="name149869828e62b4055" descr="PRMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId779669680469debd3" cstate="print"/>
+                    <a:blip r:embed="rId537269828e62b4052" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2989,51 +2989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240769680469e005c" w:history="1">
+      <w:hyperlink r:id="rId118869828e62b5152" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668609501841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3079,51 +3079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249769680469e0378" w:history="1">
+      <w:hyperlink r:id="rId424669828e62b5233" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668809501755</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3169,51 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922369680469e0425" w:history="1">
+      <w:hyperlink r:id="rId865269828e62b531e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668209501331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3239,51 +3239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530469680469e04f0" w:history="1">
+      <w:hyperlink r:id="rId196969828e62b5397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3329,51 +3329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 349-354. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223669680469e0678" w:history="1">
+      <w:hyperlink r:id="rId300269828e62b5428" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3399,51 +3399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166569680469e0700" w:history="1">
+      <w:hyperlink r:id="rId213069828e62b54d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.py.33.090195.001255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3527,51 +3527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703369680469e0800" w:history="1">
+      <w:hyperlink r:id="rId316769828e62b55aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228-1239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415569680469e08b9" w:history="1">
+      <w:hyperlink r:id="rId229369828e62b5650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b76-133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3667,51 +3667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848669680469e0934" w:history="1">
+      <w:hyperlink r:id="rId415769828e62b56c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,51 +3757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188369680469e0a54" w:history="1">
+      <w:hyperlink r:id="rId809169828e62b5759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3847,51 +3847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759369680469e0aea" w:history="1">
+      <w:hyperlink r:id="rId599869828e62b5858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3937,51 +3937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450769680469e0b7d" w:history="1">
+      <w:hyperlink r:id="rId697469828e62b58ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4007,51 +4007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219569680469e0bf2" w:history="1">
+      <w:hyperlink r:id="rId824269828e62b59a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4097,51 +4097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320969680469e0cb0" w:history="1">
+      <w:hyperlink r:id="rId941669828e62b5a53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00636.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,51 +4167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678869680469e0d25" w:history="1">
+      <w:hyperlink r:id="rId761669828e62b5ac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4237,51 +4237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578469680469e0d98" w:history="1">
+      <w:hyperlink r:id="rId770069828e62b5b3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01258.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603669680469e0e5e" w:history="1">
+      <w:hyperlink r:id="rId821069828e62b5c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4397,51 +4397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204869680469e0f34" w:history="1">
+      <w:hyperlink r:id="rId478969828e62b5c85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4583,51 +4583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 112-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159669680469e10b7" w:history="1">
+      <w:hyperlink r:id="rId520769828e62b5e7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/z82-014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4653,51 +4653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65-68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460269680469e1154" w:history="1">
+      <w:hyperlink r:id="rId467569828e62b5ef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617869680469e11ca" w:history="1">
+      <w:hyperlink r:id="rId280569828e62b5f88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2018.01.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287969680469e137f" w:history="1">
+      <w:hyperlink r:id="rId241569828e62b60ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12088-015-0548-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597869680469e1858" w:history="1">
+      <w:hyperlink r:id="rId196169828e62b617e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201-215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872669680469e194c" w:history="1">
+      <w:hyperlink r:id="rId152969828e62b6253" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5215,101 +5215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-758. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298769680469e19d4" w:history="1">
+      <w:hyperlink r:id="rId448269828e62b62cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramsdell DC &amp; Gillett JM (1998) Peach rosette mosaic virus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CMI/AAB Descriptions of Plant Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 364. Association of Applied Biologists, Wellesbourne, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974069680469e1a2e" w:history="1">
+      <w:hyperlink r:id="rId948769828e62b66e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5355,51 +5355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 625-627. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484969680469e1adc" w:history="1">
+      <w:hyperlink r:id="rId842269828e62b680a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-67-625</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 154-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575469680469e1b52" w:history="1">
+      <w:hyperlink r:id="rId615169828e62b688a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5495,51 +5495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1174-1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423369680469e1bc6" w:history="1">
+      <w:hyperlink r:id="rId202069828e62b6a31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-450. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631569680469e1c57" w:history="1">
+      <w:hyperlink r:id="rId363069828e62b6aea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5635,51 +5635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621469680469e1cce" w:history="1">
+      <w:hyperlink r:id="rId529069828e62b6b61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5745,51 +5745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654569680469e2bf4" w:history="1">
+      <w:hyperlink r:id="rId252969828e62b6cb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5884,63 +5884,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77808743" name="name104369680469e30da" descr="eu_funding_250.png"/>
+            <wp:docPr id="63113043" name="name104369828e62b6e6e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId823869680469e30d7" cstate="print"/>
+                    <a:blip r:embed="rId331069828e62b6e6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6038,137 +6038,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93858596">
+  <w:abstractNum w:abstractNumId="77490402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25438045">
+    <w:lvl w:ilvl="0" w:tplc="69566328">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25438045" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69566328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93858595">
+  <w:abstractNum w:abstractNumId="77490401">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14933217">
+    <w:lvl w:ilvl="0" w:tplc="24680338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6920,55 +6920,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93858595">
-    <w:abstractNumId w:val="93858595"/>
+  <w:num w:numId="77490401">
+    <w:abstractNumId w:val="77490401"/>
   </w:num>
-  <w:num w:numId="93858596">
-    <w:abstractNumId w:val="93858596"/>
+  <w:num w:numId="77490402">
+    <w:abstractNumId w:val="77490402"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18518,51 +18518,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId693775941" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770852466" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId319769680469dcf6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId851669680469dcfd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId989269680469dd886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId467569680469ddee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId240769680469e005c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId249769680469e0378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId922369680469e0425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId530469680469e04f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId223669680469e0678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId166569680469e0700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId703369680469e0800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId415569680469e08b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId848669680469e0934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId188369680469e0a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId759369680469e0aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId450769680469e0b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId219569680469e0bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId320969680469e0cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId678869680469e0d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId578469680469e0d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId603669680469e0e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId204869680469e0f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId159669680469e10b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId460269680469e1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId617869680469e11ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId287969680469e137f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId597869680469e1858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId872669680469e194c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId298769680469e19d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId974069680469e1a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId484969680469e1adc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId575469680469e1b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId423369680469e1bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId631569680469e1c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId621469680469e1cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId654569680469e2bf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId199269680469dd752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199269680469dd752.jpg"/><Relationship Id="rId779669680469debd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779669680469debd3.jpg"/><Relationship Id="rId823869680469e30d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823869680469e30d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670238638" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121074113" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId105569828e62b2c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId444669828e62b2ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId870169828e62b3234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId216969828e62b37c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId118869828e62b5152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId424669828e62b5233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId865269828e62b531e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId196969828e62b5397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId300269828e62b5428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId213069828e62b54d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId316769828e62b55aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId229369828e62b5650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId415769828e62b56c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId809169828e62b5759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId599869828e62b5858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId697469828e62b58ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId824269828e62b59a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId941669828e62b5a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId761669828e62b5ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId770069828e62b5b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId821069828e62b5c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId478969828e62b5c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId520769828e62b5e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId467569828e62b5ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId280569828e62b5f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId241569828e62b60ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId196169828e62b617e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId152969828e62b6253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId448269828e62b62cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId948769828e62b66e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId842269828e62b680a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId615169828e62b688a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId202069828e62b6a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId363069828e62b6aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId529069828e62b6b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId252969828e62b6cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId175069828e62b3101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId175069828e62b3101.jpg"/><Relationship Id="rId537269828e62b4052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537269828e62b4052.jpg"/><Relationship Id="rId331069828e62b6e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331069828e62b6e6c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>