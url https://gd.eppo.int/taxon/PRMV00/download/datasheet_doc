--- v5 (2026-02-04)
+++ v6 (2026-03-21)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Peach rosette mosaic virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette mosaic of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105569828e62b2c63" w:history="1">
+            <w:hyperlink r:id="rId691769be8bed6dcaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444669828e62b2ccd" w:history="1">
+            <w:hyperlink r:id="rId858169be8bed6dd16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRMV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29035992" name="name580469828e62b3103" descr="1362.jpg"/>
+                  <wp:docPr id="95331472" name="name162869be8bed6de08" descr="1362.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1362.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId175069828e62b3101" cstate="print"/>
+                          <a:blip r:embed="rId563869be8bed6de07" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId870169828e62b3234" w:history="1">
+            <w:hyperlink r:id="rId379469be8bed6df1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1249,110 +1249,110 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PRMV is one of the North American nepoviruses affecting fruit trees. In the USA, it is mainly reported from Michigan, where symptoms were observed as early as 1917 and reported a few years later (Cation, 1933). There are indications of its presence in the Northeast region (New Jersey, New York and Pennsylvania), without specifying which State(s) is(are) involved (Martin &amp; Tzanetakis, 2018) and in West Virginia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId216969828e62b37c6" w:history="1">
+      <w:hyperlink r:id="rId763969be8bed6e4cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.prevalentviruses.org/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). It has also been recorded in Ontario (Canada) (Stobbs &amp; VanSchagen, 1996; Eveleigh &amp; Allen, 1982). It has only been recorded in a few countries outside of North America (e.g. on almond in Türkiye and peach in Egypt). A record in highbush blueberry in Poland (Paduch-Cichal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011) based only on an ELISA detection is considered invalid. No basis has been found for reports of the possible presence of the virus in India or Italy, as mentioned by Németh (1986).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79813313" name="name149869828e62b4055" descr="PRMV00_distribution_map.jpg"/>
+            <wp:docPr id="36200636" name="name729069be8bed6f3ea" descr="PRMV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRMV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId537269828e62b4052" cstate="print"/>
+                    <a:blip r:embed="rId387069be8bed6f3e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2989,51 +2989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118869828e62b5152" w:history="1">
+      <w:hyperlink r:id="rId377169be8bed70099" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668609501841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3079,51 +3079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424669828e62b5233" w:history="1">
+      <w:hyperlink r:id="rId743069be8bed70133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668809501755</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3169,51 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865269828e62b531e" w:history="1">
+      <w:hyperlink r:id="rId293469be8bed701c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060668209501331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3239,51 +3239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 547-550. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196969828e62b5397" w:history="1">
+      <w:hyperlink r:id="rId423469be8bed70236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00682.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3329,51 +3329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 349-354. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300269828e62b5428" w:history="1">
+      <w:hyperlink r:id="rId835869be8bed702c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3399,51 +3399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 223-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213069828e62b54d7" w:history="1">
+      <w:hyperlink r:id="rId903269be8bed70338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.py.33.090195.001255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3527,51 +3527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 624. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316769828e62b55aa" w:history="1">
+      <w:hyperlink r:id="rId321969be8bed70405" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1228-1239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229369828e62b5650" w:history="1">
+      <w:hyperlink r:id="rId435869be8bed70478" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b76-133</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3667,51 +3667,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415769828e62b56c7" w:history="1">
+      <w:hyperlink r:id="rId171369be8bed70504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2013.3375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3757,51 +3757,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809169828e62b5759" w:history="1">
+      <w:hyperlink r:id="rId875669be8bed7059a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5112</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3847,51 +3847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599869828e62b5858" w:history="1">
+      <w:hyperlink r:id="rId515069be8bed7062b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3937,51 +3937,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05669. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697469828e62b58ef" w:history="1">
+      <w:hyperlink r:id="rId852269be8bed706c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5669</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4007,51 +4007,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824269828e62b59a2" w:history="1">
+      <w:hyperlink r:id="rId756469be8bed70733" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4097,51 +4097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 195-204. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941669828e62b5a53" w:history="1">
+      <w:hyperlink r:id="rId728669be8bed707d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1997.tb00636.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4167,51 +4167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761669828e62b5ac8" w:history="1">
+      <w:hyperlink r:id="rId228569be8bed70841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01028.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4237,51 +4237,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770069828e62b5b3a" w:history="1">
+      <w:hyperlink r:id="rId319169be8bed708b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2008.01258.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4327,51 +4327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821069828e62b5c0f" w:history="1">
+      <w:hyperlink r:id="rId434369be8bed70940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4397,51 +4397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478969828e62b5c85" w:history="1">
+      <w:hyperlink r:id="rId637569be8bed709af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4583,51 +4583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 112-115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520769828e62b5e7f" w:history="1">
+      <w:hyperlink r:id="rId770069be8bed70ae3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/z82-014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4653,51 +4653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 65-68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467569828e62b5ef0" w:history="1">
+      <w:hyperlink r:id="rId737669be8bed70b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">254</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280569828e62b5f88" w:history="1">
+      <w:hyperlink r:id="rId469369be8bed70bc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jviromet.2018.01.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4949,51 +4949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 108-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241569828e62b60ef" w:history="1">
+      <w:hyperlink r:id="rId743269be8bed70d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12088-015-0548-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5037,51 +5037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196169828e62b617e" w:history="1">
+      <w:hyperlink r:id="rId137869be8bed70dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10070342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201-215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152969828e62b6253" w:history="1">
+      <w:hyperlink r:id="rId553369be8bed70e7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5215,101 +5215,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-758. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448269828e62b62cb" w:history="1">
+      <w:hyperlink r:id="rId471369be8bed70ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ramsdell DC &amp; Gillett JM (1998) Peach rosette mosaic virus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CMI/AAB Descriptions of Plant Viruses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No. 364. Association of Applied Biologists, Wellesbourne, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948769828e62b66e5" w:history="1">
+      <w:hyperlink r:id="rId836669be8bed70f4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.dpvweb.net/dpv/showdpv/?dpvno=364</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5355,51 +5355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 625-627. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842269828e62b680a" w:history="1">
+      <w:hyperlink r:id="rId148469be8bed70fe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-67-625</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 154-157. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615169828e62b688a" w:history="1">
+      <w:hyperlink r:id="rId433569be8bed71051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5495,51 +5495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1174-1178. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId202069828e62b6a31" w:history="1">
+      <w:hyperlink r:id="rId727569be8bed710c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-450. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363069828e62b6aea" w:history="1">
+      <w:hyperlink r:id="rId372169be8bed71137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5635,51 +5635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529069828e62b6b61" w:history="1">
+      <w:hyperlink r:id="rId486069be8bed711a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5745,51 +5745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepovirus persicae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252969828e62b6cb8" w:history="1">
+      <w:hyperlink r:id="rId541669be8bed71261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5884,63 +5884,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63113043" name="name104369828e62b6e6e" descr="eu_funding_250.png"/>
+            <wp:docPr id="70126039" name="name551769be8bed7139a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId331069828e62b6e6c" cstate="print"/>
+                    <a:blip r:embed="rId483469be8bed71398" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6038,137 +6038,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77490402">
+  <w:abstractNum w:abstractNumId="58942241">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69566328">
+    <w:lvl w:ilvl="0" w:tplc="49737424">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69566328" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49737424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77490401">
+  <w:abstractNum w:abstractNumId="58942240">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24680338">
+    <w:lvl w:ilvl="0" w:tplc="50053836">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6920,55 +6920,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77490401">
-    <w:abstractNumId w:val="77490401"/>
+  <w:num w:numId="58942240">
+    <w:abstractNumId w:val="58942240"/>
   </w:num>
-  <w:num w:numId="77490402">
-    <w:abstractNumId w:val="77490402"/>
+  <w:num w:numId="58942241">
+    <w:abstractNumId w:val="58942241"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18518,51 +18518,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670238638" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121074113" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId105569828e62b2c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId444669828e62b2ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId870169828e62b3234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId216969828e62b37c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId118869828e62b5152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId424669828e62b5233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId865269828e62b531e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId196969828e62b5397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId300269828e62b5428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId213069828e62b54d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId316769828e62b55aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId229369828e62b5650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId415769828e62b56c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId809169828e62b5759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId599869828e62b5858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId697469828e62b58ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId824269828e62b59a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId941669828e62b5a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId761669828e62b5ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId770069828e62b5b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId821069828e62b5c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId478969828e62b5c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId520769828e62b5e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId467569828e62b5ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId280569828e62b5f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId241569828e62b60ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId196169828e62b617e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId152969828e62b6253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId448269828e62b62cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId948769828e62b66e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId842269828e62b680a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId615169828e62b688a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId202069828e62b6a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId363069828e62b6aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId529069828e62b6b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId252969828e62b6cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId175069828e62b3101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId175069828e62b3101.jpg"/><Relationship Id="rId537269828e62b4052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537269828e62b4052.jpg"/><Relationship Id="rId331069828e62b6e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331069828e62b6e6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId245822393" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258955648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId691769be8bed6dcaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/" TargetMode="External"/><Relationship Id="rId858169be8bed6dd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/categorization" TargetMode="External"/><Relationship Id="rId379469be8bed6df1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRMV00/photos" TargetMode="External"/><Relationship Id="rId763969be8bed6e4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prevalentviruses.org/index.html" TargetMode="External"/><Relationship Id="rId377169be8bed70099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668609501841" TargetMode="External"/><Relationship Id="rId743069be8bed70133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668809501755" TargetMode="External"/><Relationship Id="rId293469be8bed701c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060668209501331" TargetMode="External"/><Relationship Id="rId423469be8bed70236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00682.x" TargetMode="External"/><Relationship Id="rId835869be8bed702c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC2619389/" TargetMode="External"/><Relationship Id="rId903269be8bed70338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.py.33.090195.001255" TargetMode="External"/><Relationship Id="rId321969be8bed70405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1985Articles/phyto75n05_623.pdf" TargetMode="External"/><Relationship Id="rId435869be8bed70478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b76-133" TargetMode="External"/><Relationship Id="rId171369be8bed70504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2013.3375" TargetMode="External"/><Relationship Id="rId875669be8bed7059a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5112" TargetMode="External"/><Relationship Id="rId515069be8bed7062b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5298" TargetMode="External"/><Relationship Id="rId852269be8bed706c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5669" TargetMode="External"/><Relationship Id="rId756469be8bed70733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId728669be8bed707d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1997.tb00636.x" TargetMode="External"/><Relationship Id="rId228569be8bed70841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01028.x" TargetMode="External"/><Relationship Id="rId319169be8bed708b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2008.01258.x" TargetMode="External"/><Relationship Id="rId434369be8bed70940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12502" TargetMode="External"/><Relationship Id="rId637569be8bed709af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId770069be8bed70ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/z82-014" TargetMode="External"/><Relationship Id="rId737669be8bed70b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.russjnematology.com/Articles/rjn11/Virus-vector_Longidoridae_Americas.pdf" TargetMode="External"/><Relationship Id="rId469369be8bed70bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jviromet.2018.01.004" TargetMode="External"/><Relationship Id="rId743269be8bed70d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12088-015-0548-2" TargetMode="External"/><Relationship Id="rId137869be8bed70dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10070342" TargetMode="External"/><Relationship Id="rId553369be8bed70e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/268434144_Detection_and_identification_of_viruses_of_highbush_blueberry_and_cranberry_using_serological_ELISA_test_and_PCR_technique" TargetMode="External"/><Relationship Id="rId471369be8bed70ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1981Articles/PlantDisease65n09_757.PDF" TargetMode="External"/><Relationship Id="rId836669be8bed70f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dpvweb.net/dpv/showdpv/?dpvno=364" TargetMode="External"/><Relationship Id="rId148469be8bed70fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-67-625" TargetMode="External"/><Relationship Id="rId433569be8bed71051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/PlantDisease/BackIssues/Documents/1995Articles/PlantDisease79n02_154.PDF" TargetMode="External"/><Relationship Id="rId727569be8bed710c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1974Articles/Phyto64n09_1174.PDF" TargetMode="External"/><Relationship Id="rId372169be8bed71137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n03_447.PDF" TargetMode="External"/><Relationship Id="rId486069be8bed711a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/plantdisease/backissues/Documents/1996Abstracts/PD_80_0105C.htm" TargetMode="External"/><Relationship Id="rId541669be8bed71261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId563869be8bed6de07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563869be8bed6de07.jpg"/><Relationship Id="rId387069be8bed6f3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId387069be8bed6f3e7.jpg"/><Relationship Id="rId483469be8bed71398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId483469be8bed71398.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>