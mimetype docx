--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId927368e366208a0bf" w:history="1">
+            <w:hyperlink r:id="rId31546901d1d276d0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId725468e366208a103" w:history="1">
+            <w:hyperlink r:id="rId18926901d1d276d52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16151372" name="name969368e366208b455" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="83252877" name="name69016901d1d277ec0" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId217568e366208b452" cstate="print"/>
+                    <a:blip r:embed="rId33046901d1d277ebd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238268e366208c084" w:history="1">
+      <w:hyperlink r:id="rId41416901d1d278c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610168e366208c11a" w:history="1">
+      <w:hyperlink r:id="rId61326901d1d278d8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949968e366208c1d5" w:history="1">
+      <w:hyperlink r:id="rId61966901d1d278eb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360868e366208c2a4" w:history="1">
+      <w:hyperlink r:id="rId13126901d1d278ffe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150368e366208c5b1" w:history="1">
+      <w:hyperlink r:id="rId57836901d1d279480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId972168e366208c719" w:history="1">
+      <w:hyperlink r:id="rId54626901d1d2796b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14388439" name="name931768e366208cbb7" descr="eu_funding_250.png"/>
+            <wp:docPr id="71507790" name="name12636901d1d279a24" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId695268e366208cbb5" cstate="print"/>
+                    <a:blip r:embed="rId11806901d1d279a22" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95942296">
+  <w:abstractNum w:abstractNumId="62424833">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66881653">
+    <w:lvl w:ilvl="0" w:tplc="54064206">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66881653" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54064206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95942295">
+  <w:abstractNum w:abstractNumId="62424832">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25477766">
+    <w:lvl w:ilvl="0" w:tplc="14158863">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95942295">
-    <w:abstractNumId w:val="95942295"/>
+  <w:num w:numId="62424832">
+    <w:abstractNumId w:val="62424832"/>
   </w:num>
-  <w:num w:numId="95942296">
-    <w:abstractNumId w:val="95942296"/>
+  <w:num w:numId="62424833">
+    <w:abstractNumId w:val="62424833"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320231634" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251906190" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId927368e366208a0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId725468e366208a103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId238268e366208c084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId610168e366208c11a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId949968e366208c1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId360868e366208c2a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId150368e366208c5b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId972168e366208c719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId217568e366208b452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217568e366208b452.jpg"/><Relationship Id="rId695268e366208cbb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId695268e366208cbb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId644905787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123303119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31546901d1d276d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId18926901d1d276d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId41416901d1d278c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId61326901d1d278d8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61966901d1d278eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId13126901d1d278ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId57836901d1d279480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54626901d1d2796b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId33046901d1d277ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33046901d1d277ebd.jpg"/><Relationship Id="rId11806901d1d279a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11806901d1d279a22.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>