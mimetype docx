--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31546901d1d276d0c" w:history="1">
+            <w:hyperlink r:id="rId1138691d10ccef29a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18926901d1d276d52" w:history="1">
+            <w:hyperlink r:id="rId2596691d10ccef310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83252877" name="name69016901d1d277ec0" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="45495786" name="name4448691d10ccf05f9" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33046901d1d277ebd" cstate="print"/>
+                    <a:blip r:embed="rId5964691d10ccf05f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41416901d1d278c8c" w:history="1">
+      <w:hyperlink r:id="rId1352691d10ccf294f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61326901d1d278d8a" w:history="1">
+      <w:hyperlink r:id="rId8497691d10ccf2a02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61966901d1d278eb4" w:history="1">
+      <w:hyperlink r:id="rId8123691d10ccf2ae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13126901d1d278ffe" w:history="1">
+      <w:hyperlink r:id="rId4572691d10ccf2bd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57836901d1d279480" w:history="1">
+      <w:hyperlink r:id="rId4487691d10ccf2f7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54626901d1d2796b3" w:history="1">
+      <w:hyperlink r:id="rId9989691d10ccf3127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71507790" name="name12636901d1d279a24" descr="eu_funding_250.png"/>
+            <wp:docPr id="76875177" name="name7908691d10ccf3301" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11806901d1d279a22" cstate="print"/>
+                    <a:blip r:embed="rId6205691d10ccf3300" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62424833">
+  <w:abstractNum w:abstractNumId="45966701">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54064206">
+    <w:lvl w:ilvl="0" w:tplc="56829261">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54064206" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56829261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62424832">
+  <w:abstractNum w:abstractNumId="45966700">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14158863">
+    <w:lvl w:ilvl="0" w:tplc="71090887">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62424832">
-    <w:abstractNumId w:val="62424832"/>
+  <w:num w:numId="45966700">
+    <w:abstractNumId w:val="45966700"/>
   </w:num>
-  <w:num w:numId="62424833">
-    <w:abstractNumId w:val="62424833"/>
+  <w:num w:numId="45966701">
+    <w:abstractNumId w:val="45966701"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId644905787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123303119" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31546901d1d276d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId18926901d1d276d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId41416901d1d278c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId61326901d1d278d8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61966901d1d278eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId13126901d1d278ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId57836901d1d279480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54626901d1d2796b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId33046901d1d277ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33046901d1d277ebd.jpg"/><Relationship Id="rId11806901d1d279a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11806901d1d279a22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId957988538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId369490768" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1138691d10ccef29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId2596691d10ccef310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId1352691d10ccf294f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId8497691d10ccf2a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8123691d10ccf2ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId4572691d10ccf2bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId4487691d10ccf2f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9989691d10ccf3127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId5964691d10ccf05f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5964691d10ccf05f7.jpg"/><Relationship Id="rId6205691d10ccf3300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6205691d10ccf3300.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>