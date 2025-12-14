--- v2 (2025-11-19)
+++ v3 (2025-12-14)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1138691d10ccef29a" w:history="1">
+            <w:hyperlink r:id="rId9194693edc4192ad2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2596691d10ccef310" w:history="1">
+            <w:hyperlink r:id="rId8472693edc4192b16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45495786" name="name4448691d10ccf05f9" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="59107243" name="name3329693edc4193dc5" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5964691d10ccf05f7" cstate="print"/>
+                    <a:blip r:embed="rId2415693edc4193dc4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1352691d10ccf294f" w:history="1">
+      <w:hyperlink r:id="rId8310693edc41949a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8497691d10ccf2a02" w:history="1">
+      <w:hyperlink r:id="rId6094693edc4194a3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8123691d10ccf2ae0" w:history="1">
+      <w:hyperlink r:id="rId5516693edc4194afb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4572691d10ccf2bd3" w:history="1">
+      <w:hyperlink r:id="rId4924693edc4194bca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4487691d10ccf2f7c" w:history="1">
+      <w:hyperlink r:id="rId4540693edc4194eda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9989691d10ccf3127" w:history="1">
+      <w:hyperlink r:id="rId6643693edc4195041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76875177" name="name7908691d10ccf3301" descr="eu_funding_250.png"/>
+            <wp:docPr id="56957653" name="name9471693edc41950c5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6205691d10ccf3300" cstate="print"/>
+                    <a:blip r:embed="rId9522693edc41950c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45966701">
+  <w:abstractNum w:abstractNumId="83142336">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56829261">
+    <w:lvl w:ilvl="0" w:tplc="77786632">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56829261" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77786632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45966700">
+  <w:abstractNum w:abstractNumId="83142335">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71090887">
+    <w:lvl w:ilvl="0" w:tplc="96323572">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45966700">
-    <w:abstractNumId w:val="45966700"/>
+  <w:num w:numId="83142335">
+    <w:abstractNumId w:val="83142335"/>
   </w:num>
-  <w:num w:numId="45966701">
-    <w:abstractNumId w:val="45966701"/>
+  <w:num w:numId="83142336">
+    <w:abstractNumId w:val="83142336"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId957988538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId369490768" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1138691d10ccef29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId2596691d10ccef310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId1352691d10ccf294f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId8497691d10ccf2a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8123691d10ccf2ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId4572691d10ccf2bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId4487691d10ccf2f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9989691d10ccf3127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId5964691d10ccf05f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5964691d10ccf05f7.jpg"/><Relationship Id="rId6205691d10ccf3300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6205691d10ccf3300.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252406020" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216248170" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9194693edc4192ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId8472693edc4192b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId8310693edc41949a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId6094693edc4194a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5516693edc4194afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId4924693edc4194bca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId4540693edc4194eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6643693edc4195041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId2415693edc4193dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2415693edc4193dc4.jpg"/><Relationship Id="rId9522693edc41950c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9522693edc41950c3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>