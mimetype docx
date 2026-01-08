--- v3 (2025-12-14)
+++ v4 (2026-01-08)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9194693edc4192ad2" w:history="1">
+            <w:hyperlink r:id="rId3420695f455113258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8472693edc4192b16" w:history="1">
+            <w:hyperlink r:id="rId6180695f45511329c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59107243" name="name3329693edc4193dc5" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="13625595" name="name9516695f4551145d4" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2415693edc4193dc4" cstate="print"/>
+                    <a:blip r:embed="rId3991695f4551145d1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8310693edc41949a6" w:history="1">
+      <w:hyperlink r:id="rId4810695f455115269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6094693edc4194a3d" w:history="1">
+      <w:hyperlink r:id="rId1022695f455115303" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5516693edc4194afb" w:history="1">
+      <w:hyperlink r:id="rId9819695f4551153c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4924693edc4194bca" w:history="1">
+      <w:hyperlink r:id="rId2551695f455115490" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,73 +3036,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4540693edc4194eda" w:history="1">
+      <w:hyperlink r:id="rId2838695f4551157b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6643693edc4195041" w:history="1">
+      <w:hyperlink r:id="rId9871695f455115929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56957653" name="name9471693edc41950c5" descr="eu_funding_250.png"/>
+            <wp:docPr id="72983056" name="name2245695f455115988" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9522693edc41950c3" cstate="print"/>
+                    <a:blip r:embed="rId9841695f455115987" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83142336">
+  <w:abstractNum w:abstractNumId="78853182">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77786632">
+    <w:lvl w:ilvl="0" w:tplc="59979872">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77786632" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59979872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83142335">
+  <w:abstractNum w:abstractNumId="78853181">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96323572">
+    <w:lvl w:ilvl="0" w:tplc="76638957">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83142335">
-    <w:abstractNumId w:val="83142335"/>
+  <w:num w:numId="78853181">
+    <w:abstractNumId w:val="78853181"/>
   </w:num>
-  <w:num w:numId="83142336">
-    <w:abstractNumId w:val="83142336"/>
+  <w:num w:numId="78853182">
+    <w:abstractNumId w:val="78853182"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252406020" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216248170" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9194693edc4192ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId8472693edc4192b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId8310693edc41949a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId6094693edc4194a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5516693edc4194afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId4924693edc4194bca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId4540693edc4194eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6643693edc4195041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId2415693edc4193dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2415693edc4193dc4.jpg"/><Relationship Id="rId9522693edc41950c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9522693edc41950c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId837728764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891912049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3420695f455113258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId6180695f45511329c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId4810695f455115269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId1022695f455115303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9819695f4551153c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId2551695f455115490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId2838695f4551157b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9871695f455115929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId3991695f4551145d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3991695f4551145d1.jpg"/><Relationship Id="rId9841695f455115987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9841695f455115987.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>