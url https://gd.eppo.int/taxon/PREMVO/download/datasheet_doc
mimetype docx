--- v4 (2026-01-08)
+++ v5 (2026-02-01)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3420695f455113258" w:history="1">
+            <w:hyperlink r:id="rId3198697fe7c3115ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6180695f45511329c" w:history="1">
+            <w:hyperlink r:id="rId8059697fe7c311633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13625595" name="name9516695f4551145d4" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="73644213" name="name5690697fe7c3127df" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3991695f4551145d1" cstate="print"/>
+                    <a:blip r:embed="rId1965697fe7c3127dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4810695f455115269" w:history="1">
+      <w:hyperlink r:id="rId8622697fe7c31343b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1022695f455115303" w:history="1">
+      <w:hyperlink r:id="rId8525697fe7c3134d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9819695f4551153c0" w:history="1">
+      <w:hyperlink r:id="rId8260697fe7c313593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2551695f455115490" w:history="1">
+      <w:hyperlink r:id="rId8805697fe7c313664" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2838695f4551157b5" w:history="1">
+      <w:hyperlink r:id="rId6907697fe7c3139a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9871695f455115929" w:history="1">
+      <w:hyperlink r:id="rId5018697fe7c313b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72983056" name="name2245695f455115988" descr="eu_funding_250.png"/>
+            <wp:docPr id="71466669" name="name8054697fe7c313b91" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9841695f455115987" cstate="print"/>
+                    <a:blip r:embed="rId9488697fe7c313b8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78853182">
+  <w:abstractNum w:abstractNumId="39291562">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59979872">
+    <w:lvl w:ilvl="0" w:tplc="17963882">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59979872" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17963882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78853181">
+  <w:abstractNum w:abstractNumId="39291561">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76638957">
+    <w:lvl w:ilvl="0" w:tplc="14680211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78853181">
-    <w:abstractNumId w:val="78853181"/>
+  <w:num w:numId="39291561">
+    <w:abstractNumId w:val="39291561"/>
   </w:num>
-  <w:num w:numId="78853182">
-    <w:abstractNumId w:val="78853182"/>
+  <w:num w:numId="39291562">
+    <w:abstractNumId w:val="39291562"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId837728764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891912049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3420695f455113258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId6180695f45511329c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId4810695f455115269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId1022695f455115303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9819695f4551153c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId2551695f455115490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId2838695f4551157b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9871695f455115929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId3991695f4551145d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3991695f4551145d1.jpg"/><Relationship Id="rId9841695f455115987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9841695f455115987.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537408537" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId118870109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3198697fe7c3115ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId8059697fe7c311633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId8622697fe7c31343b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId8525697fe7c3134d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8260697fe7c313593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId8805697fe7c313664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId6907697fe7c3139a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5018697fe7c313b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId1965697fe7c3127dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1965697fe7c3127dc.jpg"/><Relationship Id="rId9488697fe7c313b8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9488697fe7c313b8f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>