--- v5 (2026-02-01)
+++ v6 (2026-02-22)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3198697fe7c3115ee" w:history="1">
+            <w:hyperlink r:id="rId3943699a89ca4eea7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8059697fe7c311633" w:history="1">
+            <w:hyperlink r:id="rId5765699a89ca4eef1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73644213" name="name5690697fe7c3127df" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="79286408" name="name6773699a89ca50012" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1965697fe7c3127dc" cstate="print"/>
+                    <a:blip r:embed="rId1115699a89ca50010" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8622697fe7c31343b" w:history="1">
+      <w:hyperlink r:id="rId9972699a89ca50c1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8525697fe7c3134d4" w:history="1">
+      <w:hyperlink r:id="rId2534699a89ca50cb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8260697fe7c313593" w:history="1">
+      <w:hyperlink r:id="rId3929699a89ca50d70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8805697fe7c313664" w:history="1">
+      <w:hyperlink r:id="rId5350699a89ca50e3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6907697fe7c3139a0" w:history="1">
+      <w:hyperlink r:id="rId2132699a89ca51171" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5018697fe7c313b15" w:history="1">
+      <w:hyperlink r:id="rId6746699a89ca512e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71466669" name="name8054697fe7c313b91" descr="eu_funding_250.png"/>
+            <wp:docPr id="19199604" name="name9727699a89ca51339" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9488697fe7c313b8f" cstate="print"/>
+                    <a:blip r:embed="rId4712699a89ca51338" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39291562">
+  <w:abstractNum w:abstractNumId="87814579">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17963882">
+    <w:lvl w:ilvl="0" w:tplc="13967593">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17963882" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13967593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39291561">
+  <w:abstractNum w:abstractNumId="87814578">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14680211">
+    <w:lvl w:ilvl="0" w:tplc="41861733">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39291561">
-    <w:abstractNumId w:val="39291561"/>
+  <w:num w:numId="87814578">
+    <w:abstractNumId w:val="87814578"/>
   </w:num>
-  <w:num w:numId="39291562">
-    <w:abstractNumId w:val="39291562"/>
+  <w:num w:numId="87814579">
+    <w:abstractNumId w:val="87814579"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537408537" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId118870109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3198697fe7c3115ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId8059697fe7c311633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId8622697fe7c31343b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId8525697fe7c3134d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8260697fe7c313593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId8805697fe7c313664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId6907697fe7c3139a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5018697fe7c313b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId1965697fe7c3127dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1965697fe7c3127dc.jpg"/><Relationship Id="rId9488697fe7c313b8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9488697fe7c313b8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId783716452" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId534511809" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3943699a89ca4eea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId5765699a89ca4eef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId9972699a89ca50c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId2534699a89ca50cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3929699a89ca50d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId5350699a89ca50e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId2132699a89ca51171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6746699a89ca512e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId1115699a89ca50010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1115699a89ca50010.jpg"/><Relationship Id="rId4712699a89ca51338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4712699a89ca51338.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>