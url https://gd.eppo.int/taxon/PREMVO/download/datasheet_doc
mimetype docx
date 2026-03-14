--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3943699a89ca4eea7" w:history="1">
+            <w:hyperlink r:id="rId607369b509615eafb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5765699a89ca4eef1" w:history="1">
+            <w:hyperlink r:id="rId778069b509615eb41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -718,63 +718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species in Northern Peru, and in Ecuador, Colombia and Venezuela, where it is the only species of the genus (Angeles, 1966, 1971; Alcazar &amp; Cisneros, 1999; Kuehne, 2007; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79286408" name="name6773699a89ca50012" descr="PREMVO_distribution_map.jpg"/>
+            <wp:docPr id="3504937" name="name758669b509615fd8c" descr="PREMVO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMVO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1115699a89ca50010" cstate="print"/>
+                    <a:blip r:embed="rId507369b509615fd89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9972699a89ca50c1e" w:history="1">
+      <w:hyperlink r:id="rId531869b50961609c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2328,51 +2328,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2534699a89ca50cb4" w:history="1">
+      <w:hyperlink r:id="rId447569b5096160a5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2445,51 +2445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gallegos GP, Avalos PG &amp; Castillo C (1997) [White worm (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Ecuador: behaviour and Control]. INIAP, Quito, Ecuador (in Spanish). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3929699a89ca50d70" w:history="1">
+      <w:hyperlink r:id="rId993169b5096160b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2573,51 +2573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5350699a89ca50e3f" w:history="1">
+      <w:hyperlink r:id="rId443269b5096160c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3058,51 +3058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes vorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2132699a89ca51171" w:history="1">
+      <w:hyperlink r:id="rId701169b5096160f23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3273,81 +3273,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6746699a89ca512e0" w:history="1">
+      <w:hyperlink r:id="rId696369b5096161092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19199604" name="name9727699a89ca51339" descr="eu_funding_250.png"/>
+            <wp:docPr id="14283007" name="name309069b509616111d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4712699a89ca51338" cstate="print"/>
+                    <a:blip r:embed="rId842469b509616111c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3445,137 +3445,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87814579">
+  <w:abstractNum w:abstractNumId="36448274">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13967593">
+    <w:lvl w:ilvl="0" w:tplc="32544106">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13967593" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32544106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87814578">
+  <w:abstractNum w:abstractNumId="36448273">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41861733">
+    <w:lvl w:ilvl="0" w:tplc="95847062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4327,55 +4327,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87814578">
-    <w:abstractNumId w:val="87814578"/>
+  <w:num w:numId="36448273">
+    <w:abstractNumId w:val="36448273"/>
   </w:num>
-  <w:num w:numId="87814579">
-    <w:abstractNumId w:val="87814579"/>
+  <w:num w:numId="36448274">
+    <w:abstractNumId w:val="36448274"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15925,51 +15925,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId783716452" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId534511809" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3943699a89ca4eea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId5765699a89ca4eef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId9972699a89ca50c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId2534699a89ca50cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3929699a89ca50d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId5350699a89ca50e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId2132699a89ca51171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6746699a89ca512e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId1115699a89ca50010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1115699a89ca50010.jpg"/><Relationship Id="rId4712699a89ca51338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4712699a89ca51338.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId278091952" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706446187" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId607369b509615eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/" TargetMode="External"/><Relationship Id="rId778069b509615eb41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMVO/categorization" TargetMode="External"/><Relationship Id="rId531869b50961609c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId447569b5096160a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId993169b5096160b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?id=6LEzAQAAMAAJ&amp;printsec=frontcover&amp;hl=ca&amp;source=gbs_ge_summary_r&amp;cad=0#v=onepage&amp;q&amp;f=false" TargetMode="External"/><Relationship Id="rId443269b5096160c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId701169b5096160f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId696369b5096161092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId507369b509615fd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId507369b509615fd89.jpg"/><Relationship Id="rId842469b509616111c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842469b509616111c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>