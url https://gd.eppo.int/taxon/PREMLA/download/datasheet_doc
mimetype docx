--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334468e00d12cc43f" w:history="1">
+            <w:hyperlink r:id="rId463768fb71dd04683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578368e00d12cc483" w:history="1">
+            <w:hyperlink r:id="rId968468fb71dd046c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PREMLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91303553" name="name823268e00d12cc546" descr="12311.jpg"/>
+                  <wp:docPr id="68576907" name="name214168fb71dd0478d" descr="12311.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12311.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId540868e00d12cc545" cstate="print"/>
+                          <a:blip r:embed="rId469668fb71dd0478c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId769068e00d12cc677" w:history="1">
+            <w:hyperlink r:id="rId266168fb71dd04911" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -736,63 +736,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is widely distributed in the central highlands of Peru, in Bolivia and in Northern Chile (Aréstigui, 1976; Alcazar &amp; Cisneros, 1999; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81569799" name="name812468e00d12cd9b7" descr="PREMLA_distribution_map.jpg"/>
+            <wp:docPr id="70354704" name="name957968fb71dd0595c" descr="PREMLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId783868e00d12cd9b5" cstate="print"/>
+                    <a:blip r:embed="rId611268fb71dd0595a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2236,51 +2236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865268e00d12ce5c6" w:history="1">
+      <w:hyperlink r:id="rId419768fb71dd06567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2324,51 +2324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858968e00d12ce65c" w:history="1">
+      <w:hyperlink r:id="rId329268fb71dd065fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2499,51 +2499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679868e00d12ce788" w:history="1">
+      <w:hyperlink r:id="rId370968fb71dd0671b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2734,51 +2734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209468e00d12ce90c" w:history="1">
+      <w:hyperlink r:id="rId791368fb71dd0689f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/d10030095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3190,51 +3190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217868e00d12cebed" w:history="1">
+      <w:hyperlink r:id="rId631168fb71dd06b89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3405,81 +3405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221468e00d12ced57" w:history="1">
+      <w:hyperlink r:id="rId128168fb71dd06cf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99050176" name="name226468e00d12cedfc" descr="eu_funding_250.png"/>
+            <wp:docPr id="97920103" name="name349468fb71dd06d83" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId917468e00d12cedfb" cstate="print"/>
+                    <a:blip r:embed="rId158168fb71dd06d81" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3577,137 +3577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56404666">
+  <w:abstractNum w:abstractNumId="71443990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92206440">
+    <w:lvl w:ilvl="0" w:tplc="48493665">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92206440" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48493665" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56404665">
+  <w:abstractNum w:abstractNumId="71443989">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19546327">
+    <w:lvl w:ilvl="0" w:tplc="17285696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4459,55 +4459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56404665">
-    <w:abstractNumId w:val="56404665"/>
+  <w:num w:numId="71443989">
+    <w:abstractNumId w:val="71443989"/>
   </w:num>
-  <w:num w:numId="56404666">
-    <w:abstractNumId w:val="56404666"/>
+  <w:num w:numId="71443990">
+    <w:abstractNumId w:val="71443990"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16057,51 +16057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId318076967" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId985823205" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId334468e00d12cc43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId578368e00d12cc483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId769068e00d12cc677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId865268e00d12ce5c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId858968e00d12ce65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId679868e00d12ce788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId209468e00d12ce90c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId217868e00d12cebed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId221468e00d12ced57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId540868e00d12cc545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540868e00d12cc545.jpg"/><Relationship Id="rId783868e00d12cd9b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId783868e00d12cd9b5.jpg"/><Relationship Id="rId917468e00d12cedfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId917468e00d12cedfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542748727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId846757913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463768fb71dd04683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId968468fb71dd046c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId266168fb71dd04911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId419768fb71dd06567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId329268fb71dd065fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId370968fb71dd0671b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId791368fb71dd0689f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId631168fb71dd06b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId128168fb71dd06cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId469668fb71dd0478c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469668fb71dd0478c.jpg"/><Relationship Id="rId611268fb71dd0595a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611268fb71dd0595a.jpg"/><Relationship Id="rId158168fb71dd06d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId158168fb71dd06d81.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>