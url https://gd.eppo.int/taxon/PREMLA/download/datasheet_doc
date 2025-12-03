--- v1 (2025-10-24)
+++ v2 (2025-12-03)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463768fb71dd04683" w:history="1">
+            <w:hyperlink r:id="rId542869303618ee023" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId968468fb71dd046c9" w:history="1">
+            <w:hyperlink r:id="rId623069303618ee069" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PREMLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68576907" name="name214168fb71dd0478d" descr="12311.jpg"/>
+                  <wp:docPr id="48495336" name="name877969303618ee12c" descr="12311.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12311.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId469668fb71dd0478c" cstate="print"/>
+                          <a:blip r:embed="rId757469303618ee12b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId266168fb71dd04911" w:history="1">
+            <w:hyperlink r:id="rId336769303618ee250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -736,63 +736,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is widely distributed in the central highlands of Peru, in Bolivia and in Northern Chile (Aréstigui, 1976; Alcazar &amp; Cisneros, 1999; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70354704" name="name957968fb71dd0595c" descr="PREMLA_distribution_map.jpg"/>
+            <wp:docPr id="62821719" name="name858769303618ef1d8" descr="PREMLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId611268fb71dd0595a" cstate="print"/>
+                    <a:blip r:embed="rId863969303618ef1d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2236,51 +2236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419768fb71dd06567" w:history="1">
+      <w:hyperlink r:id="rId201669303618efeae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2324,51 +2324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329268fb71dd065fe" w:history="1">
+      <w:hyperlink r:id="rId173569303618eff44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2499,51 +2499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370968fb71dd0671b" w:history="1">
+      <w:hyperlink r:id="rId198069303618f0085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2734,51 +2734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791368fb71dd0689f" w:history="1">
+      <w:hyperlink r:id="rId935769303618f0204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/d10030095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3190,51 +3190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631168fb71dd06b89" w:history="1">
+      <w:hyperlink r:id="rId392269303618f0555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3405,81 +3405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128168fb71dd06cf6" w:history="1">
+      <w:hyperlink r:id="rId970869303618f06f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97920103" name="name349468fb71dd06d83" descr="eu_funding_250.png"/>
+            <wp:docPr id="51718792" name="name223269303618f076a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId158168fb71dd06d81" cstate="print"/>
+                    <a:blip r:embed="rId388869303618f0769" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3577,137 +3577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71443990">
+  <w:abstractNum w:abstractNumId="19621213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48493665">
+    <w:lvl w:ilvl="0" w:tplc="84979015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48493665" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84979015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71443989">
+  <w:abstractNum w:abstractNumId="19621212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17285696">
+    <w:lvl w:ilvl="0" w:tplc="97193987">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4459,55 +4459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71443989">
-    <w:abstractNumId w:val="71443989"/>
+  <w:num w:numId="19621212">
+    <w:abstractNumId w:val="19621212"/>
   </w:num>
-  <w:num w:numId="71443990">
-    <w:abstractNumId w:val="71443990"/>
+  <w:num w:numId="19621213">
+    <w:abstractNumId w:val="19621213"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16057,51 +16057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542748727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId846757913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId463768fb71dd04683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId968468fb71dd046c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId266168fb71dd04911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId419768fb71dd06567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId329268fb71dd065fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId370968fb71dd0671b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId791368fb71dd0689f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId631168fb71dd06b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId128168fb71dd06cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId469668fb71dd0478c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469668fb71dd0478c.jpg"/><Relationship Id="rId611268fb71dd0595a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611268fb71dd0595a.jpg"/><Relationship Id="rId158168fb71dd06d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId158168fb71dd06d81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394616834" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907363708" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId542869303618ee023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId623069303618ee069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId336769303618ee250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId201669303618efeae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId173569303618eff44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId198069303618f0085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId935769303618f0204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId392269303618f0555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId970869303618f06f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId757469303618ee12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId757469303618ee12b.jpg"/><Relationship Id="rId863969303618ef1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863969303618ef1d5.jpg"/><Relationship Id="rId388869303618f0769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId388869303618f0769.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>