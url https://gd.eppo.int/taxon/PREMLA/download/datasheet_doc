--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542869303618ee023" w:history="1">
+            <w:hyperlink r:id="rId6096694ac9e815bf6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623069303618ee069" w:history="1">
+            <w:hyperlink r:id="rId6476694ac9e815c39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PREMLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48495336" name="name877969303618ee12c" descr="12311.jpg"/>
+                  <wp:docPr id="53642914" name="name6724694ac9e815ce8" descr="12311.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12311.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId757469303618ee12b" cstate="print"/>
+                          <a:blip r:embed="rId1048694ac9e815ce7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId336769303618ee250" w:history="1">
+            <w:hyperlink r:id="rId2119694ac9e815da6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -736,63 +736,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is widely distributed in the central highlands of Peru, in Bolivia and in Northern Chile (Aréstigui, 1976; Alcazar &amp; Cisneros, 1999; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62821719" name="name858769303618ef1d8" descr="PREMLA_distribution_map.jpg"/>
+            <wp:docPr id="96907547" name="name3961694ac9e816da8" descr="PREMLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId863969303618ef1d5" cstate="print"/>
+                    <a:blip r:embed="rId6272694ac9e816da5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2236,51 +2236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201669303618efeae" w:history="1">
+      <w:hyperlink r:id="rId9084694ac9e8178b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2324,51 +2324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173569303618eff44" w:history="1">
+      <w:hyperlink r:id="rId7407694ac9e817948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2499,51 +2499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198069303618f0085" w:history="1">
+      <w:hyperlink r:id="rId5381694ac9e817a6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2734,51 +2734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId935769303618f0204" w:history="1">
+      <w:hyperlink r:id="rId7828694ac9e817bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/d10030095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3190,51 +3190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392269303618f0555" w:history="1">
+      <w:hyperlink r:id="rId7764694ac9e817ed8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3405,81 +3405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970869303618f06f6" w:history="1">
+      <w:hyperlink r:id="rId1093694ac9e818045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51718792" name="name223269303618f076a" descr="eu_funding_250.png"/>
+            <wp:docPr id="19727736" name="name5406694ac9e818090" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId388869303618f0769" cstate="print"/>
+                    <a:blip r:embed="rId9055694ac9e81808f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3577,137 +3577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19621213">
+  <w:abstractNum w:abstractNumId="65573088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84979015">
+    <w:lvl w:ilvl="0" w:tplc="53429181">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84979015" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53429181" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19621212">
+  <w:abstractNum w:abstractNumId="65573087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97193987">
+    <w:lvl w:ilvl="0" w:tplc="41891871">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4459,55 +4459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19621212">
-    <w:abstractNumId w:val="19621212"/>
+  <w:num w:numId="65573087">
+    <w:abstractNumId w:val="65573087"/>
   </w:num>
-  <w:num w:numId="19621213">
-    <w:abstractNumId w:val="19621213"/>
+  <w:num w:numId="65573088">
+    <w:abstractNumId w:val="65573088"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16057,51 +16057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394616834" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907363708" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId542869303618ee023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId623069303618ee069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId336769303618ee250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId201669303618efeae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId173569303618eff44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId198069303618f0085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId935769303618f0204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId392269303618f0555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId970869303618f06f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId757469303618ee12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId757469303618ee12b.jpg"/><Relationship Id="rId863969303618ef1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863969303618ef1d5.jpg"/><Relationship Id="rId388869303618f0769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId388869303618f0769.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448490578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954491014" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6096694ac9e815bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId6476694ac9e815c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId2119694ac9e815da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId9084694ac9e8178b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId7407694ac9e817948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5381694ac9e817a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId7828694ac9e817bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId7764694ac9e817ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1093694ac9e818045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId1048694ac9e815ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1048694ac9e815ce7.jpg"/><Relationship Id="rId6272694ac9e816da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6272694ac9e816da5.jpg"/><Relationship Id="rId9055694ac9e81808f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9055694ac9e81808f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>