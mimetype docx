--- v3 (2025-12-23)
+++ v4 (2026-01-12)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6096694ac9e815bf6" w:history="1">
+            <w:hyperlink r:id="rId38246965803ac26a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6476694ac9e815c39" w:history="1">
+            <w:hyperlink r:id="rId16776965803ac26ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PREMLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53642914" name="name6724694ac9e815ce8" descr="12311.jpg"/>
+                  <wp:docPr id="35558921" name="name21776965803ac27b2" descr="12311.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12311.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1048694ac9e815ce7" cstate="print"/>
+                          <a:blip r:embed="rId69066965803ac27b1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2119694ac9e815da6" w:history="1">
+            <w:hyperlink r:id="rId16066965803ac28ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -736,63 +736,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is widely distributed in the central highlands of Peru, in Bolivia and in Northern Chile (Aréstigui, 1976; Alcazar &amp; Cisneros, 1999; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96907547" name="name3961694ac9e816da8" descr="PREMLA_distribution_map.jpg"/>
+            <wp:docPr id="66230356" name="name72816965803ac38fd" descr="PREMLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6272694ac9e816da5" cstate="print"/>
+                    <a:blip r:embed="rId81576965803ac38f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2236,51 +2236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9084694ac9e8178b4" w:history="1">
+      <w:hyperlink r:id="rId79806965803ac4540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2324,51 +2324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7407694ac9e817948" w:history="1">
+      <w:hyperlink r:id="rId74636965803ac45da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2499,51 +2499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5381694ac9e817a6d" w:history="1">
+      <w:hyperlink r:id="rId25386965803ac46f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2734,51 +2734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7828694ac9e817bee" w:history="1">
+      <w:hyperlink r:id="rId22486965803ac4871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/d10030095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3168,73 +3168,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7764694ac9e817ed8" w:history="1">
+      <w:hyperlink r:id="rId78366965803ac4b4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3405,81 +3405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1093694ac9e818045" w:history="1">
+      <w:hyperlink r:id="rId77356965803ac4cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19727736" name="name5406694ac9e818090" descr="eu_funding_250.png"/>
+            <wp:docPr id="95860169" name="name97966965803ac4d1c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9055694ac9e81808f" cstate="print"/>
+                    <a:blip r:embed="rId77726965803ac4d1b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3577,137 +3577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65573088">
+  <w:abstractNum w:abstractNumId="61922666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53429181">
+    <w:lvl w:ilvl="0" w:tplc="53959904">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53429181" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53959904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65573087">
+  <w:abstractNum w:abstractNumId="61922665">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41891871">
+    <w:lvl w:ilvl="0" w:tplc="50857213">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4459,55 +4459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65573087">
-    <w:abstractNumId w:val="65573087"/>
+  <w:num w:numId="61922665">
+    <w:abstractNumId w:val="61922665"/>
   </w:num>
-  <w:num w:numId="65573088">
-    <w:abstractNumId w:val="65573088"/>
+  <w:num w:numId="61922666">
+    <w:abstractNumId w:val="61922666"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16057,51 +16057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448490578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954491014" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6096694ac9e815bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId6476694ac9e815c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId2119694ac9e815da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId9084694ac9e8178b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId7407694ac9e817948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5381694ac9e817a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId7828694ac9e817bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId7764694ac9e817ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1093694ac9e818045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId1048694ac9e815ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1048694ac9e815ce7.jpg"/><Relationship Id="rId6272694ac9e816da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6272694ac9e816da5.jpg"/><Relationship Id="rId9055694ac9e81808f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9055694ac9e81808f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767324538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724515862" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId38246965803ac26a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId16776965803ac26ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId16066965803ac28ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId79806965803ac4540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId74636965803ac45da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25386965803ac46f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId22486965803ac4871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId78366965803ac4b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77356965803ac4cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId69066965803ac27b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69066965803ac27b1.jpg"/><Relationship Id="rId81576965803ac38f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576965803ac38f9.jpg"/><Relationship Id="rId77726965803ac4d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77726965803ac4d1b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>