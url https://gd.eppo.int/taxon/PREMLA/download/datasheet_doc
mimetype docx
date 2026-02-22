--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38246965803ac26a9" w:history="1">
+            <w:hyperlink r:id="rId9759699a48cca6a52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16776965803ac26ee" w:history="1">
+            <w:hyperlink r:id="rId5773699a48cca6a97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PREMLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35558921" name="name21776965803ac27b2" descr="12311.jpg"/>
+                  <wp:docPr id="70701085" name="name3066699a48cca7008" descr="12311.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12311.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69066965803ac27b1" cstate="print"/>
+                          <a:blip r:embed="rId2547699a48cca7005" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16066965803ac28ee" w:history="1">
+            <w:hyperlink r:id="rId8716699a48cca71b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -736,63 +736,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is widely distributed in the central highlands of Peru, in Bolivia and in Northern Chile (Aréstigui, 1976; Alcazar &amp; Cisneros, 1999; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66230356" name="name72816965803ac38fd" descr="PREMLA_distribution_map.jpg"/>
+            <wp:docPr id="65357709" name="name8731699a48cca7f7b" descr="PREMLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81576965803ac38f9" cstate="print"/>
+                    <a:blip r:embed="rId6472699a48cca7f78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2236,51 +2236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79806965803ac4540" w:history="1">
+      <w:hyperlink r:id="rId3026699a48cca8b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2324,51 +2324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74636965803ac45da" w:history="1">
+      <w:hyperlink r:id="rId6718699a48cca8c56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2499,51 +2499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25386965803ac46f8" w:history="1">
+      <w:hyperlink r:id="rId7195699a48cca8da5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2734,51 +2734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22486965803ac4871" w:history="1">
+      <w:hyperlink r:id="rId8992699a48cca8f4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/d10030095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3190,51 +3190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78366965803ac4b4e" w:history="1">
+      <w:hyperlink r:id="rId9018699a48cca9240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3405,81 +3405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77356965803ac4cb9" w:history="1">
+      <w:hyperlink r:id="rId8762699a48cca93ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95860169" name="name97966965803ac4d1c" descr="eu_funding_250.png"/>
+            <wp:docPr id="21871297" name="name1249699a48cca9565" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77726965803ac4d1b" cstate="print"/>
+                    <a:blip r:embed="rId5076699a48cca9564" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3577,137 +3577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61922666">
+  <w:abstractNum w:abstractNumId="40926934">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53959904">
+    <w:lvl w:ilvl="0" w:tplc="59381606">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53959904" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59381606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61922665">
+  <w:abstractNum w:abstractNumId="40926933">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50857213">
+    <w:lvl w:ilvl="0" w:tplc="44446918">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4459,55 +4459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61922665">
-    <w:abstractNumId w:val="61922665"/>
+  <w:num w:numId="40926933">
+    <w:abstractNumId w:val="40926933"/>
   </w:num>
-  <w:num w:numId="61922666">
-    <w:abstractNumId w:val="61922666"/>
+  <w:num w:numId="40926934">
+    <w:abstractNumId w:val="40926934"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16057,51 +16057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767324538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724515862" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId38246965803ac26a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId16776965803ac26ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId16066965803ac28ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId79806965803ac4540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId74636965803ac45da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25386965803ac46f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId22486965803ac4871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId78366965803ac4b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77356965803ac4cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId69066965803ac27b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69066965803ac27b1.jpg"/><Relationship Id="rId81576965803ac38f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576965803ac38f9.jpg"/><Relationship Id="rId77726965803ac4d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77726965803ac4d1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374897429" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811803174" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9759699a48cca6a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId5773699a48cca6a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId8716699a48cca71b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId3026699a48cca8b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId6718699a48cca8c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7195699a48cca8da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId8992699a48cca8f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId9018699a48cca9240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8762699a48cca93ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId2547699a48cca7005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2547699a48cca7005.jpg"/><Relationship Id="rId6472699a48cca7f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6472699a48cca7f78.jpg"/><Relationship Id="rId5076699a48cca9564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5076699a48cca9564.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>