--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Entiminae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Andean potato weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9759699a48cca6a52" w:history="1">
+            <w:hyperlink r:id="rId797469b4e5dba6399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5773699a48cca6a97" w:history="1">
+            <w:hyperlink r:id="rId262669b4e5dba63df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PREMLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70701085" name="name3066699a48cca7008" descr="12311.jpg"/>
+                  <wp:docPr id="63547501" name="name284269b4e5dba6a18" descr="12311.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12311.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2547699a48cca7005" cstate="print"/>
+                          <a:blip r:embed="rId232969b4e5dba6a16" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8716699a48cca71b8" w:history="1">
+            <w:hyperlink r:id="rId181869b4e5dba6b39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -736,63 +736,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is widely distributed in the central highlands of Peru, in Bolivia and in Northern Chile (Aréstigui, 1976; Alcazar &amp; Cisneros, 1999; Yábar Landa, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65357709" name="name8731699a48cca7f7b" descr="PREMLA_distribution_map.jpg"/>
+            <wp:docPr id="44477017" name="name700869b4e5dba7c9b" descr="PREMLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PREMLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6472699a48cca7f78" cstate="print"/>
+                    <a:blip r:embed="rId954369b4e5dba7c98" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2236,51 +2236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen‐Schmutz K, Di Serio F, Gonthier P, Jacques M‐A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA, Parnell S, Potting R, Reignault PL, Thulke H‐H, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Czwienczek E, Streissl F &amp; MacLeod A (2020) Scientific Opinion on the pest categorisation of the Andean Potato Weevil (APW) complex (Coleoptera: Curculionidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020;18(7):6176, 38 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3026699a48cca8b53" w:history="1">
+      <w:hyperlink r:id="rId135569b4e5dba8818" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6176</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2324,51 +2324,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 651-795.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (GD). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6718699a48cca8c56" w:history="1">
+      <w:hyperlink r:id="rId267669b4e5dba88ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 16 March 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2499,51 +2499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ecology and interactions with the entomopathogenic fungus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beauveria bassiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PhD thesis. Fakultät für Agrarwissenschaften der Georg‐August‐Universität Göttingen. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7195699a48cca8da5" w:history="1">
+      <w:hyperlink r:id="rId966069b4e5dba89c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2734,51 +2734,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8992699a48cca8f4d" w:history="1">
+      <w:hyperlink r:id="rId274569b4e5dba8b47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/d10030095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3190,51 +3190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Premnotrypes latithorax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9018699a48cca9240" w:history="1">
+      <w:hyperlink r:id="rId255669b4e5dba8e27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3405,81 +3405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Andean species). EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8762699a48cca93ae" w:history="1">
+      <w:hyperlink r:id="rId156469b4e5dba8fa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01982.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21871297" name="name1249699a48cca9565" descr="eu_funding_250.png"/>
+            <wp:docPr id="84963185" name="name376069b4e5dba92d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5076699a48cca9564" cstate="print"/>
+                    <a:blip r:embed="rId586069b4e5dba92d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3577,137 +3577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40926934">
+  <w:abstractNum w:abstractNumId="89849855">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59381606">
+    <w:lvl w:ilvl="0" w:tplc="81174760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59381606" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81174760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40926933">
+  <w:abstractNum w:abstractNumId="89849854">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44446918">
+    <w:lvl w:ilvl="0" w:tplc="27830529">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4459,55 +4459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40926933">
-    <w:abstractNumId w:val="40926933"/>
+  <w:num w:numId="89849854">
+    <w:abstractNumId w:val="89849854"/>
   </w:num>
-  <w:num w:numId="40926934">
-    <w:abstractNumId w:val="40926934"/>
+  <w:num w:numId="89849855">
+    <w:abstractNumId w:val="89849855"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16057,51 +16057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId374897429" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId811803174" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9759699a48cca6a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId5773699a48cca6a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId8716699a48cca71b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId3026699a48cca8b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId6718699a48cca8c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7195699a48cca8da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId8992699a48cca8f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId9018699a48cca9240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8762699a48cca93ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId2547699a48cca7005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2547699a48cca7005.jpg"/><Relationship Id="rId6472699a48cca7f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6472699a48cca7f78.jpg"/><Relationship Id="rId5076699a48cca9564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5076699a48cca9564.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804221239" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId940386022" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId797469b4e5dba6399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/" TargetMode="External"/><Relationship Id="rId262669b4e5dba63df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/categorization" TargetMode="External"/><Relationship Id="rId181869b4e5dba6b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PREMLA/photos" TargetMode="External"/><Relationship Id="rId135569b4e5dba8818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6176" TargetMode="External"/><Relationship Id="rId267669b4e5dba88ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId966069b4e5dba89c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ediss.uni-goettingen.de/bitstream/handle/11858/00-1735-0000-000D-F23B-A/kuehne.pdf?sequence=1" TargetMode="External"/><Relationship Id="rId274569b4e5dba8b47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/d10030095" TargetMode="External"/><Relationship Id="rId255669b4e5dba8e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId156469b4e5dba8fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01982.x" TargetMode="External"/><Relationship Id="rId232969b4e5dba6a16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232969b4e5dba6a16.jpg"/><Relationship Id="rId954369b4e5dba7c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954369b4e5dba7c98.jpg"/><Relationship Id="rId586069b4e5dba92d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId586069b4e5dba92d6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>