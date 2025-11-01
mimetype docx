--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId922368e6e72ca35ab" w:history="1">
+            <w:hyperlink r:id="rId72936905f22571b21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId926368e6e72ca3615" w:history="1">
+            <w:hyperlink r:id="rId77286905f22571b88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42343740" name="name341968e6e72ca3d44" descr="3764.jpg"/>
+                  <wp:docPr id="78995120" name="name23526905f22572396" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId821968e6e72ca3d42" cstate="print"/>
+                          <a:blip r:embed="rId19336905f22572394" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId304668e6e72ca3ebc" w:history="1">
+            <w:hyperlink r:id="rId59146905f22572482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2490,63 +2490,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78944731" name="name921268e6e72ca5858" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="76842688" name="name81956905f2257424a" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId581168e6e72ca5855" cstate="print"/>
+                    <a:blip r:embed="rId15446905f22574247" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3976,51 +3976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670068e6e72ca6384" w:history="1">
+      <w:hyperlink r:id="rId49936905f22574d47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6095,51 +6095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107368e6e72ca71d8" w:history="1">
+      <w:hyperlink r:id="rId77976905f22575b64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,92 +6272,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310568e6e72ca7335" w:history="1">
+      <w:hyperlink r:id="rId53086905f22575c82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456068e6e72ca738c" w:history="1">
+      <w:hyperlink r:id="rId10236905f22575cc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6372,51 +6372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId136668e6e72ca73f0" w:history="1">
+      <w:hyperlink r:id="rId81406905f22575d26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6616,51 +6616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798068e6e72ca75e5" w:history="1">
+      <w:hyperlink r:id="rId52216905f22575eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939468e6e72ca767f" w:history="1">
+      <w:hyperlink r:id="rId66286905f22575f3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557468e6e72ca7782" w:history="1">
+      <w:hyperlink r:id="rId30746905f2257600c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7009,51 +7009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875568e6e72ca78df" w:history="1">
+      <w:hyperlink r:id="rId57636905f22576125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759168e6e72ca79b2" w:history="1">
+      <w:hyperlink r:id="rId84996905f22576235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7532,51 +7532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538768e6e72ca7c92" w:history="1">
+      <w:hyperlink r:id="rId87066905f225764d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7622,51 +7622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636268e6e72ca7d44" w:history="1">
+      <w:hyperlink r:id="rId80136905f22576569" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7821,51 +7821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906168e6e72ca7ed3" w:history="1">
+      <w:hyperlink r:id="rId43586905f225766a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8056,51 +8056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608668e6e72ca809f" w:history="1">
+      <w:hyperlink r:id="rId93126905f22576828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8113,63 +8113,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34946835" name="name767468e6e72ca8148" descr="eu_funding_250.png"/>
+            <wp:docPr id="27089868" name="name38246905f225768b9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId858868e6e72ca8147" cstate="print"/>
+                    <a:blip r:embed="rId88896905f225768b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8267,137 +8267,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29915455">
+  <w:abstractNum w:abstractNumId="50600366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46555649">
+    <w:lvl w:ilvl="0" w:tplc="67891680">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46555649" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67891680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29915454">
+  <w:abstractNum w:abstractNumId="50600365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74044584">
+    <w:lvl w:ilvl="0" w:tplc="74975813">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,55 +9149,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29915454">
-    <w:abstractNumId w:val="29915454"/>
+  <w:num w:numId="50600365">
+    <w:abstractNumId w:val="50600365"/>
   </w:num>
-  <w:num w:numId="29915455">
-    <w:abstractNumId w:val="29915455"/>
+  <w:num w:numId="50600366">
+    <w:abstractNumId w:val="50600366"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20747,51 +20747,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722560921" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId912579947" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId922368e6e72ca35ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId926368e6e72ca3615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId304668e6e72ca3ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId670068e6e72ca6384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId107368e6e72ca71d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId310568e6e72ca7335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId456068e6e72ca738c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId136668e6e72ca73f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId798068e6e72ca75e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId939468e6e72ca767f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId557468e6e72ca7782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId875568e6e72ca78df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId759168e6e72ca79b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId538768e6e72ca7c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId636268e6e72ca7d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId906168e6e72ca7ed3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId608668e6e72ca809f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821968e6e72ca3d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId821968e6e72ca3d42.jpg"/><Relationship Id="rId581168e6e72ca5855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId581168e6e72ca5855.jpg"/><Relationship Id="rId858868e6e72ca8147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId858868e6e72ca8147.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254024348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656582731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72936905f22571b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId77286905f22571b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId59146905f22572482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId49936905f22574d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId77976905f22575b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId53086905f22575c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId10236905f22575cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId81406905f22575d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId52216905f22575eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId66286905f22575f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId30746905f2257600c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId57636905f22576125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId84996905f22576235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId87066905f225764d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId80136905f22576569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId43586905f225766a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId93126905f22576828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId19336905f22572394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19336905f22572394.jpg"/><Relationship Id="rId15446905f22574247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15446905f22574247.jpg"/><Relationship Id="rId88896905f225768b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88896905f225768b8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>