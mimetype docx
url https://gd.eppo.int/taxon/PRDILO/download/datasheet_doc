--- v1 (2025-11-01)
+++ v2 (2025-12-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72936905f22571b21" w:history="1">
+            <w:hyperlink r:id="rId6907693150c8b8eb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77286905f22571b88" w:history="1">
+            <w:hyperlink r:id="rId2342693150c8b8f23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78995120" name="name23526905f22572396" descr="3764.jpg"/>
+                  <wp:docPr id="26559824" name="name1651693150c8b9030" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19336905f22572394" cstate="print"/>
+                          <a:blip r:embed="rId3760693150c8b902f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId59146905f22572482" w:history="1">
+            <w:hyperlink r:id="rId4927693150c8b9190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2490,63 +2490,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76842688" name="name81956905f2257424a" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="43976997" name="name9106693150c8bb48a" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15446905f22574247" cstate="print"/>
+                    <a:blip r:embed="rId2766693150c8bb488" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3976,51 +3976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49936905f22574d47" w:history="1">
+      <w:hyperlink r:id="rId3828693150c8bc2a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6095,51 +6095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77976905f22575b64" w:history="1">
+      <w:hyperlink r:id="rId9265693150c8bd0b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,92 +6272,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53086905f22575c82" w:history="1">
+      <w:hyperlink r:id="rId8639693150c8bd1d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10236905f22575cc8" w:history="1">
+      <w:hyperlink r:id="rId3338693150c8bd218" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6372,51 +6372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81406905f22575d26" w:history="1">
+      <w:hyperlink r:id="rId7478693150c8bd277" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6616,51 +6616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52216905f22575eac" w:history="1">
+      <w:hyperlink r:id="rId1928693150c8bd474" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66286905f22575f3b" w:history="1">
+      <w:hyperlink r:id="rId4357693150c8bd508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30746905f2257600c" w:history="1">
+      <w:hyperlink r:id="rId4320693150c8bd5df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7009,51 +7009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57636905f22576125" w:history="1">
+      <w:hyperlink r:id="rId4778693150c8bd6fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84996905f22576235" w:history="1">
+      <w:hyperlink r:id="rId7060693150c8bd7e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7532,51 +7532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87066905f225764d7" w:history="1">
+      <w:hyperlink r:id="rId9106693150c8bdaf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7622,51 +7622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80136905f22576569" w:history="1">
+      <w:hyperlink r:id="rId2518693150c8bdb8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7821,51 +7821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43586905f225766a9" w:history="1">
+      <w:hyperlink r:id="rId5215693150c8bdcd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8056,51 +8056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93126905f22576828" w:history="1">
+      <w:hyperlink r:id="rId1774693150c8bde8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8113,63 +8113,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27089868" name="name38246905f225768b9" descr="eu_funding_250.png"/>
+            <wp:docPr id="45514163" name="name3848693150c8bdf46" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88896905f225768b8" cstate="print"/>
+                    <a:blip r:embed="rId6148693150c8bdf45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8267,137 +8267,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50600366">
+  <w:abstractNum w:abstractNumId="31587847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67891680">
+    <w:lvl w:ilvl="0" w:tplc="34974840">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67891680" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34974840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50600365">
+  <w:abstractNum w:abstractNumId="31587846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74975813">
+    <w:lvl w:ilvl="0" w:tplc="52578494">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,55 +9149,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50600365">
-    <w:abstractNumId w:val="50600365"/>
+  <w:num w:numId="31587846">
+    <w:abstractNumId w:val="31587846"/>
   </w:num>
-  <w:num w:numId="50600366">
-    <w:abstractNumId w:val="50600366"/>
+  <w:num w:numId="31587847">
+    <w:abstractNumId w:val="31587847"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20747,51 +20747,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254024348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656582731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72936905f22571b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId77286905f22571b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId59146905f22572482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId49936905f22574d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId77976905f22575b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId53086905f22575c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId10236905f22575cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId81406905f22575d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId52216905f22575eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId66286905f22575f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId30746905f2257600c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId57636905f22576125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId84996905f22576235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId87066905f225764d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId80136905f22576569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId43586905f225766a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId93126905f22576828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId19336905f22572394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19336905f22572394.jpg"/><Relationship Id="rId15446905f22574247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15446905f22574247.jpg"/><Relationship Id="rId88896905f225768b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88896905f225768b8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815796713" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434446990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6907693150c8b8eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId2342693150c8b8f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId4927693150c8b9190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId3828693150c8bc2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId9265693150c8bd0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId8639693150c8bd1d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId3338693150c8bd218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId7478693150c8bd277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId1928693150c8bd474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId4357693150c8bd508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId4320693150c8bd5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId4778693150c8bd6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId7060693150c8bd7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId9106693150c8bdaf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId2518693150c8bdb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId5215693150c8bdcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId1774693150c8bde8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3760693150c8b902f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3760693150c8b902f.jpg"/><Relationship Id="rId2766693150c8bb488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2766693150c8bb488.jpg"/><Relationship Id="rId6148693150c8bdf45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6148693150c8bdf45.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>