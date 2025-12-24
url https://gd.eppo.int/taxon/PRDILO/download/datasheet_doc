--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6907693150c8b8eb6" w:history="1">
+            <w:hyperlink r:id="rId8274694bf1553c4d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2342693150c8b8f23" w:history="1">
+            <w:hyperlink r:id="rId1811694bf1553c544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26559824" name="name1651693150c8b9030" descr="3764.jpg"/>
+                  <wp:docPr id="68655114" name="name9649694bf1553cb72" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3760693150c8b902f" cstate="print"/>
+                          <a:blip r:embed="rId8927694bf1553cb70" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4927693150c8b9190" w:history="1">
+            <w:hyperlink r:id="rId5470694bf1553cc5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2490,63 +2490,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43976997" name="name9106693150c8bb48a" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="91117550" name="name5433694bf1553e2e1" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2766693150c8bb488" cstate="print"/>
+                    <a:blip r:embed="rId3320694bf1553e2df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3976,51 +3976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3828693150c8bc2a9" w:history="1">
+      <w:hyperlink r:id="rId1007694bf1553edae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6095,51 +6095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9265693150c8bd0b1" w:history="1">
+      <w:hyperlink r:id="rId7006694bf1553fb4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,92 +6272,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8639693150c8bd1d2" w:history="1">
+      <w:hyperlink r:id="rId7406694bf1553fc76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3338693150c8bd218" w:history="1">
+      <w:hyperlink r:id="rId4082694bf1553fcbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6372,51 +6372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7478693150c8bd277" w:history="1">
+      <w:hyperlink r:id="rId8832694bf1553fd1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6616,51 +6616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1928693150c8bd474" w:history="1">
+      <w:hyperlink r:id="rId9615694bf1553fea6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4357693150c8bd508" w:history="1">
+      <w:hyperlink r:id="rId4397694bf1553ff37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4320693150c8bd5df" w:history="1">
+      <w:hyperlink r:id="rId5828694bf15540008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7009,51 +7009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4778693150c8bd6fd" w:history="1">
+      <w:hyperlink r:id="rId8522694bf15540122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7060693150c8bd7e5" w:history="1">
+      <w:hyperlink r:id="rId1610694bf155401f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7532,51 +7532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9106693150c8bdaf0" w:history="1">
+      <w:hyperlink r:id="rId5373694bf1554046d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7622,51 +7622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2518693150c8bdb8b" w:history="1">
+      <w:hyperlink r:id="rId8012694bf15540503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7821,51 +7821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5215693150c8bdcd4" w:history="1">
+      <w:hyperlink r:id="rId6291694bf15540646" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8056,51 +8056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1774693150c8bde8c" w:history="1">
+      <w:hyperlink r:id="rId6742694bf155407de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8113,63 +8113,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45514163" name="name3848693150c8bdf46" descr="eu_funding_250.png"/>
+            <wp:docPr id="3575992" name="name8161694bf15540870" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6148693150c8bdf45" cstate="print"/>
+                    <a:blip r:embed="rId8626694bf1554086f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8267,137 +8267,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31587847">
+  <w:abstractNum w:abstractNumId="62706686">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34974840">
+    <w:lvl w:ilvl="0" w:tplc="45183734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34974840" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45183734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31587846">
+  <w:abstractNum w:abstractNumId="62706685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52578494">
+    <w:lvl w:ilvl="0" w:tplc="37196693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,55 +9149,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31587846">
-    <w:abstractNumId w:val="31587846"/>
+  <w:num w:numId="62706685">
+    <w:abstractNumId w:val="62706685"/>
   </w:num>
-  <w:num w:numId="31587847">
-    <w:abstractNumId w:val="31587847"/>
+  <w:num w:numId="62706686">
+    <w:abstractNumId w:val="62706686"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20747,51 +20747,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId815796713" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434446990" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6907693150c8b8eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId2342693150c8b8f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId4927693150c8b9190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId3828693150c8bc2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId9265693150c8bd0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId8639693150c8bd1d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId3338693150c8bd218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId7478693150c8bd277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId1928693150c8bd474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId4357693150c8bd508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId4320693150c8bd5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId4778693150c8bd6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId7060693150c8bd7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId9106693150c8bdaf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId2518693150c8bdb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId5215693150c8bdcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId1774693150c8bde8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3760693150c8b902f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3760693150c8b902f.jpg"/><Relationship Id="rId2766693150c8bb488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2766693150c8bb488.jpg"/><Relationship Id="rId6148693150c8bdf45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6148693150c8bdf45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371499887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId818053268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8274694bf1553c4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId1811694bf1553c544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId5470694bf1553cc5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId1007694bf1553edae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId7006694bf1553fb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId7406694bf1553fc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId4082694bf1553fcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId8832694bf1553fd1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9615694bf1553fea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId4397694bf1553ff37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId5828694bf15540008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId8522694bf15540122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId1610694bf155401f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId5373694bf1554046d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId8012694bf15540503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId6291694bf15540646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId6742694bf155407de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8927694bf1553cb70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8927694bf1553cb70.jpg"/><Relationship Id="rId3320694bf1553e2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3320694bf1553e2df.jpg"/><Relationship Id="rId8626694bf1554086f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8626694bf1554086f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>