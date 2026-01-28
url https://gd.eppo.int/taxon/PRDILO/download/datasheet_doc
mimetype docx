--- v3 (2025-12-24)
+++ v4 (2026-01-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8274694bf1553c4d2" w:history="1">
+            <w:hyperlink r:id="rId6967697957c6e4b80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1811694bf1553c544" w:history="1">
+            <w:hyperlink r:id="rId2495697957c6e4be9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68655114" name="name9649694bf1553cb72" descr="3764.jpg"/>
+                  <wp:docPr id="71960231" name="name8873697957c6e4ceb" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8927694bf1553cb70" cstate="print"/>
+                          <a:blip r:embed="rId8066697957c6e4ce9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5470694bf1553cc5e" w:history="1">
+            <w:hyperlink r:id="rId6447697957c6e4df1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2490,63 +2490,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91117550" name="name5433694bf1553e2e1" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="87756570" name="name2856697957c6e6b50" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3320694bf1553e2df" cstate="print"/>
+                    <a:blip r:embed="rId8122697957c6e6b4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3976,51 +3976,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1007694bf1553edae" w:history="1">
+      <w:hyperlink r:id="rId2326697957c6e76c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6095,51 +6095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7006694bf1553fb4a" w:history="1">
+      <w:hyperlink r:id="rId7740697957c6e84b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,92 +6272,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7406694bf1553fc76" w:history="1">
+      <w:hyperlink r:id="rId3326697957c6e85d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4082694bf1553fcbc" w:history="1">
+      <w:hyperlink r:id="rId2256697957c6e8618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6372,51 +6372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8832694bf1553fd1b" w:history="1">
+      <w:hyperlink r:id="rId3379697957c6e8677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6616,51 +6616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9615694bf1553fea6" w:history="1">
+      <w:hyperlink r:id="rId2851697957c6e881d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4397694bf1553ff37" w:history="1">
+      <w:hyperlink r:id="rId4734697957c6e88af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5828694bf15540008" w:history="1">
+      <w:hyperlink r:id="rId7091697957c6e8992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7009,51 +7009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8522694bf15540122" w:history="1">
+      <w:hyperlink r:id="rId7264697957c6e8ab2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1610694bf155401f1" w:history="1">
+      <w:hyperlink r:id="rId9003697957c6e8b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7532,51 +7532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5373694bf1554046d" w:history="1">
+      <w:hyperlink r:id="rId9254697957c6e8e2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7622,51 +7622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8012694bf15540503" w:history="1">
+      <w:hyperlink r:id="rId5597697957c6e8ec5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7821,51 +7821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6291694bf15540646" w:history="1">
+      <w:hyperlink r:id="rId8963697957c6e9010" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8034,73 +8034,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6742694bf155407de" w:history="1">
+      <w:hyperlink r:id="rId5722697957c6e9198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8113,63 +8113,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3575992" name="name8161694bf15540870" descr="eu_funding_250.png"/>
+            <wp:docPr id="99425062" name="name5095697957c6e923f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8626694bf1554086f" cstate="print"/>
+                    <a:blip r:embed="rId6733697957c6e923e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8267,137 +8267,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62706686">
+  <w:abstractNum w:abstractNumId="17318690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45183734">
+    <w:lvl w:ilvl="0" w:tplc="55876748">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45183734" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55876748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62706685">
+  <w:abstractNum w:abstractNumId="17318689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37196693">
+    <w:lvl w:ilvl="0" w:tplc="80094397">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,55 +9149,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62706685">
-    <w:abstractNumId w:val="62706685"/>
+  <w:num w:numId="17318689">
+    <w:abstractNumId w:val="17318689"/>
   </w:num>
-  <w:num w:numId="62706686">
-    <w:abstractNumId w:val="62706686"/>
+  <w:num w:numId="17318690">
+    <w:abstractNumId w:val="17318690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20747,51 +20747,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId371499887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId818053268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8274694bf1553c4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId1811694bf1553c544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId5470694bf1553cc5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId1007694bf1553edae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId7006694bf1553fb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId7406694bf1553fc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId4082694bf1553fcbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId8832694bf1553fd1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId9615694bf1553fea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId4397694bf1553ff37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId5828694bf15540008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId8522694bf15540122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId1610694bf155401f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId5373694bf1554046d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId8012694bf15540503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId6291694bf15540646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId6742694bf155407de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8927694bf1553cb70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8927694bf1553cb70.jpg"/><Relationship Id="rId3320694bf1553e2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3320694bf1553e2df.jpg"/><Relationship Id="rId8626694bf1554086f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8626694bf1554086f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125296800" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId226161106" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6967697957c6e4b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId2495697957c6e4be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId6447697957c6e4df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId2326697957c6e76c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId7740697957c6e84b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId3326697957c6e85d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId2256697957c6e8618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId3379697957c6e8677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2851697957c6e881d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId4734697957c6e88af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId7091697957c6e8992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId7264697957c6e8ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId9003697957c6e8b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId9254697957c6e8e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId5597697957c6e8ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId8963697957c6e9010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId5722697957c6e9198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8066697957c6e4ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8066697957c6e4ce9.jpg"/><Relationship Id="rId8122697957c6e6b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8122697957c6e6b4c.jpg"/><Relationship Id="rId6733697957c6e923e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6733697957c6e923e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>