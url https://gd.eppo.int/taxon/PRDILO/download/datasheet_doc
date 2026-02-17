--- v4 (2026-01-28)
+++ v5 (2026-02-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6967697957c6e4b80" w:history="1">
+            <w:hyperlink r:id="rId9544699430b8ad369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2495697957c6e4be9" w:history="1">
+            <w:hyperlink r:id="rId9813699430b8ad3d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71960231" name="name8873697957c6e4ceb" descr="3764.jpg"/>
+                  <wp:docPr id="47534961" name="name2710699430b8ad496" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8066697957c6e4ce9" cstate="print"/>
+                          <a:blip r:embed="rId9403699430b8ad495" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6447697957c6e4df1" w:history="1">
+            <w:hyperlink r:id="rId6869699430b8ad59f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,50 +1343,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus x latifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cocculus sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Coriandrum sativum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cucumis melo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1984,50 +2004,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Richardia scabra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ricinus communis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruscus sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salvia hispanica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2490,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87756570" name="name2856697957c6e6b50" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="86401566" name="name5315699430b8aee61" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8122697957c6e6b4c" cstate="print"/>
+                    <a:blip r:embed="rId8645699430b8aee5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3976,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2326697957c6e76c1" w:history="1">
+      <w:hyperlink r:id="rId8341699430b8af9b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6095,51 +6135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7740697957c6e84b2" w:history="1">
+      <w:hyperlink r:id="rId9337699430b8b0781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,92 +6312,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3326697957c6e85d2" w:history="1">
+      <w:hyperlink r:id="rId9741699430b8b08a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2256697957c6e8618" w:history="1">
+      <w:hyperlink r:id="rId8865699430b8b08e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6372,51 +6412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3379697957c6e8677" w:history="1">
+      <w:hyperlink r:id="rId8060699430b8b0946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6616,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2851697957c6e881d" w:history="1">
+      <w:hyperlink r:id="rId6724699430b8b0acf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4734697957c6e88af" w:history="1">
+      <w:hyperlink r:id="rId1083699430b8b0b60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7091697957c6e8992" w:history="1">
+      <w:hyperlink r:id="rId1838699430b8b0c46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7009,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7264697957c6e8ab2" w:history="1">
+      <w:hyperlink r:id="rId4308699430b8b0d62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9003697957c6e8b83" w:history="1">
+      <w:hyperlink r:id="rId1587699430b8b0e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7532,51 +7572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9254697957c6e8e2f" w:history="1">
+      <w:hyperlink r:id="rId3026699430b8b10b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7622,51 +7662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5597697957c6e8ec5" w:history="1">
+      <w:hyperlink r:id="rId2526699430b8b1142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7821,51 +7861,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8963697957c6e9010" w:history="1">
+      <w:hyperlink r:id="rId8428699430b8b1294" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8056,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5722697957c6e9198" w:history="1">
+      <w:hyperlink r:id="rId1337699430b8b1419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8113,63 +8153,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99425062" name="name5095697957c6e923f" descr="eu_funding_250.png"/>
+            <wp:docPr id="46684218" name="name9825699430b8b1508" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6733697957c6e923e" cstate="print"/>
+                    <a:blip r:embed="rId1928699430b8b1507" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8267,137 +8307,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17318690">
+  <w:abstractNum w:abstractNumId="44118158">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55876748">
+    <w:lvl w:ilvl="0" w:tplc="11615228">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55876748" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11615228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17318689">
+  <w:abstractNum w:abstractNumId="44118157">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80094397">
+    <w:lvl w:ilvl="0" w:tplc="29731774">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,55 +9189,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17318689">
-    <w:abstractNumId w:val="17318689"/>
+  <w:num w:numId="44118157">
+    <w:abstractNumId w:val="44118157"/>
   </w:num>
-  <w:num w:numId="17318690">
-    <w:abstractNumId w:val="17318690"/>
+  <w:num w:numId="44118158">
+    <w:abstractNumId w:val="44118158"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20747,51 +20787,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId125296800" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId226161106" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6967697957c6e4b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId2495697957c6e4be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId6447697957c6e4df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId2326697957c6e76c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId7740697957c6e84b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId3326697957c6e85d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId2256697957c6e8618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId3379697957c6e8677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2851697957c6e881d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId4734697957c6e88af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId7091697957c6e8992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId7264697957c6e8ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId9003697957c6e8b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId9254697957c6e8e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId5597697957c6e8ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId8963697957c6e9010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId5722697957c6e9198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8066697957c6e4ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8066697957c6e4ce9.jpg"/><Relationship Id="rId8122697957c6e6b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8122697957c6e6b4c.jpg"/><Relationship Id="rId6733697957c6e923e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6733697957c6e923e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId819088516" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593029040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9544699430b8ad369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId9813699430b8ad3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId6869699430b8ad59f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId8341699430b8af9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId9337699430b8b0781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId9741699430b8b08a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId8865699430b8b08e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId8060699430b8b0946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6724699430b8b0acf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId1083699430b8b0b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId1838699430b8b0c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId4308699430b8b0d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId1587699430b8b0e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId3026699430b8b10b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId2526699430b8b1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId8428699430b8b1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId1337699430b8b1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9403699430b8ad495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9403699430b8ad495.jpg"/><Relationship Id="rId8645699430b8aee5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8645699430b8aee5d.jpg"/><Relationship Id="rId1928699430b8b1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1928699430b8b1507.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>