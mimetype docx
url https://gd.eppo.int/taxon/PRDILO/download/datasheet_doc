--- v5 (2026-02-17)
+++ v6 (2026-03-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9544699430b8ad369" w:history="1">
+            <w:hyperlink r:id="rId603369af911acc05c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9813699430b8ad3d5" w:history="1">
+            <w:hyperlink r:id="rId151469af911acc0c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47534961" name="name2710699430b8ad496" descr="3764.jpg"/>
+                  <wp:docPr id="9598646" name="name337769af911acc7ca" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9403699430b8ad495" cstate="print"/>
+                          <a:blip r:embed="rId937069af911acc7c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6869699430b8ad59f" w:history="1">
+            <w:hyperlink r:id="rId734269af911acc8f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86401566" name="name5315699430b8aee61" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="85755185" name="name615469af911ace511" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8645699430b8aee5d" cstate="print"/>
+                    <a:blip r:embed="rId658069af911ace50d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8341699430b8af9b9" w:history="1">
+      <w:hyperlink r:id="rId718969af911acfad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6135,51 +6135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9337699430b8b0781" w:history="1">
+      <w:hyperlink r:id="rId128669af911ad0d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6312,92 +6312,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9741699430b8b08a1" w:history="1">
+      <w:hyperlink r:id="rId954169af911ad0e2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8865699430b8b08e6" w:history="1">
+      <w:hyperlink r:id="rId537769af911ad0e76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,51 +6412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8060699430b8b0946" w:history="1">
+      <w:hyperlink r:id="rId843769af911ad0ee3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6656,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6724699430b8b0acf" w:history="1">
+      <w:hyperlink r:id="rId418769af911ad10a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1083699430b8b0b60" w:history="1">
+      <w:hyperlink r:id="rId768069af911ad1140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1838699430b8b0c46" w:history="1">
+      <w:hyperlink r:id="rId845769af911ad1218" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4308699430b8b0d62" w:history="1">
+      <w:hyperlink r:id="rId333369af911ad1337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7179,51 +7179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1587699430b8b0e32" w:history="1">
+      <w:hyperlink r:id="rId751669af911ad140a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7572,51 +7572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3026699430b8b10b0" w:history="1">
+      <w:hyperlink r:id="rId336869af911ad16a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7662,51 +7662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2526699430b8b1142" w:history="1">
+      <w:hyperlink r:id="rId138469af911ad1733" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7861,51 +7861,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8428699430b8b1294" w:history="1">
+      <w:hyperlink r:id="rId542669af911ad1888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1337699430b8b1419" w:history="1">
+      <w:hyperlink r:id="rId610869af911ad1a0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8153,63 +8153,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46684218" name="name9825699430b8b1508" descr="eu_funding_250.png"/>
+            <wp:docPr id="79949188" name="name296969af911ad1c38" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1928699430b8b1507" cstate="print"/>
+                    <a:blip r:embed="rId880169af911ad1c37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8307,137 +8307,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44118158">
+  <w:abstractNum w:abstractNumId="88940343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11615228">
+    <w:lvl w:ilvl="0" w:tplc="25987451">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11615228" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25987451" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44118157">
+  <w:abstractNum w:abstractNumId="88940342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29731774">
+    <w:lvl w:ilvl="0" w:tplc="40402608">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9189,55 +9189,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44118157">
-    <w:abstractNumId w:val="44118157"/>
+  <w:num w:numId="88940342">
+    <w:abstractNumId w:val="88940342"/>
   </w:num>
-  <w:num w:numId="44118158">
-    <w:abstractNumId w:val="44118158"/>
+  <w:num w:numId="88940343">
+    <w:abstractNumId w:val="88940343"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20787,51 +20787,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId819088516" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId593029040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9544699430b8ad369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId9813699430b8ad3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId6869699430b8ad59f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId8341699430b8af9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId9337699430b8b0781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId9741699430b8b08a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId8865699430b8b08e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId8060699430b8b0946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6724699430b8b0acf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId1083699430b8b0b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId1838699430b8b0c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId4308699430b8b0d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId1587699430b8b0e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId3026699430b8b10b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId2526699430b8b1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId8428699430b8b1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId1337699430b8b1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9403699430b8ad495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9403699430b8ad495.jpg"/><Relationship Id="rId8645699430b8aee5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8645699430b8aee5d.jpg"/><Relationship Id="rId1928699430b8b1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1928699430b8b1507.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463304011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId936735850" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId603369af911acc05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId151469af911acc0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId734269af911acc8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId718969af911acfad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId128669af911ad0d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId954169af911ad0e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId537769af911ad0e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId843769af911ad0ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId418769af911ad10a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId768069af911ad1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId845769af911ad1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId333369af911ad1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId751669af911ad140a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId336869af911ad16a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId138469af911ad1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId542669af911ad1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId610869af911ad1a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId937069af911acc7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId937069af911acc7c8.jpg"/><Relationship Id="rId658069af911ace50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658069af911ace50d.jpg"/><Relationship Id="rId880169af911ad1c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880169af911ad1c37.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>