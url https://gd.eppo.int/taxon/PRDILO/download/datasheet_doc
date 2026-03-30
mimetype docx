--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Diptera: Cecidomyiidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud midge, citrus gall midge</w:t>
             </w:r>
-            <w:hyperlink r:id="rId603369af911acc05c" w:history="1">
+            <w:hyperlink r:id="rId717469ca143cb6814" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151469af911acc0c6" w:history="1">
+            <w:hyperlink r:id="rId902769ca143cb687f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRDILO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9598646" name="name337769af911acc7ca" descr="3764.jpg"/>
+                  <wp:docPr id="22141127" name="name733169ca143cb696a" descr="3764.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3764.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId937069af911acc7c8" cstate="print"/>
+                          <a:blip r:embed="rId140869ca143cb6969" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId734269af911acc8f5" w:history="1">
+            <w:hyperlink r:id="rId537769ca143cb6aa7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2530,63 +2530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85755185" name="name615469af911ace511" descr="PRDILO_distribution_map.jpg"/>
+            <wp:docPr id="65091898" name="name684969ca143cb876f" descr="PRDILO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRDILO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId658069af911ace50d" cstate="print"/>
+                    <a:blip r:embed="rId567369ca143cb876c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4016,51 +4016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018) or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contarinia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Diaz, 1981). For molecular identification Duque-Gamboa et al (2018a) reported DNA sequences for DNA barcodes (cytochrome oxidase I gene) and a region of the ribosomal DNA (ITS2) that are available at the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718969af911acfad7" w:history="1">
+      <w:hyperlink r:id="rId173969ca143cb93e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -6135,51 +6135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8351–8358. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128669af911ad0d06" w:history="1">
+      <w:hyperlink r:id="rId742369ca143cba39e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/rfna.v71n1.64262</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6312,92 +6312,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 204-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954169af911ad0e2d" w:history="1">
+      <w:hyperlink r:id="rId990169ca143cba503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/eea.12654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017a) Mini data sheet on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537769af911ad0e76" w:history="1">
+      <w:hyperlink r:id="rId475969ca143cba54d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PRDILO/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6412,51 +6412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017b) Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prodiplosis longifila (Diptera : Cecidomyiidae)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 1–27. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843769af911ad0ee3" w:history="1">
+      <w:hyperlink r:id="rId502769ca143cba5b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6656,51 +6656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 205. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418769af911ad10a9" w:history="1">
+      <w:hyperlink r:id="rId969269ca143cba746" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s40064-015-0987-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 184–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768069af911ad1140" w:history="1">
+      <w:hyperlink r:id="rId585169ca143cba7fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v67n1.62712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6874,51 +6874,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37-48.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kroschel J, Mujica N, Alcazar J, Canedo V, Zegarra O (2012) Developing integrated pest management for potato: experiences and lessons from two distinct potato production systems of Peru. In Wayne Honeycutt sustainable potato production: global case studies (eds He Z &amp; Larkin R), pp 419-450. Springer, Dordrecht, (NETH). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845769af911ad1218" w:history="1">
+      <w:hyperlink r:id="rId923169ca143cba911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-94-007-4104-1_25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7049,51 +7049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 181-190 (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333369af911ad1337" w:history="1">
+      <w:hyperlink r:id="rId934269ca143cbaa37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15446/acag.v63n2.30210</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7179,51 +7179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Miller) Lambayeque 2014]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Licenciatura en Biología</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Universidad Nacional Pedro Luis Gallo, Lambayeque, (PERU). (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751669af911ad140a" w:history="1">
+      <w:hyperlink r:id="rId441769ca143cbab2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7572,51 +7572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rebiol </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-6 (in Spanish) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336869af911ad16a0" w:history="1">
+      <w:hyperlink r:id="rId960869ca143cbae27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7662,51 +7662,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de grado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Facultad de Ciencias Agrarias, Universidad de Guayaquil, Ecuador. (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138469af911ad1733" w:history="1">
+      <w:hyperlink r:id="rId298369ca143cbaf03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7861,51 +7861,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Willd.]. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tesis de Maestría</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Escuela de Posgrado, Universidad La Molina, Lima, Peru (in Spanish). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542669af911ad1888" w:history="1">
+      <w:hyperlink r:id="rId730669ca143cbb063" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 November 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8096,51 +8096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prodiplosis longifila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610869af911ad1a0d" w:history="1">
+      <w:hyperlink r:id="rId657269ca143cbb1fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8153,63 +8153,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79949188" name="name296969af911ad1c38" descr="eu_funding_250.png"/>
+            <wp:docPr id="27925447" name="name480269ca143cbb2e0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId880169af911ad1c37" cstate="print"/>
+                    <a:blip r:embed="rId339569ca143cbb2df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8307,137 +8307,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88940343">
+  <w:abstractNum w:abstractNumId="14281775">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25987451">
+    <w:lvl w:ilvl="0" w:tplc="88290955">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25987451" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88290955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88940342">
+  <w:abstractNum w:abstractNumId="14281774">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40402608">
+    <w:lvl w:ilvl="0" w:tplc="74667979">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9189,55 +9189,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88940342">
-    <w:abstractNumId w:val="88940342"/>
+  <w:num w:numId="14281774">
+    <w:abstractNumId w:val="14281774"/>
   </w:num>
-  <w:num w:numId="88940343">
-    <w:abstractNumId w:val="88940343"/>
+  <w:num w:numId="14281775">
+    <w:abstractNumId w:val="14281775"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20787,51 +20787,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463304011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId936735850" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId603369af911acc05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId151469af911acc0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId734269af911acc8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId718969af911acfad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId128669af911ad0d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId954169af911ad0e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId537769af911ad0e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId843769af911ad0ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId418769af911ad10a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId768069af911ad1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId845769af911ad1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId333369af911ad1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId751669af911ad140a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId336869af911ad16a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId138469af911ad1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId542669af911ad1888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId610869af911ad1a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId937069af911acc7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId937069af911acc7c8.jpg"/><Relationship Id="rId658069af911ace50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658069af911ace50d.jpg"/><Relationship Id="rId880169af911ad1c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880169af911ad1c37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832622846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434479001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId717469ca143cb6814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/" TargetMode="External"/><Relationship Id="rId902769ca143cb687f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/categorization" TargetMode="External"/><Relationship Id="rId537769ca143cb6aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/photos" TargetMode="External"/><Relationship Id="rId173969ca143cb93e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=prodiplosis%20longifila" TargetMode="External"/><Relationship Id="rId742369ca143cba39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/rfna.v71n1.64262" TargetMode="External"/><Relationship Id="rId990169ca143cba503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/eea.12654" TargetMode="External"/><Relationship Id="rId475969ca143cba54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRDILO/documents" TargetMode="External"/><Relationship Id="rId502769ca143cba5b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId969269ca143cba746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s40064-015-0987-6" TargetMode="External"/><Relationship Id="rId585169ca143cba7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v67n1.62712" TargetMode="External"/><Relationship Id="rId923169ca143cba911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-94-007-4104-1_25" TargetMode="External"/><Relationship Id="rId934269ca143cbaa37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15446/acag.v63n2.30210" TargetMode="External"/><Relationship Id="rId441769ca143cbab2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unprg.edu.pe:8080/bitstream/handle/20.500.12893/57/BC-TES-3676.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId960869ca143cbae27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.scribd.com/document/143023049/Actividad-entomopatA-gena-de-cuatro-especies-de-hongos-sobre-Prodiplosis" TargetMode="External"/><Relationship Id="rId298369ca143cbaf03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.ug.edu.ec/bitstream/redug/7390/1/TESIS_LAURA_RENDON.pdf" TargetMode="External"/><Relationship Id="rId730669ca143cbb063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.lamolina.edu.pe/handle/20.500.12996/4743" TargetMode="External"/><Relationship Id="rId657269ca143cbb1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId140869ca143cb6969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140869ca143cb6969.jpg"/><Relationship Id="rId567369ca143cb876c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567369ca143cb876c.jpg"/><Relationship Id="rId339569ca143cbb2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId339569ca143cbb2df.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>