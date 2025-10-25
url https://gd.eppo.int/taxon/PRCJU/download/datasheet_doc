--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497768e1cfb4609aa" w:history="1">
+            <w:hyperlink r:id="rId939068fd1d36e9d73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360868e1cfb460a15" w:history="1">
+            <w:hyperlink r:id="rId789768fd1d36e9dda" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11375953" name="name400968e1cfb460b20" descr="5061.jpg"/>
+                  <wp:docPr id="63078777" name="name539368fd1d36e9ebb" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId964968e1cfb460b1e" cstate="print"/>
+                          <a:blip r:embed="rId775268fd1d36e9eba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId685068e1cfb460c8e" w:history="1">
+            <w:hyperlink r:id="rId333868fd1d36e9fb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24476130" name="name236768e1cfb4620f1" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="42356091" name="name401068fd1d36eb6cc" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId964568e1cfb4620ed" cstate="print"/>
+                    <a:blip r:embed="rId613668fd1d36eb6c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId312468e1cfb4639b4" w:history="1">
+      <w:hyperlink r:id="rId386768fd1d36ece1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991768e1cfb463b12" w:history="1">
+      <w:hyperlink r:id="rId579168fd1d36ecf75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172268e1cfb463ff1" w:history="1">
+      <w:hyperlink r:id="rId117968fd1d36ed456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718468e1cfb464388" w:history="1">
+      <w:hyperlink r:id="rId885268fd1d36ed7fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId297968e1cfb464c0a" w:history="1">
+      <w:hyperlink r:id="rId309268fd1d36ee067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8793,51 +8793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531168e1cfb4650d2" w:history="1">
+      <w:hyperlink r:id="rId487068fd1d36ee545" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194768e1cfb465199" w:history="1">
+      <w:hyperlink r:id="rId103168fd1d36ee60e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85891583">
+  <w:abstractNum w:abstractNumId="86401909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23962862">
+    <w:lvl w:ilvl="0" w:tplc="51448152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23962862" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51448152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85891582">
+  <w:abstractNum w:abstractNumId="86401908">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87741588">
+    <w:lvl w:ilvl="0" w:tplc="89218484">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85891582">
-    <w:abstractNumId w:val="85891582"/>
+  <w:num w:numId="86401908">
+    <w:abstractNumId w:val="86401908"/>
   </w:num>
-  <w:num w:numId="85891583">
-    <w:abstractNumId w:val="85891583"/>
+  <w:num w:numId="86401909">
+    <w:abstractNumId w:val="86401909"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682493421" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412747997" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId497768e1cfb4609aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId360868e1cfb460a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId685068e1cfb460c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId312468e1cfb4639b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId991768e1cfb463b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId172268e1cfb463ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId718468e1cfb464388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId297968e1cfb464c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId531168e1cfb4650d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId194768e1cfb465199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId964968e1cfb460b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964968e1cfb460b1e.jpg"/><Relationship Id="rId964568e1cfb4620ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964568e1cfb4620ed.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295204909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId445764440" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId939068fd1d36e9d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId789768fd1d36e9dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId333868fd1d36e9fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId386768fd1d36ece1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId579168fd1d36ecf75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId117968fd1d36ed456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId885268fd1d36ed7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId309268fd1d36ee067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId487068fd1d36ee545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId103168fd1d36ee60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId775268fd1d36e9eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775268fd1d36e9eba.jpg"/><Relationship Id="rId613668fd1d36eb6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613668fd1d36eb6c9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>