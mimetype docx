--- v1 (2025-10-25)
+++ v2 (2025-11-18)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId939068fd1d36e9d73" w:history="1">
+            <w:hyperlink r:id="rId7764691cc4fdaf9f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId789768fd1d36e9dda" w:history="1">
+            <w:hyperlink r:id="rId4862691cc4fdafa5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63078777" name="name539368fd1d36e9ebb" descr="5061.jpg"/>
+                  <wp:docPr id="1695458" name="name9303691cc4fdafb30" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId775268fd1d36e9eba" cstate="print"/>
+                          <a:blip r:embed="rId2036691cc4fdafb2f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId333868fd1d36e9fb6" w:history="1">
+            <w:hyperlink r:id="rId6142691cc4fdafc36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42356091" name="name401068fd1d36eb6cc" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="99497979" name="name6804691cc4fdb1541" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId613668fd1d36eb6c9" cstate="print"/>
+                    <a:blip r:embed="rId1367691cc4fdb153e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId386768fd1d36ece1f" w:history="1">
+      <w:hyperlink r:id="rId6506691cc4fdb34da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579168fd1d36ecf75" w:history="1">
+      <w:hyperlink r:id="rId7547691cc4fdb3639" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117968fd1d36ed456" w:history="1">
+      <w:hyperlink r:id="rId6539691cc4fdb3b6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885268fd1d36ed7fa" w:history="1">
+      <w:hyperlink r:id="rId2469691cc4fdb401d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309268fd1d36ee067" w:history="1">
+      <w:hyperlink r:id="rId3006691cc4fdb49df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8793,51 +8793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487068fd1d36ee545" w:history="1">
+      <w:hyperlink r:id="rId7567691cc4fdb5178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103168fd1d36ee60e" w:history="1">
+      <w:hyperlink r:id="rId2422691cc4fdb53f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86401909">
+  <w:abstractNum w:abstractNumId="78199978">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51448152">
+    <w:lvl w:ilvl="0" w:tplc="78057250">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51448152" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78057250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86401908">
+  <w:abstractNum w:abstractNumId="78199977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89218484">
+    <w:lvl w:ilvl="0" w:tplc="75134788">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86401908">
-    <w:abstractNumId w:val="86401908"/>
+  <w:num w:numId="78199977">
+    <w:abstractNumId w:val="78199977"/>
   </w:num>
-  <w:num w:numId="86401909">
-    <w:abstractNumId w:val="86401909"/>
+  <w:num w:numId="78199978">
+    <w:abstractNumId w:val="78199978"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295204909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId445764440" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId939068fd1d36e9d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId789768fd1d36e9dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId333868fd1d36e9fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId386768fd1d36ece1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId579168fd1d36ecf75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId117968fd1d36ed456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId885268fd1d36ed7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId309268fd1d36ee067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId487068fd1d36ee545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId103168fd1d36ee60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId775268fd1d36e9eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775268fd1d36e9eba.jpg"/><Relationship Id="rId613668fd1d36eb6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613668fd1d36eb6c9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345262396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219151049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7764691cc4fdaf9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId4862691cc4fdafa5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId6142691cc4fdafc36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId6506691cc4fdb34da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId7547691cc4fdb3639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId6539691cc4fdb3b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId2469691cc4fdb401d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId3006691cc4fdb49df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId7567691cc4fdb5178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2422691cc4fdb53f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId2036691cc4fdafb2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2036691cc4fdafb2f.jpg"/><Relationship Id="rId1367691cc4fdb153e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1367691cc4fdb153e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>