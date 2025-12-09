--- v2 (2025-11-18)
+++ v3 (2025-12-09)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7764691cc4fdaf9f4" w:history="1">
+            <w:hyperlink r:id="rId84776937f5289bc6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4862691cc4fdafa5d" w:history="1">
+            <w:hyperlink r:id="rId31636937f5289bce6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1695458" name="name9303691cc4fdafb30" descr="5061.jpg"/>
+                  <wp:docPr id="88418395" name="name12326937f5289bdd9" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2036691cc4fdafb2f" cstate="print"/>
+                          <a:blip r:embed="rId29266937f5289bdd7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6142691cc4fdafc36" w:history="1">
+            <w:hyperlink r:id="rId37866937f5289bf16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99497979" name="name6804691cc4fdb1541" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="18582535" name="name68976937f5289d4b7" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1367691cc4fdb153e" cstate="print"/>
+                    <a:blip r:embed="rId79106937f5289d4b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6506691cc4fdb34da" w:history="1">
+      <w:hyperlink r:id="rId22796937f5289eca4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7547691cc4fdb3639" w:history="1">
+      <w:hyperlink r:id="rId10096937f5289edfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6539691cc4fdb3b6f" w:history="1">
+      <w:hyperlink r:id="rId91256937f5289f2df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2469691cc4fdb401d" w:history="1">
+      <w:hyperlink r:id="rId61526937f5289f677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3006691cc4fdb49df" w:history="1">
+      <w:hyperlink r:id="rId17646937f5289fec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8793,51 +8793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7567691cc4fdb5178" w:history="1">
+      <w:hyperlink r:id="rId56996937f528a03a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2422691cc4fdb53f4" w:history="1">
+      <w:hyperlink r:id="rId17446937f528a0472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78199978">
+  <w:abstractNum w:abstractNumId="66408960">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78057250">
+    <w:lvl w:ilvl="0" w:tplc="68286953">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78057250" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68286953" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78199977">
+  <w:abstractNum w:abstractNumId="66408959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75134788">
+    <w:lvl w:ilvl="0" w:tplc="34944327">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78199977">
-    <w:abstractNumId w:val="78199977"/>
+  <w:num w:numId="66408959">
+    <w:abstractNumId w:val="66408959"/>
   </w:num>
-  <w:num w:numId="78199978">
-    <w:abstractNumId w:val="78199978"/>
+  <w:num w:numId="66408960">
+    <w:abstractNumId w:val="66408960"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345262396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219151049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7764691cc4fdaf9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId4862691cc4fdafa5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId6142691cc4fdafc36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId6506691cc4fdb34da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId7547691cc4fdb3639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId6539691cc4fdb3b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId2469691cc4fdb401d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId3006691cc4fdb49df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId7567691cc4fdb5178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2422691cc4fdb53f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId2036691cc4fdafb2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2036691cc4fdafb2f.jpg"/><Relationship Id="rId1367691cc4fdb153e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1367691cc4fdb153e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId298448577" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId112577218" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84776937f5289bc6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId31636937f5289bce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId37866937f5289bf16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId22796937f5289eca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId10096937f5289edfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId91256937f5289f2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId61526937f5289f677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId17646937f5289fec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId56996937f528a03a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17446937f528a0472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId29266937f5289bdd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29266937f5289bdd7.jpg"/><Relationship Id="rId79106937f5289d4b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79106937f5289d4b2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>