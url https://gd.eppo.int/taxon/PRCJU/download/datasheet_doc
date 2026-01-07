--- v3 (2025-12-09)
+++ v4 (2026-01-07)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84776937f5289bc6f" w:history="1">
+            <w:hyperlink r:id="rId3864695dead62d7f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31636937f5289bce6" w:history="1">
+            <w:hyperlink r:id="rId2468695dead62d862" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88418395" name="name12326937f5289bdd9" descr="5061.jpg"/>
+                  <wp:docPr id="83540182" name="name5914695dead62e137" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29266937f5289bdd7" cstate="print"/>
+                          <a:blip r:embed="rId7843695dead62e135" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId37866937f5289bf16" w:history="1">
+            <w:hyperlink r:id="rId5538695dead62e26c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18582535" name="name68976937f5289d4b7" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="26975479" name="name3314695dead62f859" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79106937f5289d4b2" cstate="print"/>
+                    <a:blip r:embed="rId9202695dead62f856" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22796937f5289eca4" w:history="1">
+      <w:hyperlink r:id="rId8004695dead63106c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10096937f5289edfb" w:history="1">
+      <w:hyperlink r:id="rId4671695dead6311c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91256937f5289f2df" w:history="1">
+      <w:hyperlink r:id="rId1173695dead63169c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61526937f5289f677" w:history="1">
+      <w:hyperlink r:id="rId2885695dead631a34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17646937f5289fec4" w:history="1">
+      <w:hyperlink r:id="rId3369695dead632290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8771,73 +8771,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56996937f528a03a6" w:history="1">
+      <w:hyperlink r:id="rId6077695dead63277f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17446937f528a0472" w:history="1">
+      <w:hyperlink r:id="rId2788695dead632961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66408960">
+  <w:abstractNum w:abstractNumId="78502161">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68286953">
+    <w:lvl w:ilvl="0" w:tplc="85461594">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68286953" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85461594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66408959">
+  <w:abstractNum w:abstractNumId="78502160">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34944327">
+    <w:lvl w:ilvl="0" w:tplc="25025844">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66408959">
-    <w:abstractNumId w:val="66408959"/>
+  <w:num w:numId="78502160">
+    <w:abstractNumId w:val="78502160"/>
   </w:num>
-  <w:num w:numId="66408960">
-    <w:abstractNumId w:val="66408960"/>
+  <w:num w:numId="78502161">
+    <w:abstractNumId w:val="78502161"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId298448577" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId112577218" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84776937f5289bc6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId31636937f5289bce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId37866937f5289bf16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId22796937f5289eca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId10096937f5289edfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId91256937f5289f2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId61526937f5289f677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId17646937f5289fec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId56996937f528a03a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17446937f528a0472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId29266937f5289bdd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29266937f5289bdd7.jpg"/><Relationship Id="rId79106937f5289d4b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79106937f5289d4b2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId924296586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId642889637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3864695dead62d7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId2468695dead62d862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId5538695dead62e26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId8004695dead63106c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId4671695dead6311c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId1173695dead63169c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId2885695dead631a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId3369695dead632290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId6077695dead63277f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2788695dead632961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId7843695dead62e135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7843695dead62e135.jpg"/><Relationship Id="rId9202695dead62f856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9202695dead62f856.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>