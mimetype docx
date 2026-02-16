--- v4 (2026-01-07)
+++ v5 (2026-02-16)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3864695dead62d7f8" w:history="1">
+            <w:hyperlink r:id="rId25896993a75d17356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2468695dead62d862" w:history="1">
+            <w:hyperlink r:id="rId64156993a75d173be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83540182" name="name5914695dead62e137" descr="5061.jpg"/>
+                  <wp:docPr id="52207805" name="name14246993a75d1794d" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7843695dead62e135" cstate="print"/>
+                          <a:blip r:embed="rId22126993a75d1794b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5538695dead62e26c" w:history="1">
+            <w:hyperlink r:id="rId54746993a75d17a65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26975479" name="name3314695dead62f859" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="70755860" name="name10696993a75d19012" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9202695dead62f856" cstate="print"/>
+                    <a:blip r:embed="rId64436993a75d1900f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8004695dead63106c" w:history="1">
+      <w:hyperlink r:id="rId54216993a75d1a952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4671695dead6311c6" w:history="1">
+      <w:hyperlink r:id="rId47936993a75d1aaaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1173695dead63169c" w:history="1">
+      <w:hyperlink r:id="rId48776993a75d1af7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2885695dead631a34" w:history="1">
+      <w:hyperlink r:id="rId63176993a75d1b314" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3369695dead632290" w:history="1">
+      <w:hyperlink r:id="rId93316993a75d1bf92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8793,51 +8793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6077695dead63277f" w:history="1">
+      <w:hyperlink r:id="rId63106993a75d1c5ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2788695dead632961" w:history="1">
+      <w:hyperlink r:id="rId32006993a75d1c6ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78502161">
+  <w:abstractNum w:abstractNumId="52459497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85461594">
+    <w:lvl w:ilvl="0" w:tplc="79415472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85461594" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79415472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78502160">
+  <w:abstractNum w:abstractNumId="52459496">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25025844">
+    <w:lvl w:ilvl="0" w:tplc="77113126">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78502160">
-    <w:abstractNumId w:val="78502160"/>
+  <w:num w:numId="52459496">
+    <w:abstractNumId w:val="52459496"/>
   </w:num>
-  <w:num w:numId="78502161">
-    <w:abstractNumId w:val="78502161"/>
+  <w:num w:numId="52459497">
+    <w:abstractNumId w:val="52459497"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId924296586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId642889637" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3864695dead62d7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId2468695dead62d862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId5538695dead62e26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId8004695dead63106c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId4671695dead6311c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId1173695dead63169c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId2885695dead631a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId3369695dead632290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId6077695dead63277f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2788695dead632961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId7843695dead62e135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7843695dead62e135.jpg"/><Relationship Id="rId9202695dead62f856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9202695dead62f856.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173050763" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414349880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25896993a75d17356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId64156993a75d173be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId54746993a75d17a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId54216993a75d1a952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId47936993a75d1aaaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId48776993a75d1af7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId63176993a75d1b314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId93316993a75d1bf92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId63106993a75d1c5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32006993a75d1c6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId22126993a75d1794b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22126993a75d1794b.jpg"/><Relationship Id="rId64436993a75d1900f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64436993a75d1900f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>