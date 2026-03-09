--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25896993a75d17356" w:history="1">
+            <w:hyperlink r:id="rId330869aebf24ef1ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64156993a75d173be" w:history="1">
+            <w:hyperlink r:id="rId513469aebf24ef218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52207805" name="name14246993a75d1794d" descr="5061.jpg"/>
+                  <wp:docPr id="87911635" name="name586569aebf24efa49" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22126993a75d1794b" cstate="print"/>
+                          <a:blip r:embed="rId103069aebf24efa47" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId54746993a75d17a65" w:history="1">
+            <w:hyperlink r:id="rId779469aebf24efb8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70755860" name="name10696993a75d19012" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="46821047" name="name763669aebf24f0ea4" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64436993a75d1900f" cstate="print"/>
+                    <a:blip r:embed="rId389069aebf24f0ea0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId54216993a75d1a952" w:history="1">
+      <w:hyperlink r:id="rId805969aebf24f2689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47936993a75d1aaaa" w:history="1">
+      <w:hyperlink r:id="rId164169aebf24f27ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48776993a75d1af7d" w:history="1">
+      <w:hyperlink r:id="rId230369aebf24f2ce3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63176993a75d1b314" w:history="1">
+      <w:hyperlink r:id="rId427169aebf24f3073" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93316993a75d1bf92" w:history="1">
+      <w:hyperlink r:id="rId696169aebf24f38ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8793,51 +8793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63106993a75d1c5ef" w:history="1">
+      <w:hyperlink r:id="rId201669aebf24f3d90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32006993a75d1c6ef" w:history="1">
+      <w:hyperlink r:id="rId301569aebf24f3f45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52459497">
+  <w:abstractNum w:abstractNumId="97341043">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79415472">
+    <w:lvl w:ilvl="0" w:tplc="17462316">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79415472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17462316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52459496">
+  <w:abstractNum w:abstractNumId="97341042">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77113126">
+    <w:lvl w:ilvl="0" w:tplc="22232659">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52459496">
-    <w:abstractNumId w:val="52459496"/>
+  <w:num w:numId="97341042">
+    <w:abstractNumId w:val="97341042"/>
   </w:num>
-  <w:num w:numId="52459497">
-    <w:abstractNumId w:val="52459497"/>
+  <w:num w:numId="97341043">
+    <w:abstractNumId w:val="97341043"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173050763" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414349880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25896993a75d17356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId64156993a75d173be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId54746993a75d17a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId54216993a75d1a952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId47936993a75d1aaaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId48776993a75d1af7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId63176993a75d1b314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId93316993a75d1bf92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId63106993a75d1c5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32006993a75d1c6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId22126993a75d1794b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22126993a75d1794b.jpg"/><Relationship Id="rId64436993a75d1900f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64436993a75d1900f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121083610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124619370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId330869aebf24ef1ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId513469aebf24ef218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId779469aebf24efb8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId805969aebf24f2689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId164169aebf24f27ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId230369aebf24f2ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId427169aebf24f3073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId696169aebf24f38ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId201669aebf24f3d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId301569aebf24f3f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId103069aebf24efa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId103069aebf24efa47.jpg"/><Relationship Id="rId389069aebf24f0ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId389069aebf24f0ea0.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>