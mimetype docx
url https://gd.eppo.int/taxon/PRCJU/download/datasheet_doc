--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -644,51 +644,51 @@
               <w:t xml:space="preserve"> Náves</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> algaroba (AU), algaroba bean, mesquite, mesquite (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330869aebf24ef1ad" w:history="1">
+            <w:hyperlink r:id="rId762469c9d5e8eeb0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -704,51 +704,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513469aebf24ef218" w:history="1">
+            <w:hyperlink r:id="rId826469c9d5e8eeb72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -762,86 +762,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRCJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87911635" name="name586569aebf24efa49" descr="5061.jpg"/>
+                  <wp:docPr id="884376" name="name689969c9d5e8ef15f" descr="5061.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5061.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId103069aebf24efa47" cstate="print"/>
+                          <a:blip r:embed="rId730169c9d5e8ef15e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId779469aebf24efb8a" w:history="1">
+            <w:hyperlink r:id="rId304969c9d5e8ef247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1863,63 +1863,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46821047" name="name763669aebf24f0ea4" descr="PRCJU_distribution_map.jpg"/>
+            <wp:docPr id="12207341" name="name837169c9d5e8f06a7" descr="PRCJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PRCJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId389069aebf24f0ea0" cstate="print"/>
+                    <a:blip r:embed="rId303369c9d5e8f06a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5207,51 +5207,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The US State of Hawaii, includes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on its list of noxious weeds (Hawaii Invasive Species Council, 2018). The whole genus is listed as a noxious weed in the State of Florida (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId805969aebf24f2689" w:history="1">
+      <w:hyperlink r:id="rId639669c9d5e8f1e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/noxious</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5414,51 +5414,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164169aebf24f27ee" w:history="1">
+      <w:hyperlink r:id="rId749369c9d5e8f1f9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl? taxon_id=68407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 May 2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6178,51 +6178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fabaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230369aebf24f2ce3" w:history="1">
+      <w:hyperlink r:id="rId856669c9d5e8f24dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 19 September 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6745,51 +6745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hawaii Invasive Plant Species Council (2018) Long-thorn Kiawe (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prosopis juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427169aebf24f3073" w:history="1">
+      <w:hyperlink r:id="rId196369c9d5e8f286e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 March 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8043,51 +8043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pii: plu027. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696169aebf24f38ce" w:history="1">
+      <w:hyperlink r:id="rId223469c9d5e8f30bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aobpla/plu027 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8793,51 +8793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neltuma juliflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201669aebf24f3d90" w:history="1">
+      <w:hyperlink r:id="rId489769c9d5e8f35a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8913,51 +8913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 290-297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301569aebf24f3f45" w:history="1">
+      <w:hyperlink r:id="rId190169c9d5e8f3673" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12531</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -9044,137 +9044,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97341043">
+  <w:abstractNum w:abstractNumId="37781993">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17462316">
+    <w:lvl w:ilvl="0" w:tplc="27183073">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17462316" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27183073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97341042">
+  <w:abstractNum w:abstractNumId="37781992">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22232659">
+    <w:lvl w:ilvl="0" w:tplc="70342114">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9926,55 +9926,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97341042">
-    <w:abstractNumId w:val="97341042"/>
+  <w:num w:numId="37781992">
+    <w:abstractNumId w:val="37781992"/>
   </w:num>
-  <w:num w:numId="97341043">
-    <w:abstractNumId w:val="97341043"/>
+  <w:num w:numId="37781993">
+    <w:abstractNumId w:val="37781993"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21524,51 +21524,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121083610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124619370" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId330869aebf24ef1ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId513469aebf24ef218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId779469aebf24efb8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId805969aebf24f2689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId164169aebf24f27ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId230369aebf24f2ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId427169aebf24f3073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId696169aebf24f38ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId201669aebf24f3d90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId301569aebf24f3f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId103069aebf24efa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId103069aebf24efa47.jpg"/><Relationship Id="rId389069aebf24f0ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId389069aebf24f0ea0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215814457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId752560789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId762469c9d5e8eeb0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/" TargetMode="External"/><Relationship Id="rId826469c9d5e8eeb72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/categorization" TargetMode="External"/><Relationship Id="rId304969c9d5e8ef247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PRCJU/photos" TargetMode="External"/><Relationship Id="rId639669c9d5e8f1e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxious" TargetMode="External"/><Relationship Id="rId749369c9d5e8f1f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?%20taxon_id=68407" TargetMode="External"/><Relationship Id="rId856669c9d5e8f24dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/ACTIVITIES/plant_quarantine/alert_list_plants/prosopis_species" TargetMode="External"/><Relationship Id="rId196369c9d5e8f286e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlnr.hawaii.gov/hisc/info/invasive-speciesprofiles/long-thorn-kiawe/" TargetMode="External"/><Relationship Id="rId223469c9d5e8f30bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aobpla/plu027" TargetMode="External"/><Relationship Id="rId489769c9d5e8f35a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId190169c9d5e8f3673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12531" TargetMode="External"/><Relationship Id="rId730169c9d5e8ef15e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730169c9d5e8ef15e.jpg"/><Relationship Id="rId303369c9d5e8f06a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303369c9d5e8f06a4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>