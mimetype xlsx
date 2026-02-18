--- v0 (2025-10-08)
+++ v1 (2026-02-18)
@@ -188,60 +188,60 @@
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -578,51 +578,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -1022,51 +1022,51 @@
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26" t="s">
         <v>60</v>
       </c>
       <c r="D26" t="s">
         <v>59</v>
       </c>
       <c r="E26" t="s">
         <v>61</v>
       </c>
       <c r="F26" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" t="s">
         <v>62</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>25</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>