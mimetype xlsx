--- v0 (2025-10-04)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PRABMY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CIDRE</t>
   </si>
   <si>
     <t>Citrus reticulata</t>
   </si>
   <si>
     <t>CIDPA</t>
   </si>
   <si>
@@ -107,132 +107,159 @@
   <si>
     <t>CINCA</t>
   </si>
   <si>
     <t>Cinnamomum camphora</t>
   </si>
   <si>
     <t>1CIDG</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
     <t>PMITR</t>
   </si>
   <si>
     <t>Citrus trifoliata</t>
   </si>
   <si>
     <t>1COFG</t>
   </si>
   <si>
     <t>Coffea</t>
   </si>
   <si>
+    <t>COFCA</t>
+  </si>
+  <si>
+    <t>Coffea canephora</t>
+  </si>
+  <si>
+    <t>* Ventura J, Jegeski R, Martins DD, Morales-Silva T, De Lima AF, Zanúncio Junior JS (2025) Novas especies e registros de moscas-brancas (Aleyrodidae: Hemiptera) em cafe Coffea canephora Pierre ex Froehner no estado do Espirito Santo, Brasil. In: SIMPOSIO INCAPER PESQUISA, 5., Seminário de Iniciação Científica do Incaper, 5., 2025, Vitoria. Inovabilidade no campo: soluções para a resiliência dos agroecossistemas: anais. Vitoria, ES: Incaper, 2025. p. 90. Modo de acesso: World Wide Web. Editores: Rafael Nunes de Almeida, Coralline Barbosa da Silva, Danieltom Ozéias Vandermas Barbosa Vinagre e David dos Santos Martins.</t>
+  </si>
+  <si>
     <t>DOSKA</t>
   </si>
   <si>
     <t>Diospyros kaki</t>
   </si>
   <si>
     <t>EIOJA</t>
   </si>
   <si>
     <t>Eriobotrya japonica</t>
   </si>
   <si>
     <t>FIUCA</t>
   </si>
   <si>
     <t>Ficus carica</t>
   </si>
   <si>
     <t>1FOLG</t>
   </si>
   <si>
     <t>Fortunella</t>
   </si>
   <si>
     <t>GADJA</t>
   </si>
   <si>
     <t>Gardenia jasminoides</t>
   </si>
   <si>
     <t>1HIBG</t>
   </si>
   <si>
     <t>Hibiscus</t>
   </si>
   <si>
     <t>1MORG</t>
   </si>
   <si>
     <t>Morus</t>
   </si>
   <si>
     <t>MORAL</t>
   </si>
   <si>
     <t>Morus alba</t>
   </si>
   <si>
+    <t>PRTQU</t>
+  </si>
+  <si>
+    <t>Parthenocissus quinquefolia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Érsek L, Ripka G (2025) First occurrence of an alien whitefly species, Parabemisia myricae (Kuwana, 1927) (Hemiptera: Aleyrodidae) in Hungary. Növényvédelem 86(12), 549-555. </t>
+  </si>
+  <si>
     <t>1PRNG</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
     <t>PRNAV</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>PRNDO</t>
   </si>
   <si>
     <t>Prunus domestica</t>
   </si>
   <si>
     <t>PRNPS</t>
   </si>
   <si>
     <t>Prunus persica</t>
   </si>
   <si>
     <t>PRNSC</t>
   </si>
   <si>
     <t>Prunus salicina</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
+  </si>
+  <si>
+    <t>PYUSS</t>
+  </si>
+  <si>
+    <t>Pyrus sp.</t>
+  </si>
+  <si>
+    <t>* He XF, Xu MJ, Zhuge M, Deng JY, Zhou GX, Xu ZH, Wang JR (2022) The record of whiteflies (Hemiptera; Aleyrodidae) from Pyrus in Zhejiang Province.  Journal of Environmental Entomology 44(1), 118-126. (abst).</t>
   </si>
   <si>
     <t>1QUEG</t>
   </si>
   <si>
     <t>Quercus</t>
   </si>
   <si>
     <t>1SAXG</t>
   </si>
   <si>
     <t>Salix</t>
   </si>
   <si>
     <t>2WOOP</t>
   </si>
   <si>
     <t>woody plants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -554,62 +581,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="735.963" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -736,243 +763,285 @@
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>51</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C24" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C25" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C26" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31"/>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32"/>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>