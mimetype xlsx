--- v0 (2025-10-11)
+++ v1 (2026-02-20)
@@ -12,86 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PQASS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Baker CA, Davison D, Jones L (2007) Impatiens necrotic spot virus and Tomato spotted wilt virus diagnosed in Phalaenopsis orchids from two Florida nurseries. Plant Disease 91, 1515.
 ------- Confirmed host.
 * Werkam AW, Verhoeven JThJ, Roenhorst JW (2007) Plant species found infected by Tomato spotted wilt virus and Impatiens necrotic spot virus at the Dutch Plant Protection Service since 1989. https://edepot.wur.nl/341977 (accessed on 14 June 2021).
 ------- Confirmed host.</t>
+  </si>
+  <si>
+    <t>PPV000</t>
+  </si>
+  <si>
+    <t>Potyvirus plumpoxi</t>
+  </si>
+  <si>
+    <t>* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261
+-----reported in Phalaenopsis amabilis, P. haojili, P. hongfuqitian in Fujian Province</t>
+  </si>
+  <si>
+    <t>TOMMV0</t>
+  </si>
+  <si>
+    <t>Tobamovirus maculatessellati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261
+------detected on Phalaenopsis amabilis, P. haojili, P. hongfuqitian in Fujian Province, China. </t>
+  </si>
+  <si>
+    <t>TMV000</t>
+  </si>
+  <si>
+    <t>Tobamovirus tabaci</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261
+----reported in Phalaenopsis amabilis, P. haojili, P. hongfuqitian in Fujian Province, China. </t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANAPCO</t>
   </si>
   <si>
     <t>Dichromothrips corbetti (as Phalaenopsis)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -404,51 +434,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -462,59 +492,101 @@
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>