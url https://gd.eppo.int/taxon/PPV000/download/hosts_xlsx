--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PPV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PRNAR</t>
   </si>
   <si>
     <t>Prunus armeniaca</t>
   </si>
   <si>
     <t>* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 * Glasa M, Candresse T (2005) Plum pox virus. AAB Description of Plant Viruses. No. 410. http://www.dpvweb.net/dpv/showdpv.php?dpvno=410
 * Gottwald TR, Avinent L, Llácer G, Hermoso de Mendoza A, Cambra M (1995) Analysis of the spatial spread of sharka (plum pox virus) in apricot and peach orchards in eastern Spain. Plant Disease 79, 266-278.
@@ -70,50 +70,69 @@
   </si>
   <si>
     <t xml:space="preserve">* Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 * Glasa M, Candresse T (2005) Plum pox virus. AAB Description of Plant Viruses. No. 410. http://www.dpvweb.net/dpv/showdpv.php?dpvno=410
 * Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
   </si>
   <si>
     <t>PRNPS</t>
   </si>
   <si>
     <t>Prunus persica</t>
   </si>
   <si>
     <t xml:space="preserve">* Glasa M, Candresse T (2005) Plum pox virus. AAB Description of Plant Viruses. No. 410. http://www.dpvweb.net/dpv/showdpv.php?dpvno=410
 * Gottwald TR, Avinent L, Llácer G, Hermoso de Mendoza A, Cambra M (1995) Analysis of the spatial spread of sharka (plum pox virus) in apricot and peach orchards in eastern Spain. Plant Disease 79, 266-278.
 * Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
   </si>
   <si>
     <t>PRNSC</t>
   </si>
   <si>
     <t>Prunus salicina</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>PQAAM</t>
+  </si>
+  <si>
+    <t>Phalaenopsis amabilis</t>
+  </si>
+  <si>
+    <t>* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261</t>
+  </si>
+  <si>
+    <t>PQASS</t>
+  </si>
+  <si>
+    <t>Phalaenopsis sp.</t>
+  </si>
+  <si>
+    <t>* Huang J, Chen Y, Zhu X, Li C, Hu H, Zhang J, Hu J, Zhao S, Zhang S, Hu Q, Wu J (2025) Viral detection in Phalaenopsis orchids using high-throughput sequencing and one-step multiplex RT-PCR. Plant Disease 109(11), 2257-2261
+-----reported in Phalaenopsis amabilis, P. haojili, P. hongfuqitian in Fujian Province</t>
   </si>
   <si>
     <t>PRNAM</t>
   </si>
   <si>
     <t>Prunus americana</t>
   </si>
   <si>
     <t xml:space="preserve">* Stobbs LW, Van Driel L, Whybourne K, Carlson C, Tulloch M, Van Lier L (2005) Distribution of Plum pox virus in residential sites, commercial nurseries, and native plant species in the Niagara Region, Ontario, Canada. Plant Disease 89, 822-827. </t>
   </si>
   <si>
     <t>PRNAV</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t xml:space="preserve">* Crescenzi A, d'Aquino L, Comes S, Nuzzaci M, Piazzolla P, Boscia D, Hadidi A (1997) Characterization of the sweet cherry isolate of Plum pox potyvirus. Plant Disease 81, 711-714.
 * Damsteegt VD, Scorza R, Stone AL, Schneider WL, Webb K, Demuth M, Gildow FE (2007) Prunus host range of Plum pox virus (PPV) in the United States by aphid and graft inoculation. Plant Disease 91, 18-23.
 </t>
   </si>
   <si>
     <t>PRNBE</t>
   </si>
   <si>
@@ -687,51 +706,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -865,410 +884,438 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>47</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D28" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>16</v>
       </c>
       <c r="B30" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>80</v>
+      </c>
+      <c r="D30" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D31" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>16</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>84</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>16</v>
       </c>
       <c r="B33" t="s">
         <v>85</v>
       </c>
       <c r="C33" t="s">
         <v>86</v>
       </c>
       <c r="D33" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D35" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D36" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D37" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C38" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D38" t="s">
-        <v>99</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B39" t="s">
+        <v>100</v>
+      </c>
+      <c r="C39" t="s">
+        <v>101</v>
+      </c>
+      <c r="D39" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>103</v>
+      </c>
+      <c r="C40" t="s">
+        <v>104</v>
+      </c>
+      <c r="D40" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">