--- v0 (2025-10-10)
+++ v1 (2025-11-18)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756768e8d31a89ef2" w:history="1">
+            <w:hyperlink r:id="rId6947691cb832bd8ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125168e8d31a89f60" w:history="1">
+            <w:hyperlink r:id="rId8241691cb832bd965" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23400386" name="name236968e8d31a8a631" descr="17363.jpg"/>
+                  <wp:docPr id="28520887" name="name8201691cb832be1ba" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId426868e8d31a8a62f" cstate="print"/>
+                          <a:blip r:embed="rId8233691cb832be1b8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId811668e8d31a8a757" w:history="1">
+            <w:hyperlink r:id="rId1364691cb832be2ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2035,63 +2035,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91241722" name="name393168e8d31a8baed" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="13223525" name="name2455691cb832c04ca" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId880168e8d31a8baea" cstate="print"/>
+                    <a:blip r:embed="rId3403691cb832c04c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6275,51 +6275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485568e8d31a8d771" w:history="1">
+      <w:hyperlink r:id="rId7060691cb832c2552" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9889,51 +9889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857868e8d31a8ee6e" w:history="1">
+      <w:hyperlink r:id="rId6114691cb832c4038" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10380,51 +10380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827368e8d31a8f198" w:history="1">
+      <w:hyperlink r:id="rId5280691cb832c4381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10685,137 +10685,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77051920">
+  <w:abstractNum w:abstractNumId="24915033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96151416">
+    <w:lvl w:ilvl="0" w:tplc="62162717">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96151416" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62162717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77051919">
+  <w:abstractNum w:abstractNumId="24915032">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45248489">
+    <w:lvl w:ilvl="0" w:tplc="18906491">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11567,55 +11567,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77051919">
-    <w:abstractNumId w:val="77051919"/>
+  <w:num w:numId="24915032">
+    <w:abstractNumId w:val="24915032"/>
   </w:num>
-  <w:num w:numId="77051920">
-    <w:abstractNumId w:val="77051920"/>
+  <w:num w:numId="24915033">
+    <w:abstractNumId w:val="24915033"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23165,51 +23165,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId729942171" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId172150457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId756768e8d31a89ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId125168e8d31a89f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId811668e8d31a8a757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId485568e8d31a8d771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId857868e8d31a8ee6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId827368e8d31a8f198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId426868e8d31a8a62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId426868e8d31a8a62f.jpg"/><Relationship Id="rId880168e8d31a8baea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880168e8d31a8baea.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397961942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336201988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6947691cb832bd8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId8241691cb832bd965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId1364691cb832be2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId7060691cb832c2552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId6114691cb832c4038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId5280691cb832c4381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8233691cb832be1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8233691cb832be1b8.jpg"/><Relationship Id="rId3403691cb832c04c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3403691cb832c04c7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>