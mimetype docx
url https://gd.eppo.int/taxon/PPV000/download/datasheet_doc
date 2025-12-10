--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6947691cb832bd8ad" w:history="1">
+            <w:hyperlink r:id="rId24666938fc1db032b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8241691cb832bd965" w:history="1">
+            <w:hyperlink r:id="rId76666938fc1db03a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28520887" name="name8201691cb832be1ba" descr="17363.jpg"/>
+                  <wp:docPr id="15824816" name="name79586938fc1db0c0d" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8233691cb832be1b8" cstate="print"/>
+                          <a:blip r:embed="rId15776938fc1db0c0b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1364691cb832be2ff" w:history="1">
+            <w:hyperlink r:id="rId72926938fc1db0d5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2035,63 +2035,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13223525" name="name2455691cb832c04ca" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="65933570" name="name74346938fc1db25fc" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3403691cb832c04c7" cstate="print"/>
+                    <a:blip r:embed="rId13056938fc1db25f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6275,51 +6275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7060691cb832c2552" w:history="1">
+      <w:hyperlink r:id="rId85406938fc1db4358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9889,51 +9889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6114691cb832c4038" w:history="1">
+      <w:hyperlink r:id="rId33096938fc1db5b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10380,51 +10380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5280691cb832c4381" w:history="1">
+      <w:hyperlink r:id="rId47296938fc1db5e49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10685,137 +10685,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24915033">
+  <w:abstractNum w:abstractNumId="46040312">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62162717">
+    <w:lvl w:ilvl="0" w:tplc="46017264">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62162717" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46017264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24915032">
+  <w:abstractNum w:abstractNumId="46040311">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18906491">
+    <w:lvl w:ilvl="0" w:tplc="63458372">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11567,55 +11567,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24915032">
-    <w:abstractNumId w:val="24915032"/>
+  <w:num w:numId="46040311">
+    <w:abstractNumId w:val="46040311"/>
   </w:num>
-  <w:num w:numId="24915033">
-    <w:abstractNumId w:val="24915033"/>
+  <w:num w:numId="46040312">
+    <w:abstractNumId w:val="46040312"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23165,51 +23165,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397961942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336201988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6947691cb832bd8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId8241691cb832bd965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId1364691cb832be2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId7060691cb832c2552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId6114691cb832c4038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId5280691cb832c4381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8233691cb832be1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8233691cb832be1b8.jpg"/><Relationship Id="rId3403691cb832c04c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3403691cb832c04c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643281893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId576179564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24666938fc1db032b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId76666938fc1db03a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId72926938fc1db0d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId85406938fc1db4358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId33096938fc1db5b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId47296938fc1db5e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15776938fc1db0c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15776938fc1db0c0b.jpg"/><Relationship Id="rId13056938fc1db25f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13056938fc1db25f8.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>