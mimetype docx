--- v2 (2025-12-10)
+++ v3 (2026-01-21)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24666938fc1db032b" w:history="1">
+            <w:hyperlink r:id="rId944169711877a5c44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76666938fc1db03a0" w:history="1">
+            <w:hyperlink r:id="rId627069711877a5caa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15824816" name="name79586938fc1db0c0d" descr="17363.jpg"/>
+                  <wp:docPr id="44930420" name="name970669711877a622c" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15776938fc1db0c0b" cstate="print"/>
+                          <a:blip r:embed="rId986169711877a622a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72926938fc1db0d5d" w:history="1">
+            <w:hyperlink r:id="rId869669711877a6311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2035,63 +2035,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65933570" name="name74346938fc1db25fc" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="64576479" name="name200069711877a7dd8" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13056938fc1db25f8" cstate="print"/>
+                    <a:blip r:embed="rId895569711877a7dd2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6275,51 +6275,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85406938fc1db4358" w:history="1">
+      <w:hyperlink r:id="rId118169711877a9fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9889,51 +9889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33096938fc1db5b06" w:history="1">
+      <w:hyperlink r:id="rId793269711877ab689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,73 +10358,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47296938fc1db5e49" w:history="1">
+      <w:hyperlink r:id="rId400669711877ab9a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10685,137 +10685,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46040312">
+  <w:abstractNum w:abstractNumId="21429941">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46017264">
+    <w:lvl w:ilvl="0" w:tplc="12119586">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46017264" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12119586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46040311">
+  <w:abstractNum w:abstractNumId="21429940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63458372">
+    <w:lvl w:ilvl="0" w:tplc="57643705">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11567,55 +11567,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46040311">
-    <w:abstractNumId w:val="46040311"/>
+  <w:num w:numId="21429940">
+    <w:abstractNumId w:val="21429940"/>
   </w:num>
-  <w:num w:numId="46040312">
-    <w:abstractNumId w:val="46040312"/>
+  <w:num w:numId="21429941">
+    <w:abstractNumId w:val="21429941"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23165,51 +23165,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643281893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId576179564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24666938fc1db032b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId76666938fc1db03a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId72926938fc1db0d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId85406938fc1db4358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId33096938fc1db5b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId47296938fc1db5e49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15776938fc1db0c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15776938fc1db0c0b.jpg"/><Relationship Id="rId13056938fc1db25f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13056938fc1db25f8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId672663395" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443495612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId944169711877a5c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId627069711877a5caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId869669711877a6311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId118169711877a9fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId793269711877ab689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId400669711877ab9a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId986169711877a622a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986169711877a622a.jpg"/><Relationship Id="rId895569711877a7dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895569711877a7dd2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>