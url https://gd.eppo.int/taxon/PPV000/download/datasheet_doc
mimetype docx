--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId944169711877a5c44" w:history="1">
+            <w:hyperlink r:id="rId3459698c1d4de5f8f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627069711877a5caa" w:history="1">
+            <w:hyperlink r:id="rId2777698c1d4de5ffb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44930420" name="name970669711877a622c" descr="17363.jpg"/>
+                  <wp:docPr id="95609821" name="name9862698c1d4de65d0" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId986169711877a622a" cstate="print"/>
+                          <a:blip r:embed="rId7473698c1d4de65ce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId869669711877a6311" w:history="1">
+            <w:hyperlink r:id="rId3473698c1d4de66fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1168,50 +1168,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Host list:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Phalaenopsis amabilis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phalaenopsis sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Prunus americana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prunus armeniaca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2035,147 +2075,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64576479" name="name200069711877a7dd8" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="2415934" name="name4316698c1d4de7b56" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId895569711877a7dd2" cstate="print"/>
+                    <a:blip r:embed="rId3537698c1d4de7b51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, France (mainland, Corse), Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (the) (Central Russia, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, France (mainland, Corse), Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sicilia), Jordan, Kazakhstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland, Azores), Romania, Russian Federation (Central Russia, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England), Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Beijing, Hubei, Hunan, Jiangsu, Shanghai, Shanxi), India (Himachal Pradesh), Iran, Islamic Republic of, Israel, Japan (Honshu), Jordan, Kazakhstan, Korea, Republic of, Pakistan, Syrian Arab Republic, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> China (Beijing, Fujian, Hubei, Hunan, Jiangsu, Shanghai, Shanxi), India (Himachal Pradesh), Iran, Islamic Republic of, Israel, Japan (Honshu), Jordan, Kazakhstan, Korea, Republic of, Pakistan, Syrian Arab Republic, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6275,51 +6315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118169711877a9fa0" w:history="1">
+      <w:hyperlink r:id="rId3119698c1d4de9893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9889,51 +9929,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793269711877ab689" w:history="1">
+      <w:hyperlink r:id="rId6665698c1d4deaf56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10380,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400669711877ab9a1" w:history="1">
+      <w:hyperlink r:id="rId6225698c1d4deb26b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10685,137 +10725,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21429941">
+  <w:abstractNum w:abstractNumId="32705618">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12119586">
+    <w:lvl w:ilvl="0" w:tplc="68966461">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12119586" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68966461" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21429940">
+  <w:abstractNum w:abstractNumId="32705617">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57643705">
+    <w:lvl w:ilvl="0" w:tplc="22424097">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11567,55 +11607,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21429940">
-    <w:abstractNumId w:val="21429940"/>
+  <w:num w:numId="32705617">
+    <w:abstractNumId w:val="32705617"/>
   </w:num>
-  <w:num w:numId="21429941">
-    <w:abstractNumId w:val="21429941"/>
+  <w:num w:numId="32705618">
+    <w:abstractNumId w:val="32705618"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23165,51 +23205,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId672663395" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443495612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId944169711877a5c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId627069711877a5caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId869669711877a6311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId118169711877a9fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId793269711877ab689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId400669711877ab9a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId986169711877a622a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986169711877a622a.jpg"/><Relationship Id="rId895569711877a7dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895569711877a7dd2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673090307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954749231" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3459698c1d4de5f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId2777698c1d4de5ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId3473698c1d4de66fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId3119698c1d4de9893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId6665698c1d4deaf56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId6225698c1d4deb26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7473698c1d4de65ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7473698c1d4de65ce.jpg"/><Relationship Id="rId3537698c1d4de7b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3537698c1d4de7b51.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>