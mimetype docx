--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3459698c1d4de5f8f" w:history="1">
+            <w:hyperlink r:id="rId818469a6b3761ba62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2777698c1d4de5ffb" w:history="1">
+            <w:hyperlink r:id="rId606569a6b3761bad1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95609821" name="name9862698c1d4de65d0" descr="17363.jpg"/>
+                  <wp:docPr id="81674777" name="name452869a6b3761c258" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7473698c1d4de65ce" cstate="print"/>
+                          <a:blip r:embed="rId291269a6b3761c255" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3473698c1d4de66fb" w:history="1">
+            <w:hyperlink r:id="rId949369a6b3761c3e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2415934" name="name4316698c1d4de7b56" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="89107583" name="name167869a6b3761ddfd" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3537698c1d4de7b51" cstate="print"/>
+                    <a:blip r:embed="rId255469a6b3761ddf8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6315,51 +6315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3119698c1d4de9893" w:history="1">
+      <w:hyperlink r:id="rId691769a6b3762083f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9929,51 +9929,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6665698c1d4deaf56" w:history="1">
+      <w:hyperlink r:id="rId226269a6b376226d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6225698c1d4deb26b" w:history="1">
+      <w:hyperlink r:id="rId700869a6b37622a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10725,137 +10725,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32705618">
+  <w:abstractNum w:abstractNumId="94956252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68966461">
+    <w:lvl w:ilvl="0" w:tplc="91032506">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68966461" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91032506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32705617">
+  <w:abstractNum w:abstractNumId="94956251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22424097">
+    <w:lvl w:ilvl="0" w:tplc="86572804">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11607,55 +11607,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32705617">
-    <w:abstractNumId w:val="32705617"/>
+  <w:num w:numId="94956251">
+    <w:abstractNumId w:val="94956251"/>
   </w:num>
-  <w:num w:numId="32705618">
-    <w:abstractNumId w:val="32705618"/>
+  <w:num w:numId="94956252">
+    <w:abstractNumId w:val="94956252"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23205,51 +23205,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673090307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954749231" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3459698c1d4de5f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId2777698c1d4de5ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId3473698c1d4de66fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId3119698c1d4de9893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId6665698c1d4deaf56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId6225698c1d4deb26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7473698c1d4de65ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7473698c1d4de65ce.jpg"/><Relationship Id="rId3537698c1d4de7b51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3537698c1d4de7b51.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395002883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId133676038" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId818469a6b3761ba62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId606569a6b3761bad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId949369a6b3761c3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId691769a6b3762083f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId226269a6b376226d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId700869a6b37622a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId291269a6b3761c255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId291269a6b3761c255.jpg"/><Relationship Id="rId255469a6b3761ddf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId255469a6b3761ddf8.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>