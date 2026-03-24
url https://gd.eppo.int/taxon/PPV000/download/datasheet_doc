--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId818469a6b3761ba62" w:history="1">
+            <w:hyperlink r:id="rId291869c225965320c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606569a6b3761bad1" w:history="1">
+            <w:hyperlink r:id="rId771469c2259653274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81674777" name="name452869a6b3761c258" descr="17363.jpg"/>
+                  <wp:docPr id="35412214" name="name586769c2259653a5b" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId291269a6b3761c255" cstate="print"/>
+                          <a:blip r:embed="rId666869c2259653a59" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId949369a6b3761c3e9" w:history="1">
+            <w:hyperlink r:id="rId710869c2259653b8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89107583" name="name167869a6b3761ddfd" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="82429037" name="name775569c22596556cb" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId255469a6b3761ddf8" cstate="print"/>
+                    <a:blip r:embed="rId233969c22596556c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6315,51 +6315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691769a6b3762083f" w:history="1">
+      <w:hyperlink r:id="rId395269c22596573a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9929,51 +9929,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226269a6b376226d1" w:history="1">
+      <w:hyperlink r:id="rId160169c2259658c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700869a6b37622a0b" w:history="1">
+      <w:hyperlink r:id="rId373369c2259658fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10725,137 +10725,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94956252">
+  <w:abstractNum w:abstractNumId="53699751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91032506">
+    <w:lvl w:ilvl="0" w:tplc="72785482">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91032506" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72785482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94956251">
+  <w:abstractNum w:abstractNumId="53699750">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86572804">
+    <w:lvl w:ilvl="0" w:tplc="62917565">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11607,55 +11607,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94956251">
-    <w:abstractNumId w:val="94956251"/>
+  <w:num w:numId="53699750">
+    <w:abstractNumId w:val="53699750"/>
   </w:num>
-  <w:num w:numId="94956252">
-    <w:abstractNumId w:val="94956252"/>
+  <w:num w:numId="53699751">
+    <w:abstractNumId w:val="53699751"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23205,51 +23205,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395002883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId133676038" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId818469a6b3761ba62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId606569a6b3761bad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId949369a6b3761c3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId691769a6b3762083f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId226269a6b376226d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId700869a6b37622a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId291269a6b3761c255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId291269a6b3761c255.jpg"/><Relationship Id="rId255469a6b3761ddf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId255469a6b3761ddf8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747683642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId384346001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId291869c225965320c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId771469c2259653274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId710869c2259653b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId395269c22596573a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId160169c2259658c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId373369c2259658fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId666869c2259653a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId666869c2259653a59.jpg"/><Relationship Id="rId233969c22596556c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233969c22596556c7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>