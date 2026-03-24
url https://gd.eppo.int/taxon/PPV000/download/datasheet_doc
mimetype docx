--- v6 (2026-03-24)
+++ v7 (2026-03-24)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Prunus virus 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pox of plum, sharka</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291869c225965320c" w:history="1">
+            <w:hyperlink r:id="rId291869c2365483aa9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId771469c2259653274" w:history="1">
+            <w:hyperlink r:id="rId194569c2365483b5a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PPV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35412214" name="name586769c2259653a5b" descr="17363.jpg"/>
+                  <wp:docPr id="65948900" name="name359769c23654840e5" descr="17363.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17363.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId666869c2259653a59" cstate="print"/>
+                          <a:blip r:embed="rId443969c23654840e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId710869c2259653b8b" w:history="1">
+            <w:hyperlink r:id="rId112069c2365484264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2075,63 +2075,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). It is not yet officially reported from Oceania. In 2019, PPV was reported to be eradicated in the USA (USDA, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82429037" name="name775569c22596556cb" descr="PPV000_distribution_map.jpg"/>
+            <wp:docPr id="24351847" name="name894569c2365485d7b" descr="PPV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PPV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId233969c22596556c7" cstate="print"/>
+                    <a:blip r:embed="rId340269c2365485d76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6315,51 +6315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Glasa M, Candresse T (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. AAB Description of Plant Viruses. No. 410. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395269c22596573a8" w:history="1">
+      <w:hyperlink r:id="rId923069c2365487b54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.dpvweb.net/dpv/showdpv.php?dpvno=410</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9929,51 +9929,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) USDA declares United States free from </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plum pox virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160169c2259658c0f" w:history="1">
+      <w:hyperlink r:id="rId634569c236548929a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10420,51 +10420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Potyvirus plumpoxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373369c2259658fa5" w:history="1">
+      <w:hyperlink r:id="rId858069c23654895c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10725,137 +10725,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53699751">
+  <w:abstractNum w:abstractNumId="61414464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72785482">
+    <w:lvl w:ilvl="0" w:tplc="16114940">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72785482" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16114940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53699750">
+  <w:abstractNum w:abstractNumId="61414463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62917565">
+    <w:lvl w:ilvl="0" w:tplc="17686733">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11607,55 +11607,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53699750">
-    <w:abstractNumId w:val="53699750"/>
+  <w:num w:numId="61414463">
+    <w:abstractNumId w:val="61414463"/>
   </w:num>
-  <w:num w:numId="53699751">
-    <w:abstractNumId w:val="53699751"/>
+  <w:num w:numId="61414464">
+    <w:abstractNumId w:val="61414464"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23205,51 +23205,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747683642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId384346001" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId291869c225965320c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId771469c2259653274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId710869c2259653b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId395269c22596573a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId160169c2259658c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId373369c2259658fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId666869c2259653a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId666869c2259653a59.jpg"/><Relationship Id="rId233969c22596556c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233969c22596556c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId871548305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104759329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId291869c2365483aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/" TargetMode="External"/><Relationship Id="rId194569c2365483b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/categorization" TargetMode="External"/><Relationship Id="rId112069c2365484264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PPV000/photos" TargetMode="External"/><Relationship Id="rId923069c2365487b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dpvweb.net/dpv/showdpv.php?dpvno=410" TargetMode="External"/><Relationship Id="rId634569c236548929a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/newsroom/news/sa_by_date/sa-2019/plum-pox-declaration" TargetMode="External"/><Relationship Id="rId858069c23654895c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId443969c23654840e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId443969c23654840e4.jpg"/><Relationship Id="rId340269c2365485d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340269c2365485d76.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>