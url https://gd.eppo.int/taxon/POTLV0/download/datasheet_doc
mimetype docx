--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato latent carlavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261268e68e2e1abb4" w:history="1">
+            <w:hyperlink r:id="rId241969020a461afbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId938868e68e2e1abf9" w:history="1">
+            <w:hyperlink r:id="rId617069020a461afff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POTLV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44016951" name="name702468e68e2e1b3f8" descr="13944.jpg"/>
+                  <wp:docPr id="90618681" name="name351169020a461b730" descr="13944.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13944.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId805168e68e2e1b3f7" cstate="print"/>
+                          <a:blip r:embed="rId900969020a461b72e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId587368e68e2e1b522" w:history="1">
+            <w:hyperlink r:id="rId488069020a461b833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -848,63 +848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90612513" name="name408468e68e2e1c63c" descr="POTLV0_distribution_map.jpg"/>
+            <wp:docPr id="78544735" name="name255569020a461c7cf" descr="POTLV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POTLV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId791868e68e2e1c63a" cstate="print"/>
+                    <a:blip r:embed="rId184369020a461c7cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2143,168 +2143,168 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021a) Nuclear and-Generation 1 lab testing fees and certification requirements. Colorado Certification Service. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390168e68e2e1d00e" w:history="1">
+      <w:hyperlink r:id="rId103469020a461d14f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021b) Potato varieties in production. Seed potato germplasm program, University of Idaho. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678668e68e2e1d054" w:history="1">
+      <w:hyperlink r:id="rId714269020a461d1a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021c) Pathogen Testing. The Uihlein Farm of Cornell University. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385868e68e2e1d093" w:history="1">
+      <w:hyperlink r:id="rId594069020a461d1e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021d) Seed stocks &amp; tissue culture. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277068e68e2e1d0d1" w:history="1">
+      <w:hyperlink r:id="rId443669020a461d226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seed.nd.gov/potato/seedstocks-tissue-culture</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2528,90 +2528,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18-22 June 1995.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2012) D-97-11: Seed potato certification program - Requirements for the production of pre-elite seed potatoes from sources other than nuclear stock. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874468e68e2e1d282" w:history="1">
+      <w:hyperlink r:id="rId933769020a461d3d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2018) D-97-08: Production, maintenance, multiplication and certification of nuclear stock class seed potatoes. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196768e68e2e1d2c3" w:history="1">
+      <w:hyperlink r:id="rId463569020a461d417" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2775,90 +2775,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5853. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975768e68e2e1d40f" w:history="1">
+      <w:hyperlink r:id="rId175469020a461d57b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2001) Pest risk analysis for Potato latent virus. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503368e68e2e1d45b" w:history="1">
+      <w:hyperlink r:id="rId252469020a461d5ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2893,51 +2893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338668e68e2e1d4f1" w:history="1">
+      <w:hyperlink r:id="rId813969020a461d636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2990,51 +2990,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-260.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445668e68e2e1d58f" w:history="1">
+      <w:hyperlink r:id="rId635369020a461d6d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 March 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3111,51 +3111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Betaflexiviridae. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV 9th Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370668e68e2e1d652" w:history="1">
+      <w:hyperlink r:id="rId836169020a461d794" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3201,51 +3201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350368e68e2e1d6e4" w:history="1">
+      <w:hyperlink r:id="rId314869020a461d825" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3260,51 +3260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lambert SJ (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epidemiology of Potato virus S and Potato virus Xin seed potato in Tasmania, Australia. PhD thesis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University of Tasmania, Hobart (AU). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346768e68e2e1d742" w:history="1">
+      <w:hyperlink r:id="rId669769020a461d884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3484,51 +3484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosas Díaz TV (2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative study of species of the genus Carlavirus affecting potato cultivation. Bachelor thesis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The National University of San Marcos, Lima (PE) (in Spanish). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335668e68e2e1d8bd" w:history="1">
+      <w:hyperlink r:id="rId981769020a461d9e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,51 +3641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus latensolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620768e68e2e1da02" w:history="1">
+      <w:hyperlink r:id="rId239969020a461dae7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3698,63 +3698,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52404406" name="name163168e68e2e1e10f" descr="eu_funding_250.png"/>
+            <wp:docPr id="4244267" name="name863969020a461db7a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId142568e68e2e1e10d" cstate="print"/>
+                    <a:blip r:embed="rId847169020a461db79" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3852,137 +3852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12763761">
+  <w:abstractNum w:abstractNumId="91462707">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67461656">
+    <w:lvl w:ilvl="0" w:tplc="31740201">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67461656" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31740201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12763760">
+  <w:abstractNum w:abstractNumId="91462706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68394167">
+    <w:lvl w:ilvl="0" w:tplc="37515413">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4734,55 +4734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12763760">
-    <w:abstractNumId w:val="12763760"/>
+  <w:num w:numId="91462706">
+    <w:abstractNumId w:val="91462706"/>
   </w:num>
-  <w:num w:numId="12763761">
-    <w:abstractNumId w:val="12763761"/>
+  <w:num w:numId="91462707">
+    <w:abstractNumId w:val="91462707"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16332,51 +16332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId398087431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId636910751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId261268e68e2e1abb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId938868e68e2e1abf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId587368e68e2e1b522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId390168e68e2e1d00e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId678668e68e2e1d054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId385868e68e2e1d093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId277068e68e2e1d0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId874468e68e2e1d282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId196768e68e2e1d2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId975768e68e2e1d40f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId503368e68e2e1d45b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId338668e68e2e1d4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId445668e68e2e1d58f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId370668e68e2e1d652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId350368e68e2e1d6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId346768e68e2e1d742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId335668e68e2e1d8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId620768e68e2e1da02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId805168e68e2e1b3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId805168e68e2e1b3f7.jpg"/><Relationship Id="rId791868e68e2e1c63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791868e68e2e1c63a.jpg"/><Relationship Id="rId142568e68e2e1e10d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId142568e68e2e1e10d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478226585" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId599455979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId241969020a461afbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId617069020a461afff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId488069020a461b833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId103469020a461d14f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId714269020a461d1a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId594069020a461d1e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId443669020a461d226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId933769020a461d3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId463569020a461d417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId175469020a461d57b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId252469020a461d5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId813969020a461d636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId635369020a461d6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId836169020a461d794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId314869020a461d825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId669769020a461d884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId981769020a461d9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId239969020a461dae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId900969020a461b72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId900969020a461b72e.jpg"/><Relationship Id="rId184369020a461c7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184369020a461c7cd.jpg"/><Relationship Id="rId847169020a461db79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847169020a461db79.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>