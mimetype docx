--- v1 (2025-10-29)
+++ v2 (2025-12-05)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato latent carlavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241969020a461afbb" w:history="1">
+            <w:hyperlink r:id="rId79856932902b8b63b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId617069020a461afff" w:history="1">
+            <w:hyperlink r:id="rId19676932902b8b67e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POTLV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90618681" name="name351169020a461b730" descr="13944.jpg"/>
+                  <wp:docPr id="44548987" name="name51546932902b8b728" descr="13944.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13944.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId900969020a461b72e" cstate="print"/>
+                          <a:blip r:embed="rId71766932902b8b727" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId488069020a461b833" w:history="1">
+            <w:hyperlink r:id="rId77616932902b8b934" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -848,63 +848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78544735" name="name255569020a461c7cf" descr="POTLV0_distribution_map.jpg"/>
+            <wp:docPr id="31760642" name="name90886932902b8d3fc" descr="POTLV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POTLV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId184369020a461c7cd" cstate="print"/>
+                    <a:blip r:embed="rId77716932902b8d3f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2143,168 +2143,168 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021a) Nuclear and-Generation 1 lab testing fees and certification requirements. Colorado Certification Service. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103469020a461d14f" w:history="1">
+      <w:hyperlink r:id="rId49266932902b8dee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021b) Potato varieties in production. Seed potato germplasm program, University of Idaho. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714269020a461d1a6" w:history="1">
+      <w:hyperlink r:id="rId97446932902b8df34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021c) Pathogen Testing. The Uihlein Farm of Cornell University. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594069020a461d1e8" w:history="1">
+      <w:hyperlink r:id="rId58446932902b8df7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021d) Seed stocks &amp; tissue culture. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443669020a461d226" w:history="1">
+      <w:hyperlink r:id="rId88236932902b8dfc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seed.nd.gov/potato/seedstocks-tissue-culture</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2528,90 +2528,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18-22 June 1995.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2012) D-97-11: Seed potato certification program - Requirements for the production of pre-elite seed potatoes from sources other than nuclear stock. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933769020a461d3d6" w:history="1">
+      <w:hyperlink r:id="rId41546932902b8e18e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2018) D-97-08: Production, maintenance, multiplication and certification of nuclear stock class seed potatoes. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463569020a461d417" w:history="1">
+      <w:hyperlink r:id="rId88866932902b8e1cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2775,90 +2775,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5853. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175469020a461d57b" w:history="1">
+      <w:hyperlink r:id="rId51726932902b8e318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2001) Pest risk analysis for Potato latent virus. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252469020a461d5ba" w:history="1">
+      <w:hyperlink r:id="rId74416932902b8e355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2893,51 +2893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813969020a461d636" w:history="1">
+      <w:hyperlink r:id="rId13216932902b8e3d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2990,51 +2990,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-260.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635369020a461d6d2" w:history="1">
+      <w:hyperlink r:id="rId67596932902b8e469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 March 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3111,51 +3111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Betaflexiviridae. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV 9th Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836169020a461d794" w:history="1">
+      <w:hyperlink r:id="rId57106932902b8e527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3201,51 +3201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314869020a461d825" w:history="1">
+      <w:hyperlink r:id="rId26976932902b8e5b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3260,51 +3260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lambert SJ (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epidemiology of Potato virus S and Potato virus Xin seed potato in Tasmania, Australia. PhD thesis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University of Tasmania, Hobart (AU). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669769020a461d884" w:history="1">
+      <w:hyperlink r:id="rId59796932902b8e611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3484,51 +3484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosas Díaz TV (2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative study of species of the genus Carlavirus affecting potato cultivation. Bachelor thesis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The National University of San Marcos, Lima (PE) (in Spanish). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981769020a461d9e8" w:history="1">
+      <w:hyperlink r:id="rId63526932902b8e77d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,51 +3641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus latensolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239969020a461dae7" w:history="1">
+      <w:hyperlink r:id="rId50036932902b8e8a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3698,63 +3698,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4244267" name="name863969020a461db7a" descr="eu_funding_250.png"/>
+            <wp:docPr id="30553921" name="name59566932902b8e962" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId847169020a461db79" cstate="print"/>
+                    <a:blip r:embed="rId83446932902b8e961" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3852,137 +3852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91462707">
+  <w:abstractNum w:abstractNumId="59276560">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31740201">
+    <w:lvl w:ilvl="0" w:tplc="63608079">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31740201" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63608079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91462706">
+  <w:abstractNum w:abstractNumId="59276559">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37515413">
+    <w:lvl w:ilvl="0" w:tplc="22682027">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4734,55 +4734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91462706">
-    <w:abstractNumId w:val="91462706"/>
+  <w:num w:numId="59276559">
+    <w:abstractNumId w:val="59276559"/>
   </w:num>
-  <w:num w:numId="91462707">
-    <w:abstractNumId w:val="91462707"/>
+  <w:num w:numId="59276560">
+    <w:abstractNumId w:val="59276560"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16332,51 +16332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478226585" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId599455979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId241969020a461afbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId617069020a461afff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId488069020a461b833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId103469020a461d14f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId714269020a461d1a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId594069020a461d1e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId443669020a461d226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId933769020a461d3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId463569020a461d417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId175469020a461d57b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId252469020a461d5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId813969020a461d636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId635369020a461d6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId836169020a461d794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId314869020a461d825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId669769020a461d884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId981769020a461d9e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId239969020a461dae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId900969020a461b72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId900969020a461b72e.jpg"/><Relationship Id="rId184369020a461c7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184369020a461c7cd.jpg"/><Relationship Id="rId847169020a461db79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847169020a461db79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId782838863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId831014879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId79856932902b8b63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId19676932902b8b67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId77616932902b8b934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId49266932902b8dee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId97446932902b8df34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId58446932902b8df7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId88236932902b8dfc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId41546932902b8e18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId88866932902b8e1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId51726932902b8e318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId74416932902b8e355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId13216932902b8e3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId67596932902b8e469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId57106932902b8e527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId26976932902b8e5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId59796932902b8e611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId63526932902b8e77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId50036932902b8e8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71766932902b8b727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71766932902b8b727.jpg"/><Relationship Id="rId77716932902b8d3f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77716932902b8d3f8.jpg"/><Relationship Id="rId83446932902b8e961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83446932902b8e961.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>