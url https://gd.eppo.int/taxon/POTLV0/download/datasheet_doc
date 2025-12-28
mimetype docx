--- v2 (2025-12-05)
+++ v3 (2025-12-28)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato latent carlavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79856932902b8b63b" w:history="1">
+            <w:hyperlink r:id="rId256269509f198a53c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19676932902b8b67e" w:history="1">
+            <w:hyperlink r:id="rId813569509f198a580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POTLV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44548987" name="name51546932902b8b728" descr="13944.jpg"/>
+                  <wp:docPr id="14350751" name="name398769509f198c3e9" descr="13944.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13944.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId71766932902b8b727" cstate="print"/>
+                          <a:blip r:embed="rId802569509f198c3e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId77616932902b8b934" w:history="1">
+            <w:hyperlink r:id="rId201369509f198c53f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -848,63 +848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31760642" name="name90886932902b8d3fc" descr="POTLV0_distribution_map.jpg"/>
+            <wp:docPr id="26861156" name="name554669509f198d28a" descr="POTLV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POTLV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77716932902b8d3f8" cstate="print"/>
+                    <a:blip r:embed="rId168569509f198d286" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2143,168 +2143,168 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021a) Nuclear and-Generation 1 lab testing fees and certification requirements. Colorado Certification Service. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49266932902b8dee8" w:history="1">
+      <w:hyperlink r:id="rId385969509f198ddf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021b) Potato varieties in production. Seed potato germplasm program, University of Idaho. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97446932902b8df34" w:history="1">
+      <w:hyperlink r:id="rId268869509f198de38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021c) Pathogen Testing. The Uihlein Farm of Cornell University. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58446932902b8df7b" w:history="1">
+      <w:hyperlink r:id="rId712569509f198de77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021d) Seed stocks &amp; tissue culture. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88236932902b8dfc0" w:history="1">
+      <w:hyperlink r:id="rId508269509f198deb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seed.nd.gov/potato/seedstocks-tissue-culture</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2528,90 +2528,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18-22 June 1995.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2012) D-97-11: Seed potato certification program - Requirements for the production of pre-elite seed potatoes from sources other than nuclear stock. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41546932902b8e18e" w:history="1">
+      <w:hyperlink r:id="rId241569509f198e067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2018) D-97-08: Production, maintenance, multiplication and certification of nuclear stock class seed potatoes. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88866932902b8e1cf" w:history="1">
+      <w:hyperlink r:id="rId291069509f198e0a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2775,90 +2775,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5853. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51726932902b8e318" w:history="1">
+      <w:hyperlink r:id="rId945769509f198e1f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2001) Pest risk analysis for Potato latent virus. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74416932902b8e355" w:history="1">
+      <w:hyperlink r:id="rId364969509f198e230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2893,51 +2893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13216932902b8e3d0" w:history="1">
+      <w:hyperlink r:id="rId360869509f198e2ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2990,51 +2990,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-260.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67596932902b8e469" w:history="1">
+      <w:hyperlink r:id="rId482169509f198e346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 March 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3111,51 +3111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Betaflexiviridae. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV 9th Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57106932902b8e527" w:history="1">
+      <w:hyperlink r:id="rId800869509f198e407" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3201,51 +3201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26976932902b8e5b5" w:history="1">
+      <w:hyperlink r:id="rId395969509f198e498" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3260,51 +3260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lambert SJ (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epidemiology of Potato virus S and Potato virus Xin seed potato in Tasmania, Australia. PhD thesis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University of Tasmania, Hobart (AU). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59796932902b8e611" w:history="1">
+      <w:hyperlink r:id="rId431969509f198e4f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3484,51 +3484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosas Díaz TV (2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative study of species of the genus Carlavirus affecting potato cultivation. Bachelor thesis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The National University of San Marcos, Lima (PE) (in Spanish). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63526932902b8e77d" w:history="1">
+      <w:hyperlink r:id="rId326769509f198e65a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,51 +3641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus latensolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50036932902b8e8a1" w:history="1">
+      <w:hyperlink r:id="rId162469509f198e75a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3698,63 +3698,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30553921" name="name59566932902b8e962" descr="eu_funding_250.png"/>
+            <wp:docPr id="34482486" name="name278569509f198e92d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83446932902b8e961" cstate="print"/>
+                    <a:blip r:embed="rId451169509f198e92c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3852,137 +3852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59276560">
+  <w:abstractNum w:abstractNumId="10718545">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63608079">
+    <w:lvl w:ilvl="0" w:tplc="17133688">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63608079" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17133688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59276559">
+  <w:abstractNum w:abstractNumId="10718544">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22682027">
+    <w:lvl w:ilvl="0" w:tplc="23719177">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4734,55 +4734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59276559">
-    <w:abstractNumId w:val="59276559"/>
+  <w:num w:numId="10718544">
+    <w:abstractNumId w:val="10718544"/>
   </w:num>
-  <w:num w:numId="59276560">
-    <w:abstractNumId w:val="59276560"/>
+  <w:num w:numId="10718545">
+    <w:abstractNumId w:val="10718545"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16332,51 +16332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId782838863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId831014879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId79856932902b8b63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId19676932902b8b67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId77616932902b8b934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId49266932902b8dee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId97446932902b8df34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId58446932902b8df7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId88236932902b8dfc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId41546932902b8e18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId88866932902b8e1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId51726932902b8e318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId74416932902b8e355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId13216932902b8e3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId67596932902b8e469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId57106932902b8e527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId26976932902b8e5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId59796932902b8e611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId63526932902b8e77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId50036932902b8e8a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71766932902b8b727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71766932902b8b727.jpg"/><Relationship Id="rId77716932902b8d3f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77716932902b8d3f8.jpg"/><Relationship Id="rId83446932902b8e961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83446932902b8e961.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121780930" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706935312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId256269509f198a53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId813569509f198a580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId201369509f198c53f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId385969509f198ddf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId268869509f198de38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId712569509f198de77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId508269509f198deb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId241569509f198e067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId291069509f198e0a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId945769509f198e1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId364969509f198e230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId360869509f198e2ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId482169509f198e346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId800869509f198e407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId395969509f198e498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId431969509f198e4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId326769509f198e65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId162469509f198e75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId802569509f198c3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId802569509f198c3e6.jpg"/><Relationship Id="rId168569509f198d286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168569509f198d286.jpg"/><Relationship Id="rId451169509f198e92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451169509f198e92c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>