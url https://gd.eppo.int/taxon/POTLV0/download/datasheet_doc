--- v3 (2025-12-28)
+++ v4 (2026-02-03)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato latent carlavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256269509f198a53c" w:history="1">
+            <w:hyperlink r:id="rId508869827d9a72329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId813569509f198a580" w:history="1">
+            <w:hyperlink r:id="rId268469827d9a7236f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POTLV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14350751" name="name398769509f198c3e9" descr="13944.jpg"/>
+                  <wp:docPr id="29598355" name="name538569827d9a7246d" descr="13944.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13944.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId802569509f198c3e6" cstate="print"/>
+                          <a:blip r:embed="rId342869827d9a7246b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId201369509f198c53f" w:history="1">
+            <w:hyperlink r:id="rId375669827d9a72587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -848,63 +848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26861156" name="name554669509f198d28a" descr="POTLV0_distribution_map.jpg"/>
+            <wp:docPr id="6046598" name="name995769827d9a73848" descr="POTLV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POTLV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId168569509f198d286" cstate="print"/>
+                    <a:blip r:embed="rId988669827d9a73844" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2143,168 +2143,168 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021a) Nuclear and-Generation 1 lab testing fees and certification requirements. Colorado Certification Service. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId385969509f198ddf3" w:history="1">
+      <w:hyperlink r:id="rId934769827d9a74288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021b) Potato varieties in production. Seed potato germplasm program, University of Idaho. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268869509f198de38" w:history="1">
+      <w:hyperlink r:id="rId762869827d9a742da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021c) Pathogen Testing. The Uihlein Farm of Cornell University. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712569509f198de77" w:history="1">
+      <w:hyperlink r:id="rId384069827d9a7431b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021d) Seed stocks &amp; tissue culture. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508269509f198deb5" w:history="1">
+      <w:hyperlink r:id="rId664269827d9a7437a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seed.nd.gov/potato/seedstocks-tissue-culture</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2528,90 +2528,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18-22 June 1995.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2012) D-97-11: Seed potato certification program - Requirements for the production of pre-elite seed potatoes from sources other than nuclear stock. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241569509f198e067" w:history="1">
+      <w:hyperlink r:id="rId924969827d9a74536" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2018) D-97-08: Production, maintenance, multiplication and certification of nuclear stock class seed potatoes. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291069509f198e0a8" w:history="1">
+      <w:hyperlink r:id="rId109369827d9a74578" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2775,90 +2775,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5853. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945769509f198e1f2" w:history="1">
+      <w:hyperlink r:id="rId391669827d9a746c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2001) Pest risk analysis for Potato latent virus. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364969509f198e230" w:history="1">
+      <w:hyperlink r:id="rId370669827d9a74706" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2893,51 +2893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360869509f198e2ab" w:history="1">
+      <w:hyperlink r:id="rId482969827d9a74782" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2990,51 +2990,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-260.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId482169509f198e346" w:history="1">
+      <w:hyperlink r:id="rId617469827d9a7481e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 March 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3111,51 +3111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Betaflexiviridae. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV 9th Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800869509f198e407" w:history="1">
+      <w:hyperlink r:id="rId202869827d9a748e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3201,51 +3201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395969509f198e498" w:history="1">
+      <w:hyperlink r:id="rId590769827d9a74973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3260,51 +3260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lambert SJ (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epidemiology of Potato virus S and Potato virus Xin seed potato in Tasmania, Australia. PhD thesis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University of Tasmania, Hobart (AU). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431969509f198e4f5" w:history="1">
+      <w:hyperlink r:id="rId245169827d9a749d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3484,51 +3484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosas Díaz TV (2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative study of species of the genus Carlavirus affecting potato cultivation. Bachelor thesis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The National University of San Marcos, Lima (PE) (in Spanish). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326769509f198e65a" w:history="1">
+      <w:hyperlink r:id="rId459969827d9a74b37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3619,73 +3619,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus latensolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162469509f198e75a" w:history="1">
+      <w:hyperlink r:id="rId511969827d9a74c39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3698,63 +3698,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34482486" name="name278569509f198e92d" descr="eu_funding_250.png"/>
+            <wp:docPr id="27657865" name="name137469827d9a74d21" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId451169509f198e92c" cstate="print"/>
+                    <a:blip r:embed="rId635869827d9a74d20" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3852,137 +3852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10718545">
+  <w:abstractNum w:abstractNumId="27540724">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17133688">
+    <w:lvl w:ilvl="0" w:tplc="77580786">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17133688" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77580786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10718544">
+  <w:abstractNum w:abstractNumId="27540723">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23719177">
+    <w:lvl w:ilvl="0" w:tplc="73405458">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4734,55 +4734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10718544">
-    <w:abstractNumId w:val="10718544"/>
+  <w:num w:numId="27540723">
+    <w:abstractNumId w:val="27540723"/>
   </w:num>
-  <w:num w:numId="10718545">
-    <w:abstractNumId w:val="10718545"/>
+  <w:num w:numId="27540724">
+    <w:abstractNumId w:val="27540724"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16332,51 +16332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121780930" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706935312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId256269509f198a53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId813569509f198a580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId201369509f198c53f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId385969509f198ddf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId268869509f198de38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId712569509f198de77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId508269509f198deb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId241569509f198e067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId291069509f198e0a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId945769509f198e1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId364969509f198e230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId360869509f198e2ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId482169509f198e346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId800869509f198e407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId395969509f198e498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId431969509f198e4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId326769509f198e65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId162469509f198e75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId802569509f198c3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId802569509f198c3e6.jpg"/><Relationship Id="rId168569509f198d286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168569509f198d286.jpg"/><Relationship Id="rId451169509f198e92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId451169509f198e92c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210986504" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359482455" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508869827d9a72329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId268469827d9a7236f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId375669827d9a72587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId934769827d9a74288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId762869827d9a742da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId384069827d9a7431b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId664269827d9a7437a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId924969827d9a74536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId109369827d9a74578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId391669827d9a746c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId370669827d9a74706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId482969827d9a74782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId617469827d9a7481e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId202869827d9a748e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId590769827d9a74973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId245169827d9a749d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId459969827d9a74b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId511969827d9a74c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId342869827d9a7246b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId342869827d9a7246b.jpg"/><Relationship Id="rId988669827d9a73844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988669827d9a73844.jpg"/><Relationship Id="rId635869827d9a74d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635869827d9a74d20.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>