--- v4 (2026-02-03)
+++ v5 (2026-03-20)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Potato latent carlavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Potato latent virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508869827d9a72329" w:history="1">
+            <w:hyperlink r:id="rId859469bcd7ccef7bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268469827d9a7236f" w:history="1">
+            <w:hyperlink r:id="rId848869bcd7ccef800" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POTLV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29598355" name="name538569827d9a7246d" descr="13944.jpg"/>
+                  <wp:docPr id="5313639" name="name805169bcd7ccefe1e" descr="13944.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13944.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId342869827d9a7246b" cstate="print"/>
+                          <a:blip r:embed="rId994969bcd7ccefe1b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId375669827d9a72587" w:history="1">
+            <w:hyperlink r:id="rId530469bcd7cceff5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -848,63 +848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017).  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6046598" name="name995769827d9a73848" descr="POTLV0_distribution_map.jpg"/>
+            <wp:docPr id="56280532" name="name736869bcd7ccf1014" descr="POTLV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POTLV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId988669827d9a73844" cstate="print"/>
+                    <a:blip r:embed="rId826769bcd7ccf1011" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2143,168 +2143,168 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021a) Nuclear and-Generation 1 lab testing fees and certification requirements. Colorado Certification Service. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934769827d9a74288" w:history="1">
+      <w:hyperlink r:id="rId842669bcd7ccf1a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021b) Potato varieties in production. Seed potato germplasm program, University of Idaho. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId762869827d9a742da" w:history="1">
+      <w:hyperlink r:id="rId755569bcd7ccf1a68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021c) Pathogen Testing. The Uihlein Farm of Cornell University. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384069827d9a7431b" w:history="1">
+      <w:hyperlink r:id="rId278169bcd7ccf1aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anon (2021d) Seed stocks &amp; tissue culture. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664269827d9a7437a" w:history="1">
+      <w:hyperlink r:id="rId201169bcd7ccf1ae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.seed.nd.gov/potato/seedstocks-tissue-culture</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2528,90 +2528,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18-22 June 1995.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2012) D-97-11: Seed potato certification program - Requirements for the production of pre-elite seed potatoes from sources other than nuclear stock. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924969827d9a74536" w:history="1">
+      <w:hyperlink r:id="rId595769bcd7ccf1cdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2018) D-97-08: Production, maintenance, multiplication and certification of nuclear stock class seed potatoes. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109369827d9a74578" w:history="1">
+      <w:hyperlink r:id="rId887269bcd7ccf1d1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2775,90 +2775,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5853. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391669827d9a746c7" w:history="1">
+      <w:hyperlink r:id="rId759869bcd7ccf1e6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5853</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2001) Pest risk analysis for Potato latent virus. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370669827d9a74706" w:history="1">
+      <w:hyperlink r:id="rId319769bcd7ccf1ea9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2893,51 +2893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 452–479. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId482969827d9a74782" w:history="1">
+      <w:hyperlink r:id="rId614869bcd7ccf1f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2990,51 +2990,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-260.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuentes S, Perez A, Kreuze J (2019) Dataset for: The Peruvian potato virome, V1. International Potato Center. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617469827d9a7481e" w:history="1">
+      <w:hyperlink r:id="rId920569bcd7ccf1fc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21223/P3/YFHLQU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 March 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3111,51 +3111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV (2011) Betaflexiviridae. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ICTV 9th Report</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId202869827d9a748e1" w:history="1">
+      <w:hyperlink r:id="rId397169bcd7ccf2081" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3201,51 +3201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (eds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Campos H &amp; Ortiz O), pp. 389-430. Springer, Cham (CH). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590769827d9a74973" w:history="1">
+      <w:hyperlink r:id="rId251769bcd7ccf2111" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3260,51 +3260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lambert SJ (2007) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Epidemiology of Potato virus S and Potato virus Xin seed potato in Tasmania, Australia. PhD thesis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University of Tasmania, Hobart (AU). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245169827d9a749d2" w:history="1">
+      <w:hyperlink r:id="rId953369bcd7ccf216e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3484,51 +3484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosas Díaz TV (2004) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparative study of species of the genus Carlavirus affecting potato cultivation. Bachelor thesis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The National University of San Marcos, Lima (PE) (in Spanish). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459969827d9a74b37" w:history="1">
+      <w:hyperlink r:id="rId713069bcd7ccf22e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 4 February 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3641,51 +3641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus latensolani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511969827d9a74c39" w:history="1">
+      <w:hyperlink r:id="rId601769bcd7ccf23e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3698,63 +3698,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27657865" name="name137469827d9a74d21" descr="eu_funding_250.png"/>
+            <wp:docPr id="19921183" name="name386069bcd7ccf2482" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId635869827d9a74d20" cstate="print"/>
+                    <a:blip r:embed="rId718969bcd7ccf2481" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3852,137 +3852,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27540724">
+  <w:abstractNum w:abstractNumId="54953035">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77580786">
+    <w:lvl w:ilvl="0" w:tplc="44324428">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77580786" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44324428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27540723">
+  <w:abstractNum w:abstractNumId="54953034">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73405458">
+    <w:lvl w:ilvl="0" w:tplc="76209815">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4734,55 +4734,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27540723">
-    <w:abstractNumId w:val="27540723"/>
+  <w:num w:numId="54953034">
+    <w:abstractNumId w:val="54953034"/>
   </w:num>
-  <w:num w:numId="27540724">
-    <w:abstractNumId w:val="27540724"/>
+  <w:num w:numId="54953035">
+    <w:abstractNumId w:val="54953035"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16332,51 +16332,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210986504" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359482455" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508869827d9a72329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId268469827d9a7236f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId375669827d9a72587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId934769827d9a74288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId762869827d9a742da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId384069827d9a7431b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId664269827d9a7437a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId924969827d9a74536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId109369827d9a74578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId391669827d9a746c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId370669827d9a74706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId482969827d9a74782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId617469827d9a7481e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId202869827d9a748e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId590769827d9a74973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId245169827d9a749d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId459969827d9a74b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId511969827d9a74c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId342869827d9a7246b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId342869827d9a7246b.jpg"/><Relationship Id="rId988669827d9a73844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988669827d9a73844.jpg"/><Relationship Id="rId635869827d9a74d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635869827d9a74d20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564903217" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254116817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId859469bcd7ccef7bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/" TargetMode="External"/><Relationship Id="rId848869bcd7ccef800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/categorization" TargetMode="External"/><Relationship Id="rId530469bcd7cceff5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POTLV0/photos" TargetMode="External"/><Relationship Id="rId842669bcd7ccf1a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://potatoes.colostate.edu/wp-content/uploads/2021/05/Nuclear-and-Greenhouse-Lab-Costs-Table.pdf" TargetMode="External"/><Relationship Id="rId755569bcd7ccf1a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uidaho.edu/cals/seed-potato-germplasm-program/varieties-in-production" TargetMode="External"/><Relationship Id="rId278169bcd7ccf1aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uihleinfarm.pppmb.cals.cornell.edu/pathogen-testing/" TargetMode="External"/><Relationship Id="rId201169bcd7ccf1ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.seed.nd.gov/potato/seedstocks-tissue-culture" TargetMode="External"/><Relationship Id="rId595769bcd7ccf1cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/invasive-species/directives/potatoes/d-97-11/eng/1323886418103/1323886500636" TargetMode="External"/><Relationship Id="rId887269bcd7ccf1d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspection.canada.ca/plant-health/plant-pests-invasive-species/directives/potatoes/d-97-08/eng/1313337803460/1313337874471" TargetMode="External"/><Relationship Id="rId759869bcd7ccf1e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5853" TargetMode="External"/><Relationship Id="rId319769bcd7ccf1ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/721dd01f-3e3a-4d45-99dd-5d8c18513fa5" TargetMode="External"/><Relationship Id="rId614869bcd7ccf1f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/26/pm3-021-3-en.pdf" TargetMode="External"/><Relationship Id="rId920569bcd7ccf1fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21223/P3/YFHLQU" TargetMode="External"/><Relationship Id="rId397169bcd7ccf2081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/ictv-reports/ictv_9th_report/positive-sense-rna-viruses-2011/w/posrna_viruses/241/betaflexiviridae" TargetMode="External"/><Relationship Id="rId251769bcd7ccf2111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007%2F978-3-030-28683-5_11.pdf" TargetMode="External"/><Relationship Id="rId953369bcd7ccf216e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.utas.edu.au/20665/1/whole_LambertSusanJennifer2007.pdf" TargetMode="External"/><Relationship Id="rId713069bcd7ccf22e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cybertesis.unmsm.edu.pe/handle/20.500.12672/1407" TargetMode="External"/><Relationship Id="rId601769bcd7ccf23e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId994969bcd7ccefe1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994969bcd7ccefe1b.jpg"/><Relationship Id="rId826769bcd7ccf1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826769bcd7ccf1011.jpg"/><Relationship Id="rId718969bcd7ccf2481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718969bcd7ccf2481.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>