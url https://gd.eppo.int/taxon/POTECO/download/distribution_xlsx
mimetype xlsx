--- v0 (2025-10-09)
+++ v1 (2026-02-20)
@@ -176,51 +176,51 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>