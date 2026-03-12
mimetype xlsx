--- v1 (2026-02-20)
+++ v2 (2026-03-12)
@@ -182,54 +182,54 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>en</t>
   </si>
   <si>
     <t>Northern Ireland</t>
   </si>
   <si>
     <t>ni</t>
   </si>
@@ -977,71 +977,71 @@
       <c r="B22" t="s">
         <v>52</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>53</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>27</v>
       </c>
       <c r="B23" t="s">
         <v>54</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>55</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24" t="s">
         <v>56</v>
       </c>
       <c r="D24" t="s">
         <v>55</v>
       </c>
       <c r="E24" t="s">
         <v>57</v>
       </c>
       <c r="F24" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
         <v>58</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>27</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>