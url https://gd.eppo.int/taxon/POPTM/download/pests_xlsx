--- v0 (2025-10-11)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="POPTM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ERSHMU</t>
   </si>
   <si>
     <t>Garella musculana (as Populus)</t>
   </si>
   <si>
     <t>* EFSA Panel on Plant Health (2021) Commodity risk assessment of Juglans regia plants from Turkey. EFSA Journal 19(6), 6665, 99 pp. https://doi.org/10.2903/j.efsa.2021.6665
 ------- mentions Populus as host, citing Robinson et al. (2010). However no reference is provided in Robinson et al. and no other reference was found that supports that Populus is a host. 
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW and Hernandez LM (2010) HOSTS–a database of the world’s Lepidopteran hostplants. Natural History Museum, London. Available online: http://www.nhm.ac.uk/hosts [Accessed: 3 March 2021]</t>
@@ -288,50 +288,60 @@
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae</t>
   </si>
   <si>
     <t>* Shiel PJ, Castello JD (1985) Detection of tobacco mosaic and tobacco ringspot viruses in herbaceous and woody plants near virus-infected white ash trees in central New York. Plant Disease 69, 791-795.</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata (as Populus)</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Lindroth RL, Wood SA, Kopper BJ (2002) Response of quaking aspen genotypes to enriched CO2: foliar chemistry and tussock moth performance. Agricultural and Forest Entomology 4: 315–323. https://doi.org/10.1046/j.1461-9563.2002.00156.x</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Populus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Populus)</t>
   </si>
   <si>
     <t>MYCOPP</t>
   </si>
   <si>
     <t>Sphaerulina musiva</t>
   </si>
   <si>
     <t>* Romo Lozano Y, Moreno Rico O, Romero Cova S (1992) [Incidence and severity of quaking aspen (Populus tremuloides) aerial diseases in Aguascalientes, Ags.]. Revista Mexicana de Fitopatología 10(1), 38-43 (abst.).</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Populus)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
@@ -767,51 +777,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1193,241 +1203,255 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
       <c r="D30" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>84</v>
       </c>
       <c r="C31" t="s">
         <v>85</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>88</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
         <v>89</v>
       </c>
       <c r="C33" t="s">
         <v>90</v>
       </c>
       <c r="D33" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
       <c r="C34" t="s">
         <v>93</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="B36" t="s">
         <v>97</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B37" t="s">
         <v>100</v>
       </c>
       <c r="C37" t="s">
         <v>101</v>
       </c>
       <c r="D37" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="s">
         <v>104</v>
       </c>
       <c r="D38" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B39" t="s">
         <v>106</v>
       </c>
       <c r="C39" t="s">
         <v>107</v>
       </c>
       <c r="D39" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B40" t="s">
         <v>109</v>
       </c>
       <c r="C40" t="s">
         <v>110</v>
       </c>
       <c r="D40" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B41" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B42" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="C42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>72</v>
       </c>
       <c r="C43" t="s">
         <v>117</v>
       </c>
       <c r="D43" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B44" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="C44" t="s">
+        <v>120</v>
+      </c>
+      <c r="D44" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B45" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="C45" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>121</v>
+      </c>
+      <c r="D45" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>99</v>
+      </c>
+      <c r="B46" t="s">
+        <v>95</v>
+      </c>
+      <c r="C46" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>