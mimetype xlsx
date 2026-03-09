--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="POPNT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t xml:space="preserve">* Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (Chrysobothris Femorata Fab.) and the Pacific Flatheaded Apple Tree Borer (Chryso- Bothris Mali Horn). Journal of Economic Entomology, 12(4), 326–333. 
 ------- Taken ‘larvae which appear to be this species’ from this plant.
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
@@ -262,50 +262,60 @@
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>ORIEIS</t>
   </si>
   <si>
     <t>Orientus ishidae</t>
   </si>
   <si>
     <t>* Nickel H (2010) First addendum to the leafhoppers and planthoppers of Germany (Hemiptera: Auchenorrhyncha). Cicadina 11, 107-122.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Populus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Populus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Populus)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 -------- Living host.
 * Sama G, Fallandhzadeh M, Rapuzzi P (2005) Notes on some Cerambycidae (Coleoptera) from Iran with description of two new species (Insecta Coleoptera Cerambycidae). Quaderno di Studi e Notizie di Storia Naturale della Romagna 20, 123-132.</t>
   </si>
   <si>
     <t>XANTPO</t>
   </si>
   <si>
     <t>Xanthomonas populi (as Populus)</t>
@@ -681,51 +691,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1079,158 +1089,172 @@
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
         <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>76</v>
       </c>
       <c r="D28" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>82</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>83</v>
       </c>
       <c r="C31" t="s">
         <v>84</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>89</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
       <c r="D34" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B36" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B37" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>90</v>
+      </c>
+      <c r="B38" t="s">
         <v>69</v>
       </c>
-      <c r="C37" t="s">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="C38" t="s">
+        <v>100</v>
+      </c>
+      <c r="D38" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">