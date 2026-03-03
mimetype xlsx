--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="POPMX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ERSHMU</t>
   </si>
   <si>
     <t>Garella musculana (as Populus)</t>
   </si>
   <si>
     <t>* EFSA Panel on Plant Health (2021) Commodity risk assessment of Juglans regia plants from Turkey. EFSA Journal 19(6), 6665, 99 pp. https://doi.org/10.2903/j.efsa.2021.6665
 ------- mentions Populus as host, citing Robinson et al. (2010). However no reference is provided in Robinson et al. and no other reference was found that supports that Populus is a host. 
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW and Hernandez LM (2010) HOSTS–a database of the world’s Lepidopteran hostplants. Natural History Museum, London. Available online: http://www.nhm.ac.uk/hosts [Accessed: 3 March 2021]</t>
@@ -180,50 +180,60 @@
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae</t>
   </si>
   <si>
     <t>* Lloyd AL, Smith JA (2018) First report of poplar leaf rust caused by Melampsora medusae on Populus mexicana in the United States. Plant Disease 102(10), 2031-2033.
 ------- On Populus mexicana subsp. dimorpha in Florida (US), also reported earlier on P. mexicana in Mexico.
 "Based on morphology and ITS sequence alone, we could not determine whether our sample was M. medusae f. sp. deltoidae or M. medusae f. sp. tremuloidae, but it is likely that it is M. medusae f. sp. deltoidae given that Populus deltoides is native to Florida"</t>
   </si>
   <si>
     <t>Melampsora medusae (as Populus)</t>
   </si>
   <si>
     <t>MELMMD</t>
   </si>
   <si>
     <t>Melampsora medusae f. sp. deltoidis (as Populus)</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata (as Populus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Populus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Populus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Populus)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 -------- Living host.
 * Sama G, Fallandhzadeh M, Rapuzzi P (2005) Notes on some Cerambycidae (Coleoptera) from Iran with description of two new species (Insecta Coleoptera Cerambycidae). Quaderno di Studi e Notizie di Storia Naturale della Romagna 20, 123-132.</t>
   </si>
   <si>
     <t>XANTPO</t>
   </si>
   <si>
     <t>Xanthomonas populi (as Populus)</t>
@@ -592,51 +602,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -878,130 +888,144 @@
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>57</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B27" t="s">
         <v>69</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
       <c r="D27" t="s">
         <v>71</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">