--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId957168e6e4ec8cd8d" w:history="1">
+            <w:hyperlink r:id="rId17816916b33b8ff46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188168e6e4ec8cdf8" w:history="1">
+            <w:hyperlink r:id="rId95076916b33b8ffb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63140401" name="name508568e6e4ec8d9f3" descr="18741.jpg"/>
+                  <wp:docPr id="59438688" name="name69416916b33b90789" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId193868e6e4ec8d9f0" cstate="print"/>
+                          <a:blip r:embed="rId94006916b33b90787" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId289468e6e4ec8db62" w:history="1">
+            <w:hyperlink r:id="rId92906916b33b9089c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3073,63 +3073,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13423884" name="name361868e6e4ec8feaa" descr="POPIJA_distribution_map.jpg"/>
+            <wp:docPr id="39162940" name="name75666916b33b92a35" descr="POPIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POPIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId263468e6e4ec8fea7" cstate="print"/>
+                    <a:blip r:embed="rId43546916b33b92a32" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4255,92 +4255,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId169068e6e4ec90b7e" w:history="1">
+      <w:hyperlink r:id="rId11016916b33b93681" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId353468e6e4ec90bc4" w:history="1">
+      <w:hyperlink r:id="rId29116916b33b936c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230868e6e4ec91554" w:history="1">
+      <w:hyperlink r:id="rId78646916b33b941cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5717,51 +5717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286668e6e4ec9160c" w:history="1">
+      <w:hyperlink r:id="rId15896916b33b9424f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954468e6e4ec91da6" w:history="1">
+      <w:hyperlink r:id="rId88826916b33b945f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367668e6e4ec91ec8" w:history="1">
+      <w:hyperlink r:id="rId17196916b33b9472d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6491,51 +6491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773768e6e4ec91f28" w:history="1">
+      <w:hyperlink r:id="rId29616916b33b9480a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6550,51 +6550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511468e6e4ec91f86" w:history="1">
+      <w:hyperlink r:id="rId74666916b33b9486f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818168e6e4ec91fe4" w:history="1">
+      <w:hyperlink r:id="rId47906916b33b9490d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,51 +6668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118368e6e4ec92040" w:history="1">
+      <w:hyperlink r:id="rId57906916b33b94970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6727,51 +6727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945468e6e4ec92226" w:history="1">
+      <w:hyperlink r:id="rId95146916b33b949d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7690,51 +7690,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970968e6e4ec92913" w:history="1">
+      <w:hyperlink r:id="rId78326916b33b950f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7983,90 +7983,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600068e6e4ec92c7e" w:history="1">
+      <w:hyperlink r:id="rId57156916b33b952cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807768e6e4ec92cc9" w:history="1">
+      <w:hyperlink r:id="rId57866916b33b9530e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8215,51 +8215,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743268e6e4ec92e2f" w:history="1">
+      <w:hyperlink r:id="rId34346916b33b954b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,81 +8426,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181268e6e4ec93008" w:history="1">
+      <w:hyperlink r:id="rId83596916b33b95640" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681368e6e4ec93042" w:history="1">
+      <w:hyperlink r:id="rId62916916b33b95696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8669,51 +8669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971968e6e4ec931cd" w:history="1">
+      <w:hyperlink r:id="rId93166916b33b957f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8769,81 +8769,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803868e6e4ec932a3" w:history="1">
+      <w:hyperlink r:id="rId71776916b33b958a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10858860" name="name123568e6e4ec933cd" descr="eu_funding_250.png"/>
+            <wp:docPr id="5369140" name="name32086916b33b9596b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId115868e6e4ec933cb" cstate="print"/>
+                    <a:blip r:embed="rId75836916b33b95969" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8941,137 +8941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33886677">
+  <w:abstractNum w:abstractNumId="53486925">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18033829">
+    <w:lvl w:ilvl="0" w:tplc="65958502">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18033829" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65958502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33886676">
+  <w:abstractNum w:abstractNumId="53486924">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21707705">
+    <w:lvl w:ilvl="0" w:tplc="35172265">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9823,55 +9823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33886676">
-    <w:abstractNumId w:val="33886676"/>
+  <w:num w:numId="53486924">
+    <w:abstractNumId w:val="53486924"/>
   </w:num>
-  <w:num w:numId="33886677">
-    <w:abstractNumId w:val="33886677"/>
+  <w:num w:numId="53486925">
+    <w:abstractNumId w:val="53486925"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21421,51 +21421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId805654171" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId240249561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId957168e6e4ec8cd8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId188168e6e4ec8cdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId289468e6e4ec8db62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId169068e6e4ec90b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId353468e6e4ec90bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId230868e6e4ec91554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId286668e6e4ec9160c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId954468e6e4ec91da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId367668e6e4ec91ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId773768e6e4ec91f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId511468e6e4ec91f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId818168e6e4ec91fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId118368e6e4ec92040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId945468e6e4ec92226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId970968e6e4ec92913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId600068e6e4ec92c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId807768e6e4ec92cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId743268e6e4ec92e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId181268e6e4ec93008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId681368e6e4ec93042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId971968e6e4ec931cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId803868e6e4ec932a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId193868e6e4ec8d9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193868e6e4ec8d9f0.jpg"/><Relationship Id="rId263468e6e4ec8fea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263468e6e4ec8fea7.jpg"/><Relationship Id="rId115868e6e4ec933cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115868e6e4ec933cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305347329" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907316865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17816916b33b8ff46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId95076916b33b8ffb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId92906916b33b9089c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId11016916b33b93681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId29116916b33b936c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId78646916b33b941cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId15896916b33b9424f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId88826916b33b945f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId17196916b33b9472d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId29616916b33b9480a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId74666916b33b9486f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId47906916b33b9490d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId57906916b33b94970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId95146916b33b949d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId78326916b33b950f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId57156916b33b952cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId57866916b33b9530e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId34346916b33b954b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId83596916b33b95640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId62916916b33b95696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId93166916b33b957f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71776916b33b958a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId94006916b33b90787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94006916b33b90787.jpg"/><Relationship Id="rId43546916b33b92a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43546916b33b92a32.jpg"/><Relationship Id="rId75836916b33b95969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75836916b33b95969.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>