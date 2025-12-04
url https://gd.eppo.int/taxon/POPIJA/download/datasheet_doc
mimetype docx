--- v1 (2025-11-14)
+++ v2 (2025-12-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17816916b33b8ff46" w:history="1">
+            <w:hyperlink r:id="rId21086931911669c0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95076916b33b8ffb0" w:history="1">
+            <w:hyperlink r:id="rId17816931911669c75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59438688" name="name69416916b33b90789" descr="18741.jpg"/>
+                  <wp:docPr id="16350412" name="name96446931911669d5c" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId94006916b33b90787" cstate="print"/>
+                          <a:blip r:embed="rId91096931911669d5b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92906916b33b9089c" w:history="1">
+            <w:hyperlink r:id="rId70516931911669e4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3073,63 +3073,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39162940" name="name75666916b33b92a35" descr="POPIJA_distribution_map.jpg"/>
+            <wp:docPr id="19371551" name="name5956693191166be0b" descr="POPIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POPIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43546916b33b92a32" cstate="print"/>
+                    <a:blip r:embed="rId2335693191166be09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4255,92 +4255,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11016916b33b93681" w:history="1">
+      <w:hyperlink r:id="rId2514693191166c77c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId29116916b33b936c7" w:history="1">
+      <w:hyperlink r:id="rId1719693191166c7bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78646916b33b941cc" w:history="1">
+      <w:hyperlink r:id="rId1260693191166d07a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5717,51 +5717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15896916b33b9424f" w:history="1">
+      <w:hyperlink r:id="rId1033693191166d0f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88826916b33b945f5" w:history="1">
+      <w:hyperlink r:id="rId9501693191166d466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17196916b33b9472d" w:history="1">
+      <w:hyperlink r:id="rId8484693191166d580" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6491,51 +6491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29616916b33b9480a" w:history="1">
+      <w:hyperlink r:id="rId9977693191166d5f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6550,51 +6550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74666916b33b9486f" w:history="1">
+      <w:hyperlink r:id="rId6068693191166d652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47906916b33b9490d" w:history="1">
+      <w:hyperlink r:id="rId6118693191166d6af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,51 +6668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57906916b33b94970" w:history="1">
+      <w:hyperlink r:id="rId9418693191166d70c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6727,51 +6727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95146916b33b949d0" w:history="1">
+      <w:hyperlink r:id="rId6240693191166d768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7690,51 +7690,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78326916b33b950f6" w:history="1">
+      <w:hyperlink r:id="rId9139693191166dd64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7983,90 +7983,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57156916b33b952cd" w:history="1">
+      <w:hyperlink r:id="rId3440693191166df45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57866916b33b9530e" w:history="1">
+      <w:hyperlink r:id="rId9706693191166df85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8215,51 +8215,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34346916b33b954b3" w:history="1">
+      <w:hyperlink r:id="rId9089693191166e0bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,81 +8426,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83596916b33b95640" w:history="1">
+      <w:hyperlink r:id="rId6553693191166e20d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62916916b33b95696" w:history="1">
+      <w:hyperlink r:id="rId1085693191166e23f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8669,51 +8669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93166916b33b957f7" w:history="1">
+      <w:hyperlink r:id="rId2866693191166e395" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8769,81 +8769,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71776916b33b958a1" w:history="1">
+      <w:hyperlink r:id="rId3987693191166e43b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5369140" name="name32086916b33b9596b" descr="eu_funding_250.png"/>
+            <wp:docPr id="72745507" name="name6399693191166e4b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75836916b33b95969" cstate="print"/>
+                    <a:blip r:embed="rId4885693191166e4b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8941,137 +8941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53486925">
+  <w:abstractNum w:abstractNumId="59916034">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65958502">
+    <w:lvl w:ilvl="0" w:tplc="23098068">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65958502" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23098068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53486924">
+  <w:abstractNum w:abstractNumId="59916033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35172265">
+    <w:lvl w:ilvl="0" w:tplc="81519619">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9823,55 +9823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53486924">
-    <w:abstractNumId w:val="53486924"/>
+  <w:num w:numId="59916033">
+    <w:abstractNumId w:val="59916033"/>
   </w:num>
-  <w:num w:numId="53486925">
-    <w:abstractNumId w:val="53486925"/>
+  <w:num w:numId="59916034">
+    <w:abstractNumId w:val="59916034"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21421,51 +21421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305347329" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907316865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17816916b33b8ff46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId95076916b33b8ffb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId92906916b33b9089c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId11016916b33b93681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId29116916b33b936c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId78646916b33b941cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId15896916b33b9424f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId88826916b33b945f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId17196916b33b9472d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId29616916b33b9480a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId74666916b33b9486f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId47906916b33b9490d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId57906916b33b94970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId95146916b33b949d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId78326916b33b950f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId57156916b33b952cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId57866916b33b9530e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId34346916b33b954b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId83596916b33b95640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId62916916b33b95696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId93166916b33b957f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71776916b33b958a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId94006916b33b90787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94006916b33b90787.jpg"/><Relationship Id="rId43546916b33b92a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43546916b33b92a32.jpg"/><Relationship Id="rId75836916b33b95969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75836916b33b95969.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId162589955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId458605023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21086931911669c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId17816931911669c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId70516931911669e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId2514693191166c77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId1719693191166c7bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId1260693191166d07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId1033693191166d0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId9501693191166d466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId8484693191166d580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId9977693191166d5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId6068693191166d652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId6118693191166d6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId9418693191166d70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId6240693191166d768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId9139693191166dd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId3440693191166df45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId9706693191166df85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId9089693191166e0bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId6553693191166e20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId1085693191166e23f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId2866693191166e395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3987693191166e43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId91096931911669d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91096931911669d5b.jpg"/><Relationship Id="rId2335693191166be09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2335693191166be09.jpg"/><Relationship Id="rId4885693191166e4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4885693191166e4b0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>