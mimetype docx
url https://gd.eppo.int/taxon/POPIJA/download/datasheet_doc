--- v2 (2025-12-04)
+++ v3 (2025-12-26)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21086931911669c0c" w:history="1">
+            <w:hyperlink r:id="rId7884694e191d7a55f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17816931911669c75" w:history="1">
+            <w:hyperlink r:id="rId3627694e191d7a5c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16350412" name="name96446931911669d5c" descr="18741.jpg"/>
+                  <wp:docPr id="17113851" name="name9792694e191d7ad14" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId91096931911669d5b" cstate="print"/>
+                          <a:blip r:embed="rId9415694e191d7ad12" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId70516931911669e4d" w:history="1">
+            <w:hyperlink r:id="rId3233694e191d7ae4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3073,63 +3073,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19371551" name="name5956693191166be0b" descr="POPIJA_distribution_map.jpg"/>
+            <wp:docPr id="66185869" name="name6336694e191d7c955" descr="POPIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POPIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2335693191166be09" cstate="print"/>
+                    <a:blip r:embed="rId8516694e191d7c952" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4255,92 +4255,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2514693191166c77c" w:history="1">
+      <w:hyperlink r:id="rId7437694e191d7d31a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1719693191166c7bf" w:history="1">
+      <w:hyperlink r:id="rId1861694e191d7d35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1260693191166d07a" w:history="1">
+      <w:hyperlink r:id="rId8503694e191d7dc44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5717,51 +5717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1033693191166d0f7" w:history="1">
+      <w:hyperlink r:id="rId5569694e191d7dcc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9501693191166d466" w:history="1">
+      <w:hyperlink r:id="rId6500694e191d7e051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8484693191166d580" w:history="1">
+      <w:hyperlink r:id="rId9286694e191d7e171" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6491,51 +6491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9977693191166d5f3" w:history="1">
+      <w:hyperlink r:id="rId8726694e191d7e1cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6550,51 +6550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6068693191166d652" w:history="1">
+      <w:hyperlink r:id="rId7150694e191d7e22d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6118693191166d6af" w:history="1">
+      <w:hyperlink r:id="rId9304694e191d7e28b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,51 +6668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9418693191166d70c" w:history="1">
+      <w:hyperlink r:id="rId5932694e191d7e2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6727,51 +6727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6240693191166d768" w:history="1">
+      <w:hyperlink r:id="rId5184694e191d7e346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7690,51 +7690,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9139693191166dd64" w:history="1">
+      <w:hyperlink r:id="rId8201694e191d7e94f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7983,90 +7983,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3440693191166df45" w:history="1">
+      <w:hyperlink r:id="rId4157694e191d7eb1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9706693191166df85" w:history="1">
+      <w:hyperlink r:id="rId1132694e191d7eb5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8215,51 +8215,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9089693191166e0bb" w:history="1">
+      <w:hyperlink r:id="rId8631694e191d7eca5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,81 +8426,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6553693191166e20d" w:history="1">
+      <w:hyperlink r:id="rId6453694e191d7edfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1085693191166e23f" w:history="1">
+      <w:hyperlink r:id="rId2555694e191d7ee2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8669,51 +8669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2866693191166e395" w:history="1">
+      <w:hyperlink r:id="rId1311694e191d7efa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8769,81 +8769,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3987693191166e43b" w:history="1">
+      <w:hyperlink r:id="rId6810694e191d7f051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72745507" name="name6399693191166e4b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="1232720" name="name6891694e191d7f0ae" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4885693191166e4b0" cstate="print"/>
+                    <a:blip r:embed="rId1285694e191d7f0ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8941,137 +8941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59916034">
+  <w:abstractNum w:abstractNumId="43698595">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23098068">
+    <w:lvl w:ilvl="0" w:tplc="77869974">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23098068" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77869974" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59916033">
+  <w:abstractNum w:abstractNumId="43698594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81519619">
+    <w:lvl w:ilvl="0" w:tplc="12776894">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9823,55 +9823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59916033">
-    <w:abstractNumId w:val="59916033"/>
+  <w:num w:numId="43698594">
+    <w:abstractNumId w:val="43698594"/>
   </w:num>
-  <w:num w:numId="59916034">
-    <w:abstractNumId w:val="59916034"/>
+  <w:num w:numId="43698595">
+    <w:abstractNumId w:val="43698595"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21421,51 +21421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId162589955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId458605023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21086931911669c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId17816931911669c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId70516931911669e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId2514693191166c77c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId1719693191166c7bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId1260693191166d07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId1033693191166d0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId9501693191166d466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId8484693191166d580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId9977693191166d5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId6068693191166d652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId6118693191166d6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId9418693191166d70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId6240693191166d768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId9139693191166dd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId3440693191166df45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId9706693191166df85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId9089693191166e0bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId6553693191166e20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId1085693191166e23f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId2866693191166e395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3987693191166e43b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId91096931911669d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91096931911669d5b.jpg"/><Relationship Id="rId2335693191166be09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2335693191166be09.jpg"/><Relationship Id="rId4885693191166e4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4885693191166e4b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId103467945" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241389422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7884694e191d7a55f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId3627694e191d7a5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId3233694e191d7ae4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId7437694e191d7d31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId1861694e191d7d35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId8503694e191d7dc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId5569694e191d7dcc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId6500694e191d7e051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId9286694e191d7e171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId8726694e191d7e1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId7150694e191d7e22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId9304694e191d7e28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId5932694e191d7e2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId5184694e191d7e346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId8201694e191d7e94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId4157694e191d7eb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId1132694e191d7eb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId8631694e191d7eca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId6453694e191d7edfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId2555694e191d7ee2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId1311694e191d7efa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6810694e191d7f051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId9415694e191d7ad12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9415694e191d7ad12.jpg"/><Relationship Id="rId8516694e191d7c952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8516694e191d7c952.jpg"/><Relationship Id="rId1285694e191d7f0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1285694e191d7f0ad.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>