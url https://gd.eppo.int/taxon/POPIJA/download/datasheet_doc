--- v3 (2025-12-26)
+++ v4 (2026-01-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7884694e191d7a55f" w:history="1">
+            <w:hyperlink r:id="rId8769696b5bf848afc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3627694e191d7a5c8" w:history="1">
+            <w:hyperlink r:id="rId5589696b5bf848b70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17113851" name="name9792694e191d7ad14" descr="18741.jpg"/>
+                  <wp:docPr id="46460081" name="name2188696b5bf848c2a" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9415694e191d7ad12" cstate="print"/>
+                          <a:blip r:embed="rId3658696b5bf848c29" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3233694e191d7ae4d" w:history="1">
+            <w:hyperlink r:id="rId7601696b5bf848d36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3073,63 +3073,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66185869" name="name6336694e191d7c955" descr="POPIJA_distribution_map.jpg"/>
+            <wp:docPr id="709964" name="name8315696b5bf84d7fa" descr="POPIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POPIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8516694e191d7c952" cstate="print"/>
+                    <a:blip r:embed="rId2299696b5bf84d7f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4255,92 +4255,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7437694e191d7d31a" w:history="1">
+      <w:hyperlink r:id="rId8371696b5bf84e179" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1861694e191d7d35f" w:history="1">
+      <w:hyperlink r:id="rId4198696b5bf84e1ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8503694e191d7dc44" w:history="1">
+      <w:hyperlink r:id="rId2699696b5bf850a37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5717,51 +5717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5569694e191d7dcc3" w:history="1">
+      <w:hyperlink r:id="rId2864696b5bf850ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6500694e191d7e051" w:history="1">
+      <w:hyperlink r:id="rId3478696b5bf850e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9286694e191d7e171" w:history="1">
+      <w:hyperlink r:id="rId7256696b5bf850f3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6491,51 +6491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8726694e191d7e1cf" w:history="1">
+      <w:hyperlink r:id="rId5224696b5bf850f9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6550,51 +6550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7150694e191d7e22d" w:history="1">
+      <w:hyperlink r:id="rId8716696b5bf850ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9304694e191d7e28b" w:history="1">
+      <w:hyperlink r:id="rId4480696b5bf851054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,51 +6668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5932694e191d7e2e9" w:history="1">
+      <w:hyperlink r:id="rId1078696b5bf8510c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6727,51 +6727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5184694e191d7e346" w:history="1">
+      <w:hyperlink r:id="rId2392696b5bf851127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7690,51 +7690,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8201694e191d7e94f" w:history="1">
+      <w:hyperlink r:id="rId3627696b5bf851735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7983,90 +7983,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4157694e191d7eb1d" w:history="1">
+      <w:hyperlink r:id="rId8134696b5bf85190b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1132694e191d7eb5c" w:history="1">
+      <w:hyperlink r:id="rId2744696b5bf85194a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8215,51 +8215,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8631694e191d7eca5" w:history="1">
+      <w:hyperlink r:id="rId2743696b5bf851a8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,81 +8426,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6453694e191d7edfc" w:history="1">
+      <w:hyperlink r:id="rId3530696b5bf851bde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2555694e191d7ee2e" w:history="1">
+      <w:hyperlink r:id="rId7754696b5bf851c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8647,73 +8647,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1311694e191d7efa8" w:history="1">
+      <w:hyperlink r:id="rId9513696b5bf851d6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8769,81 +8769,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6810694e191d7f051" w:history="1">
+      <w:hyperlink r:id="rId8131696b5bf851e16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1232720" name="name6891694e191d7f0ae" descr="eu_funding_250.png"/>
+            <wp:docPr id="38952829" name="name6313696b5bf856e8e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1285694e191d7f0ad" cstate="print"/>
+                    <a:blip r:embed="rId2990696b5bf856e8b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8941,137 +8941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43698595">
+  <w:abstractNum w:abstractNumId="92334663">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77869974">
+    <w:lvl w:ilvl="0" w:tplc="95919028">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77869974" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95919028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43698594">
+  <w:abstractNum w:abstractNumId="92334662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12776894">
+    <w:lvl w:ilvl="0" w:tplc="83192954">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9823,55 +9823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43698594">
-    <w:abstractNumId w:val="43698594"/>
+  <w:num w:numId="92334662">
+    <w:abstractNumId w:val="92334662"/>
   </w:num>
-  <w:num w:numId="43698595">
-    <w:abstractNumId w:val="43698595"/>
+  <w:num w:numId="92334663">
+    <w:abstractNumId w:val="92334663"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21421,51 +21421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId103467945" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241389422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7884694e191d7a55f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId3627694e191d7a5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId3233694e191d7ae4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId7437694e191d7d31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId1861694e191d7d35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId8503694e191d7dc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId5569694e191d7dcc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId6500694e191d7e051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId9286694e191d7e171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId8726694e191d7e1cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId7150694e191d7e22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId9304694e191d7e28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId5932694e191d7e2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId5184694e191d7e346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId8201694e191d7e94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId4157694e191d7eb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId1132694e191d7eb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId8631694e191d7eca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId6453694e191d7edfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId2555694e191d7ee2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId1311694e191d7efa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6810694e191d7f051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId9415694e191d7ad12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9415694e191d7ad12.jpg"/><Relationship Id="rId8516694e191d7c952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8516694e191d7c952.jpg"/><Relationship Id="rId1285694e191d7f0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1285694e191d7f0ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId569599836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371150422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8769696b5bf848afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId5589696b5bf848b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId7601696b5bf848d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId8371696b5bf84e179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId4198696b5bf84e1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId2699696b5bf850a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId2864696b5bf850ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId3478696b5bf850e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId7256696b5bf850f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId5224696b5bf850f9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId8716696b5bf850ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId4480696b5bf851054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId1078696b5bf8510c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId2392696b5bf851127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId3627696b5bf851735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId8134696b5bf85190b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId2744696b5bf85194a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId2743696b5bf851a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId3530696b5bf851bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId7754696b5bf851c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId9513696b5bf851d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8131696b5bf851e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId3658696b5bf848c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3658696b5bf848c29.jpg"/><Relationship Id="rId2299696b5bf84d7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2299696b5bf84d7f8.jpg"/><Relationship Id="rId2990696b5bf856e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2990696b5bf856e8b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>