--- v4 (2026-01-17)
+++ v5 (2026-02-06)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8769696b5bf848afc" w:history="1">
+            <w:hyperlink r:id="rId558569865f813ee0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5589696b5bf848b70" w:history="1">
+            <w:hyperlink r:id="rId443269865f813ee7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46460081" name="name2188696b5bf848c2a" descr="18741.jpg"/>
+                  <wp:docPr id="80484327" name="name313269865f813ef3b" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3658696b5bf848c29" cstate="print"/>
+                          <a:blip r:embed="rId141369865f813ef3a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7601696b5bf848d36" w:history="1">
+            <w:hyperlink r:id="rId676169865f813f069" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3068,110 +3068,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> were found in two different vineyards on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> France (mainland), Germany, Italy (mainland), Portugal (Azores), Russian Federation (the) (Far East), Slovenia, Spain (mainland), Switzerland</w:t>
+        <w:t xml:space="preserve"> France (mainland), Germany, Italy (mainland), Portugal (Azores), Russian Federation (Far East), Slovenia, Spain (mainland), Switzerland</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido, Honshu, Kyushu, Shikoku)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4255,92 +4223,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8371696b5bf84e179" w:history="1">
+      <w:hyperlink r:id="rId466169865f8140c71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4198696b5bf84e1ba" w:history="1">
+      <w:hyperlink r:id="rId297469865f8140cb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5640,51 +5608,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2699696b5bf850a37" w:history="1">
+      <w:hyperlink r:id="rId278069865f8141582" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5717,51 +5685,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2864696b5bf850ab9" w:history="1">
+      <w:hyperlink r:id="rId861169865f8141600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6255,51 +6223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3478696b5bf850e20" w:history="1">
+      <w:hyperlink r:id="rId323169865f81419b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6400,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7256696b5bf850f3d" w:history="1">
+      <w:hyperlink r:id="rId446169865f8141ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6491,51 +6459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5224696b5bf850f9b" w:history="1">
+      <w:hyperlink r:id="rId435469865f8141b42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6550,51 +6518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8716696b5bf850ff7" w:history="1">
+      <w:hyperlink r:id="rId402769865f8141ba2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6609,51 +6577,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4480696b5bf851054" w:history="1">
+      <w:hyperlink r:id="rId857569865f8141c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,51 +6636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1078696b5bf8510c5" w:history="1">
+      <w:hyperlink r:id="rId271269865f8141c5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6727,51 +6695,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2392696b5bf851127" w:history="1">
+      <w:hyperlink r:id="rId949969865f8141cbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7690,51 +7658,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3627696b5bf851735" w:history="1">
+      <w:hyperlink r:id="rId266069865f81422c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7983,90 +7951,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8134696b5bf85190b" w:history="1">
+      <w:hyperlink r:id="rId971469865f8142494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2744696b5bf85194a" w:history="1">
+      <w:hyperlink r:id="rId410169865f81424d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8215,51 +8183,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2743696b5bf851a8b" w:history="1">
+      <w:hyperlink r:id="rId390569865f8142609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,81 +8394,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3530696b5bf851bde" w:history="1">
+      <w:hyperlink r:id="rId223469865f814277f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7754696b5bf851c11" w:history="1">
+      <w:hyperlink r:id="rId794869865f81427b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8669,51 +8637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9513696b5bf851d6f" w:history="1">
+      <w:hyperlink r:id="rId133069865f814290d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8769,81 +8737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8131696b5bf851e16" w:history="1">
+      <w:hyperlink r:id="rId129269865f81429b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38952829" name="name6313696b5bf856e8e" descr="eu_funding_250.png"/>
+            <wp:docPr id="95059934" name="name163769865f8142a02" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2990696b5bf856e8b" cstate="print"/>
+                    <a:blip r:embed="rId984369865f8142a01" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8941,137 +8909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92334663">
+  <w:abstractNum w:abstractNumId="70225022">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95919028">
+    <w:lvl w:ilvl="0" w:tplc="42982177">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95919028" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42982177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92334662">
+  <w:abstractNum w:abstractNumId="70225021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83192954">
+    <w:lvl w:ilvl="0" w:tplc="94767782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9823,55 +9791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92334662">
-    <w:abstractNumId w:val="92334662"/>
+  <w:num w:numId="70225021">
+    <w:abstractNumId w:val="70225021"/>
   </w:num>
-  <w:num w:numId="92334663">
-    <w:abstractNumId w:val="92334663"/>
+  <w:num w:numId="70225022">
+    <w:abstractNumId w:val="70225022"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21421,51 +21389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId569599836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId371150422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8769696b5bf848afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId5589696b5bf848b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId7601696b5bf848d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId8371696b5bf84e179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId4198696b5bf84e1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId2699696b5bf850a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId2864696b5bf850ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId3478696b5bf850e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId7256696b5bf850f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId5224696b5bf850f9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId8716696b5bf850ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId4480696b5bf851054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId1078696b5bf8510c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId2392696b5bf851127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId3627696b5bf851735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId8134696b5bf85190b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId2744696b5bf85194a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId2743696b5bf851a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId3530696b5bf851bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId7754696b5bf851c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId9513696b5bf851d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8131696b5bf851e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId3658696b5bf848c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3658696b5bf848c29.jpg"/><Relationship Id="rId2299696b5bf84d7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2299696b5bf84d7f8.jpg"/><Relationship Id="rId2990696b5bf856e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2990696b5bf856e8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404578744" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId943664262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId558569865f813ee0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId443269865f813ee7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId676169865f813f069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId466169865f8140c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId297469865f8140cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId278069865f8141582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId861169865f8141600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId323169865f81419b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId446169865f8141ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId435469865f8141b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId402769865f8141ba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId857569865f8141c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId271269865f8141c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId949969865f8141cbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId266069865f81422c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId971469865f8142494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId410169865f81424d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId390569865f8142609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId223469865f814277f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId794869865f81427b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId133069865f814290d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId129269865f81429b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId141369865f813ef3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId141369865f813ef3a.jpg"/><Relationship Id="rId984369865f8142a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984369865f8142a01.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>