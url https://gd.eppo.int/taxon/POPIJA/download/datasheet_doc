--- v5 (2026-02-06)
+++ v6 (2026-02-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558569865f813ee0e" w:history="1">
+            <w:hyperlink r:id="rId165969a113cfae321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443269865f813ee7a" w:history="1">
+            <w:hyperlink r:id="rId262869a113cfae392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80484327" name="name313269865f813ef3b" descr="18741.jpg"/>
+                  <wp:docPr id="55160796" name="name595969a113cfae979" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId141369865f813ef3a" cstate="print"/>
+                          <a:blip r:embed="rId327469a113cfae977" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId676169865f813f069" w:history="1">
+            <w:hyperlink r:id="rId863769a113cfaeab8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3068,78 +3068,110 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> were found in two different vineyards on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="58476527" name="name794669a113cfb0d70" descr="POPIJA_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="POPIJA_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId320369a113cfb0d6d" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> France (mainland), Germany, Italy (mainland), Portugal (Azores), Russian Federation (Far East), Slovenia, Spain (mainland), Switzerland</w:t>
+        <w:t xml:space="preserve"> Croatia, France (mainland), Germany, Italy (mainland), Portugal (Azores), Russian Federation (Far East), Slovenia, Spain (mainland), Switzerland</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido, Honshu, Kyushu, Shikoku)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4223,92 +4255,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId466169865f8140c71" w:history="1">
+      <w:hyperlink r:id="rId872969a113cfb1729" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId297469865f8140cb4" w:history="1">
+      <w:hyperlink r:id="rId324869a113cfb176d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5608,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278069865f8141582" w:history="1">
+      <w:hyperlink r:id="rId322969a113cfb216e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5685,51 +5717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861169865f8141600" w:history="1">
+      <w:hyperlink r:id="rId278669a113cfb21ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6223,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323169865f81419b7" w:history="1">
+      <w:hyperlink r:id="rId515469a113cfb2548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6400,51 +6432,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446169865f8141ad7" w:history="1">
+      <w:hyperlink r:id="rId171369a113cfb2663" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6459,51 +6491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435469865f8141b42" w:history="1">
+      <w:hyperlink r:id="rId496069a113cfb26c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6518,51 +6550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId402769865f8141ba2" w:history="1">
+      <w:hyperlink r:id="rId645069a113cfb271e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6577,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857569865f8141c01" w:history="1">
+      <w:hyperlink r:id="rId320569a113cfb277a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6636,51 +6668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271269865f8141c5e" w:history="1">
+      <w:hyperlink r:id="rId744269a113cfb27e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6695,51 +6727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949969865f8141cbc" w:history="1">
+      <w:hyperlink r:id="rId709469a113cfb2856" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7658,51 +7690,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266069865f81422c6" w:history="1">
+      <w:hyperlink r:id="rId121269a113cfb2ed0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7951,90 +7983,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971469865f8142494" w:history="1">
+      <w:hyperlink r:id="rId131669a113cfb30a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410169865f81424d3" w:history="1">
+      <w:hyperlink r:id="rId851269a113cfb30ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8183,51 +8215,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390569865f8142609" w:history="1">
+      <w:hyperlink r:id="rId643169a113cfb3224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8394,81 +8426,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223469865f814277f" w:history="1">
+      <w:hyperlink r:id="rId803069a113cfb337b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794869865f81427b3" w:history="1">
+      <w:hyperlink r:id="rId375969a113cfb33b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8637,51 +8669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133069865f814290d" w:history="1">
+      <w:hyperlink r:id="rId235769a113cfb3509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8737,81 +8769,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129269865f81429b5" w:history="1">
+      <w:hyperlink r:id="rId803069a113cfb35c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95059934" name="name163769865f8142a02" descr="eu_funding_250.png"/>
+            <wp:docPr id="43223127" name="name189869a113cfb37b3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId984369865f8142a01" cstate="print"/>
+                    <a:blip r:embed="rId365669a113cfb37b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8909,137 +8941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70225022">
+  <w:abstractNum w:abstractNumId="35180019">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42982177">
+    <w:lvl w:ilvl="0" w:tplc="41545498">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42982177" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41545498" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70225021">
+  <w:abstractNum w:abstractNumId="35180018">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94767782">
+    <w:lvl w:ilvl="0" w:tplc="70663212">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,55 +9823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70225021">
-    <w:abstractNumId w:val="70225021"/>
+  <w:num w:numId="35180018">
+    <w:abstractNumId w:val="35180018"/>
   </w:num>
-  <w:num w:numId="70225022">
-    <w:abstractNumId w:val="70225022"/>
+  <w:num w:numId="35180019">
+    <w:abstractNumId w:val="35180019"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21389,51 +21421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404578744" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId943664262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId558569865f813ee0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId443269865f813ee7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId676169865f813f069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId466169865f8140c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId297469865f8140cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId278069865f8141582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId861169865f8141600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId323169865f81419b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId446169865f8141ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId435469865f8141b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId402769865f8141ba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId857569865f8141c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId271269865f8141c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId949969865f8141cbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId266069865f81422c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId971469865f8142494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId410169865f81424d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId390569865f8142609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId223469865f814277f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId794869865f81427b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId133069865f814290d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId129269865f81429b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId141369865f813ef3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId141369865f813ef3a.jpg"/><Relationship Id="rId984369865f8142a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984369865f8142a01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId853379601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209048437" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId165969a113cfae321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId262869a113cfae392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId863769a113cfaeab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId872969a113cfb1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId324869a113cfb176d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId322969a113cfb216e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId278669a113cfb21ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId515469a113cfb2548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId171369a113cfb2663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId496069a113cfb26c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId645069a113cfb271e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId320569a113cfb277a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId744269a113cfb27e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId709469a113cfb2856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId121269a113cfb2ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId131669a113cfb30a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId851269a113cfb30ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId643169a113cfb3224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId803069a113cfb337b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId375969a113cfb33b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId235769a113cfb3509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId803069a113cfb35c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId327469a113cfae977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327469a113cfae977.jpg"/><Relationship Id="rId320369a113cfb0d6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId320369a113cfb0d6d.jpg"/><Relationship Id="rId365669a113cfb37b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId365669a113cfb37b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>