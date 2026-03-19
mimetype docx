--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Scarabaeidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165969a113cfae321" w:history="1">
+            <w:hyperlink r:id="rId381469bb8640b90b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262869a113cfae392" w:history="1">
+            <w:hyperlink r:id="rId948869bb8640b9119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POPIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55160796" name="name595969a113cfae979" descr="18741.jpg"/>
+                  <wp:docPr id="6589559" name="name650269bb8640b9987" descr="18741.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18741.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId327469a113cfae977" cstate="print"/>
+                          <a:blip r:embed="rId828969bb8640b9985" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId863769a113cfaeab8" w:history="1">
+            <w:hyperlink r:id="rId665269bb8640b9ac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3073,63 +3073,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plants, and also in traps, in the municipality of Genestrerio-Mendrisio (Canton of Ticino).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58476527" name="name794669a113cfb0d70" descr="POPIJA_distribution_map.jpg"/>
+            <wp:docPr id="27944146" name="name876769bb8640bb9dc" descr="POPIJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POPIJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId320369a113cfb0d6d" cstate="print"/>
+                    <a:blip r:embed="rId567969bb8640bb9d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4255,92 +4255,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular identification of specimens can be performed using DNA barcoding (EFSA, 2019). Folmer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (1994) published a diagnostic protocol for conventional PCR (LCO1490/HCO2198). In the Barcode of Life Data System (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId872969a113cfb1729" w:history="1">
+      <w:hyperlink r:id="rId506169bb8640bc386" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLDSYSTEMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), sequences of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> haplotypes are available. In EPPO-Q-bank, sequences from 10 curated specimens are available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId324869a113cfb176d" w:history="1">
+      <w:hyperlink r:id="rId109069bb8640bc3c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5640,51 +5640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese beetle) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322969a113cfb216e" w:history="1">
+      <w:hyperlink r:id="rId427769bb8640bcd0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/43599</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5717,51 +5717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFIA (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese Beetle). Canadian Food Inspection Agency. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278669a113cfb21ed" w:history="1">
+      <w:hyperlink r:id="rId260769bb8640bcd8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6255,51 +6255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Schrader G, Camilleri M, Ciubotaru RM, Diakaki M &amp; Vos S. Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1568. 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515469a113cfb2548" w:history="1">
+      <w:hyperlink r:id="rId201669bb8640bd11c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1568</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 88–98 [with an addendum published in 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO-Q-bank (2020) EPPO-Q-bank Arthropod database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId171369a113cfb2663" w:history="1">
+      <w:hyperlink r:id="rId582769bb8640bd23a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int/arthropods/organisms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6491,51 +6491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2014) EPPO Reporting Service No. 10. Num. Article 2014/179 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496069a113cfb26c1" w:history="1">
+      <w:hyperlink r:id="rId734369bb8640bd299" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-3272</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6550,51 +6550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2017) EPPO Reporting Service No. 09. Num. Article 2017/160 First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645069a113cfb271e" w:history="1">
+      <w:hyperlink r:id="rId935369bb8640bd2f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6128</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6609,51 +6609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019a) EPPO Reporting Service No. 08. Num. Article 2019/158 Update of the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Portugal (Azores). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320569a113cfb277a" w:history="1">
+      <w:hyperlink r:id="rId868469bb8640bd354" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6588</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,51 +6668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2019b) EPPO Reporting Service No. 08. Num. Article 2019/157 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Switzerland. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744269a113cfb27e2" w:history="1">
+      <w:hyperlink r:id="rId429469bb8640bd3b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6727,51 +6727,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO RS (2020) EPPO Reporting Service No. 08. Num. Article 2020/166 Update on the situation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709469a113cfb2856" w:history="1">
+      <w:hyperlink r:id="rId357469bb8640bd40c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6844</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7690,51 +7690,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1190–1199.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oregon Department of Agriculture (2010) Japanese beetle: a major pest of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121269a113cfb2ed0" w:history="1">
+      <w:hyperlink r:id="rId591869bb8640bdaed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 February 2013].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7983,90 +7983,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131669a113cfb30a8" w:history="1">
+      <w:hyperlink r:id="rId148669bb8640bdcd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regione Lombardia (2020b) App FitoDetective. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851269a113cfb30ea" w:history="1">
+      <w:hyperlink r:id="rId883969bb8640bdd12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">[LINK]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 September 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8215,51 +8215,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Quarantine Pests for Europe. 2nd Edition, CABI/EPPO, Wallingford, 1425 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2020) Japanese Beetle </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643169a113cfb3224" w:history="1">
+      <w:hyperlink r:id="rId985069bb8640bde54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 26 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,81 +8426,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387–391.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vittum P (2013) Current Insecticide Approaches for White Grub Control. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803069a113cfb337b" w:history="1">
+      <w:hyperlink r:id="rId994269bb8640bdfaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UMass Extension Turf Program. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375969a113cfb33b0" w:history="1">
+      <w:hyperlink r:id="rId923269bb8640bdfde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8669,51 +8669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235769a113cfb3509" w:history="1">
+      <w:hyperlink r:id="rId299369bb8640be138" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8769,81 +8769,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Popillia japonica. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 73-78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803069a113cfb35c0" w:history="1">
+      <w:hyperlink r:id="rId245269bb8640be1e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02697.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43223127" name="name189869a113cfb37b3" descr="eu_funding_250.png"/>
+            <wp:docPr id="14217746" name="name185069bb8640be4c0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId365669a113cfb37b1" cstate="print"/>
+                    <a:blip r:embed="rId389969bb8640be4bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8941,137 +8941,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35180019">
+  <w:abstractNum w:abstractNumId="51828736">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41545498">
+    <w:lvl w:ilvl="0" w:tplc="14925310">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41545498" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14925310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35180018">
+  <w:abstractNum w:abstractNumId="51828735">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70663212">
+    <w:lvl w:ilvl="0" w:tplc="45766780">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9823,55 +9823,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35180018">
-    <w:abstractNumId w:val="35180018"/>
+  <w:num w:numId="51828735">
+    <w:abstractNumId w:val="51828735"/>
   </w:num>
-  <w:num w:numId="35180019">
-    <w:abstractNumId w:val="35180019"/>
+  <w:num w:numId="51828736">
+    <w:abstractNumId w:val="51828736"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21421,51 +21421,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId853379601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209048437" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId165969a113cfae321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId262869a113cfae392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId863769a113cfaeab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId872969a113cfb1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId324869a113cfb176d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId322969a113cfb216e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId278669a113cfb21ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId515469a113cfb2548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId171369a113cfb2663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId496069a113cfb26c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId645069a113cfb271e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId320569a113cfb277a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId744269a113cfb27e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId709469a113cfb2856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId121269a113cfb2ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId131669a113cfb30a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId851269a113cfb30ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId643169a113cfb3224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId803069a113cfb337b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId375969a113cfb33b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId235769a113cfb3509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId803069a113cfb35c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId327469a113cfae977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId327469a113cfae977.jpg"/><Relationship Id="rId320369a113cfb0d6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId320369a113cfb0d6d.jpg"/><Relationship Id="rId365669a113cfb37b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId365669a113cfb37b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId572874590" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId594255998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId381469bb8640b90b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/" TargetMode="External"/><Relationship Id="rId948869bb8640b9119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/categorization" TargetMode="External"/><Relationship Id="rId665269bb8640b9ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POPIJA/photos" TargetMode="External"/><Relationship Id="rId506169bb8640bc386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://v3.boldsystems.org/" TargetMode="External"/><Relationship Id="rId109069bb8640bc3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId427769bb8640bcd0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/43599" TargetMode="External"/><Relationship Id="rId260769bb8640bcd8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inspection.gc.ca/plant-health/plant-pests-invasive-species/insects/japanese-beetle/eng/1328048149161/1328048244390" TargetMode="External"/><Relationship Id="rId201669bb8640bd11c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1568" TargetMode="External"/><Relationship Id="rId582769bb8640bd23a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/organisms" TargetMode="External"/><Relationship Id="rId734369bb8640bd299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-3272" TargetMode="External"/><Relationship Id="rId935369bb8640bd2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6128" TargetMode="External"/><Relationship Id="rId868469bb8640bd354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6588" TargetMode="External"/><Relationship Id="rId429469bb8640bd3b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6587" TargetMode="External"/><Relationship Id="rId357469bb8640bd40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6844" TargetMode="External"/><Relationship Id="rId591869bb8640bdaed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oregon.gov/ODA/shared/Documents/Publications/IPPM/JapaneseBeetleFactSheet.pdf" TargetMode="External"/><Relationship Id="rId148669bb8640bdcd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/%20HP/DettaglioRedazionale/servizi-e-informazioni/Imprese/Imprese-agricole/servizio-fitosanitario-regionale/organismi-nocivi/popillia-japonica/popillia-japonica" TargetMode="External"/><Relationship Id="rId883969bb8640bdd12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.lombardia.it/wps/portal/istituzionale/HP/Dettaglio%20Redazionale/servizi-e-informazioni/cittadini/agricoltura/servizio-fitosanitario-regionale/app-fito-detective/app-fito-detective" TargetMode="External"/><Relationship Id="rId985069bb8640bde54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/aphis/ourfocus/planthealth/plant-pest-and-disease-programs/pests-and-diseases/japanese-beetle/japanese-beetle" TargetMode="External"/><Relationship Id="rId994269bb8640bdfaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId923269bb8640bdfde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ag.umass.edu/turf/fact-sheets/current-insecticide-approaches-for-white-grub-control" TargetMode="External"/><Relationship Id="rId299369bb8640be138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId245269bb8640be1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02697.x" TargetMode="External"/><Relationship Id="rId828969bb8640b9985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828969bb8640b9985.jpg"/><Relationship Id="rId567969bb8640bb9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567969bb8640bb9d8.jpg"/><Relationship Id="rId389969bb8640be4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId389969bb8640be4bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>