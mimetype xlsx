--- v0 (2025-10-06)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="POPDE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t xml:space="preserve">* Burke HE (1929) The Pacific Flathead Borer. Technical Bulletin - United States Department of Agriculture, Washington D.C., (83).
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBMA/documents
 ------- very uncertain host. Record relates only to the presence of adults, or the life stages are not indicated.
@@ -281,50 +281,60 @@
   </si>
   <si>
     <t>CNIDFL</t>
   </si>
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Song WenJun SW (2000) Studies on the introduction of Populus deltoides to the coastal beaches in northern Zhejiang Province.
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata (as Populus)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Populus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Populus)</t>
   </si>
   <si>
     <t>MYCOPP</t>
   </si>
   <si>
     <t>Sphaerulina musiva</t>
   </si>
   <si>
     <t>* Feau N, Mottet MJ, Périnet P, Hamelin RC, Bernier L (2010) Recent advances related to poplar leaf spot and canker caused by Septoria musiva. Canadian Journal of Plant Pathology 32(2), 122–134.
 * Herath P, Beauseigle S, Dhillon B, Ojeda DI, Bilodeau G, Isabel N, Gros-Louis MC, Kope H, Zeglen S, Hamelin RC, Feau N (2016) Anthropogenic signature in the incidence and distribution of an emerging pathogen of poplars. Biological Invasions 18,  1147-1161.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
@@ -761,51 +771,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1187,255 +1197,269 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
       <c r="D30" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>84</v>
       </c>
       <c r="C31" t="s">
         <v>85</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>88</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
         <v>89</v>
       </c>
       <c r="C33" t="s">
         <v>90</v>
       </c>
       <c r="D33" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
       <c r="C34" t="s">
         <v>93</v>
       </c>
       <c r="D34" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
         <v>95</v>
       </c>
       <c r="C35" t="s">
         <v>96</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>100</v>
       </c>
       <c r="C37" t="s">
         <v>101</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="s">
         <v>104</v>
       </c>
       <c r="D38" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B39" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B40" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="C40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D40" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B41" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="C41" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D41" t="s">
-        <v>110</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B42" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B43" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B44" t="s">
-        <v>115</v>
+        <v>74</v>
       </c>
       <c r="C44" t="s">
         <v>116</v>
       </c>
       <c r="D44" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="C46" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>121</v>
+      </c>
+      <c r="D46" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>102</v>
+      </c>
+      <c r="B47" t="s">
+        <v>98</v>
+      </c>
+      <c r="C47" t="s">
+        <v>123</v>
+      </c>
+      <c r="D47"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>