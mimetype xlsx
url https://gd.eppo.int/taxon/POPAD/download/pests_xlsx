--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="POPAD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ERSHMU</t>
   </si>
   <si>
     <t>Garella musculana (as Populus)</t>
   </si>
   <si>
     <t>* EFSA Panel on Plant Health (2021) Commodity risk assessment of Juglans regia plants from Turkey. EFSA Journal 19(6), 6665, 99 pp. https://doi.org/10.2903/j.efsa.2021.6665
 ------- mentions Populus as host, citing Robinson et al. (2010). However no reference is provided in Robinson et al. and no other reference was found that supports that Populus is a host. 
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW and Hernandez LM (2010) HOSTS–a database of the world’s Lepidopteran hostplants. Natural History Museum, London. Available online: http://www.nhm.ac.uk/hosts [Accessed: 3 March 2021]</t>
@@ -181,50 +181,60 @@
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus (as Populus)</t>
   </si>
   <si>
     <t>* Giménez RA, Etiennot AE (2003) Host range of Platypus mutatus. Entomotropica 18, 89–94.</t>
   </si>
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae (as Populus)</t>
   </si>
   <si>
     <t>MELMMD</t>
   </si>
   <si>
     <t>Melampsora medusae f. sp. deltoidis (as Populus)</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata (as Populus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Populus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Populus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Populus)</t>
   </si>
   <si>
     <t>* CAPS (2019) Trichoferus campestris. Cooperative Agricultural Pest Survey pest datasheets. http://download.ceris.purdue.edu/file/3869
 * Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.
 -------- Living host.
 * Sama G, Fallandhzadeh M, Rapuzzi P (2005) Notes on some Cerambycidae (Coleoptera) from Iran with description of two new species (Insecta Coleoptera Cerambycidae). Quaderno di Studi e Notizie di Storia Naturale della Romagna 20, 123-132.</t>
   </si>
   <si>
     <t>XANTPO</t>
   </si>
   <si>
     <t>Xanthomonas populi (as Populus)</t>
@@ -593,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -879,130 +889,144 @@
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>58</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>63</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>64</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B26" t="s">
         <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
       <c r="D26" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>70</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27" t="s">
         <v>72</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" t="s">
+        <v>73</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">