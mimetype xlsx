--- v0 (2025-10-17)
+++ v1 (2026-02-15)
@@ -404,51 +404,51 @@
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>