--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106668e16410eafc9" w:history="1">
+            <w:hyperlink r:id="rId619268fd4b6f46579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500768e16410eb0c7" w:history="1">
+            <w:hyperlink r:id="rId702168fd4b6f46619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55300527" name="name485468e16410eb193" descr="14564.jpg"/>
+                  <wp:docPr id="70721804" name="name642268fd4b6f48647" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId317468e16410eb191" cstate="print"/>
+                          <a:blip r:embed="rId901568fd4b6f48645" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId115068e16410eb28f" w:history="1">
+            <w:hyperlink r:id="rId411868fd4b6f48787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46335703" name="name549068e16410ecdf9" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="20000735" name="name226168fd4b6f4bab8" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId768468e16410ecdf7" cstate="print"/>
+                    <a:blip r:embed="rId447568fd4b6f4bab6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530568e16410ee822" w:history="1">
+      <w:hyperlink r:id="rId787168fd4b6f4e2fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105568e16410eee3f" w:history="1">
+      <w:hyperlink r:id="rId670668fd4b6f4eb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715368e16410eef1c" w:history="1">
+      <w:hyperlink r:id="rId249468fd4b6f4ec7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923168e16410efd89" w:history="1">
+      <w:hyperlink r:id="rId869468fd4b6f50092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9989,51 +9989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383168e16410eff5f" w:history="1">
+      <w:hyperlink r:id="rId689068fd4b6f5030b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73034434" name="name491368e16410f0010" descr="eu_funding_250.png"/>
+            <wp:docPr id="89569039" name="name994568fd4b6f513c7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId253768e16410f000f" cstate="print"/>
+                    <a:blip r:embed="rId128868fd4b6f513c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92038909">
+  <w:abstractNum w:abstractNumId="15856160">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70694385">
+    <w:lvl w:ilvl="0" w:tplc="69054978">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70694385" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69054978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92038908">
+  <w:abstractNum w:abstractNumId="15856159">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29059090">
+    <w:lvl w:ilvl="0" w:tplc="74736484">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92038908">
-    <w:abstractNumId w:val="92038908"/>
+  <w:num w:numId="15856159">
+    <w:abstractNumId w:val="15856159"/>
   </w:num>
-  <w:num w:numId="92038909">
-    <w:abstractNumId w:val="92038909"/>
+  <w:num w:numId="15856160">
+    <w:abstractNumId w:val="15856160"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId800279176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId782426968" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId106668e16410eafc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId500768e16410eb0c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId115068e16410eb28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId530568e16410ee822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId105568e16410eee3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId715368e16410eef1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId923168e16410efd89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId383168e16410eff5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId317468e16410eb191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId317468e16410eb191.jpg"/><Relationship Id="rId768468e16410ecdf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId768468e16410ecdf7.jpg"/><Relationship Id="rId253768e16410f000f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId253768e16410f000f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677153370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280718193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId619268fd4b6f46579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId702168fd4b6f46619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId411868fd4b6f48787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId787168fd4b6f4e2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId670668fd4b6f4eb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId249468fd4b6f4ec7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId869468fd4b6f50092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId689068fd4b6f5030b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId901568fd4b6f48645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId901568fd4b6f48645.jpg"/><Relationship Id="rId447568fd4b6f4bab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447568fd4b6f4bab6.jpg"/><Relationship Id="rId128868fd4b6f513c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128868fd4b6f513c5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>