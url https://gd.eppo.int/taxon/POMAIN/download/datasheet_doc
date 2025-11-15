--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId619268fd4b6f46579" w:history="1">
+            <w:hyperlink r:id="rId32296918066cd41ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId702168fd4b6f46619" w:history="1">
+            <w:hyperlink r:id="rId38426918066cd4257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70721804" name="name642268fd4b6f48647" descr="14564.jpg"/>
+                  <wp:docPr id="17854345" name="name60946918066cd4b59" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId901568fd4b6f48645" cstate="print"/>
+                          <a:blip r:embed="rId81106918066cd4b57" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId411868fd4b6f48787" w:history="1">
+            <w:hyperlink r:id="rId84996918066cd4c7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20000735" name="name226168fd4b6f4bab8" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="29474966" name="name44036918066cd67f9" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId447568fd4b6f4bab6" cstate="print"/>
+                    <a:blip r:embed="rId73736918066cd67f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2585,51 +2585,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Israel, Spain (mainland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cambodia, China (Sichuan, Zhejiang), Indonesia (Kalimantan), Israel, Japan (Honshu, Ryukyu Archipelago), Korea, Republic of, Malaysia, Pakistan, Philippines, Singapore, Taiwan, Thailand, Vietnam</w:t>
+        <w:t xml:space="preserve"> Cambodia, China (Jiangsu, Shandong, Sichuan, Zhejiang), Indonesia (Kalimantan), Israel, Japan (Honshu, Ryukyu Archipelago), Korea, Republic of, Malaysia, Pakistan, Philippines, Singapore, Taiwan, Thailand, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States of America (Alabama, Florida, Georgia, Louisiana, South Carolina, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787168fd4b6f4e2fa" w:history="1">
+      <w:hyperlink r:id="rId16386918066cd832e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670668fd4b6f4eb50" w:history="1">
+      <w:hyperlink r:id="rId53016918066cd8945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249468fd4b6f4ec7e" w:history="1">
+      <w:hyperlink r:id="rId11246918066cd8a20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869468fd4b6f50092" w:history="1">
+      <w:hyperlink r:id="rId73116918066cd9835" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9989,51 +9989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689068fd4b6f5030b" w:history="1">
+      <w:hyperlink r:id="rId38046918066cd9a07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89569039" name="name994568fd4b6f513c7" descr="eu_funding_250.png"/>
+            <wp:docPr id="89472858" name="name47766918066cd9ae0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId128868fd4b6f513c5" cstate="print"/>
+                    <a:blip r:embed="rId98136918066cd9ade" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15856160">
+  <w:abstractNum w:abstractNumId="14582181">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69054978">
+    <w:lvl w:ilvl="0" w:tplc="89657001">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69054978" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89657001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15856159">
+  <w:abstractNum w:abstractNumId="14582180">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74736484">
+    <w:lvl w:ilvl="0" w:tplc="95694653">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15856159">
-    <w:abstractNumId w:val="15856159"/>
+  <w:num w:numId="14582180">
+    <w:abstractNumId w:val="14582180"/>
   </w:num>
-  <w:num w:numId="15856160">
-    <w:abstractNumId w:val="15856160"/>
+  <w:num w:numId="14582181">
+    <w:abstractNumId w:val="14582181"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677153370" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280718193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId619268fd4b6f46579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId702168fd4b6f46619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId411868fd4b6f48787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId787168fd4b6f4e2fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId670668fd4b6f4eb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId249468fd4b6f4ec7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId869468fd4b6f50092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId689068fd4b6f5030b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId901568fd4b6f48645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId901568fd4b6f48645.jpg"/><Relationship Id="rId447568fd4b6f4bab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447568fd4b6f4bab6.jpg"/><Relationship Id="rId128868fd4b6f513c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128868fd4b6f513c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455895051" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931438618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32296918066cd41ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId38426918066cd4257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId84996918066cd4c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId16386918066cd832e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId53016918066cd8945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId11246918066cd8a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId73116918066cd9835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId38046918066cd9a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81106918066cd4b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81106918066cd4b57.jpg"/><Relationship Id="rId73736918066cd67f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73736918066cd67f6.jpg"/><Relationship Id="rId98136918066cd9ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98136918066cd9ade.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>