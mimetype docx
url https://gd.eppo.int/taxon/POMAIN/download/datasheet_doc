--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32296918066cd41ee" w:history="1">
+            <w:hyperlink r:id="rId74926932fa80610cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38426918066cd4257" w:history="1">
+            <w:hyperlink r:id="rId35996932fa8061139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17854345" name="name60946918066cd4b59" descr="14564.jpg"/>
+                  <wp:docPr id="77337272" name="name27006932fa80618cb" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81106918066cd4b57" cstate="print"/>
+                          <a:blip r:embed="rId90646932fa80618c9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84996918066cd4c7b" w:history="1">
+            <w:hyperlink r:id="rId83316932fa806199f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29474966" name="name44036918066cd67f9" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="64739224" name="name59876932fa80634cd" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73736918066cd67f6" cstate="print"/>
+                    <a:blip r:embed="rId12716932fa80634ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16386918066cd832e" w:history="1">
+      <w:hyperlink r:id="rId12576932fa8064ef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53016918066cd8945" w:history="1">
+      <w:hyperlink r:id="rId60176932fa8065530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11246918066cd8a20" w:history="1">
+      <w:hyperlink r:id="rId23616932fa806560e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73116918066cd9835" w:history="1">
+      <w:hyperlink r:id="rId98096932fa80664cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9989,51 +9989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38046918066cd9a07" w:history="1">
+      <w:hyperlink r:id="rId49996932fa80666a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89472858" name="name47766918066cd9ae0" descr="eu_funding_250.png"/>
+            <wp:docPr id="69785910" name="name57626932fa8066758" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98136918066cd9ade" cstate="print"/>
+                    <a:blip r:embed="rId62626932fa8066757" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14582181">
+  <w:abstractNum w:abstractNumId="55757868">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89657001">
+    <w:lvl w:ilvl="0" w:tplc="80292124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89657001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80292124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14582180">
+  <w:abstractNum w:abstractNumId="55757867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95694653">
+    <w:lvl w:ilvl="0" w:tplc="58643375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14582180">
-    <w:abstractNumId w:val="14582180"/>
+  <w:num w:numId="55757867">
+    <w:abstractNumId w:val="55757867"/>
   </w:num>
-  <w:num w:numId="14582181">
-    <w:abstractNumId w:val="14582181"/>
+  <w:num w:numId="55757868">
+    <w:abstractNumId w:val="55757868"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455895051" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931438618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32296918066cd41ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId38426918066cd4257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId84996918066cd4c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId16386918066cd832e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId53016918066cd8945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId11246918066cd8a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId73116918066cd9835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId38046918066cd9a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81106918066cd4b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81106918066cd4b57.jpg"/><Relationship Id="rId73736918066cd67f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73736918066cd67f6.jpg"/><Relationship Id="rId98136918066cd9ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98136918066cd9ade.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId921585529" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId116587350" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74926932fa80610cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId35996932fa8061139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId83316932fa806199f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId12576932fa8064ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId60176932fa8065530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId23616932fa806560e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId98096932fa80664cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId49996932fa80666a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90646932fa80618c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90646932fa80618c9.jpg"/><Relationship Id="rId12716932fa80634ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12716932fa80634ca.jpg"/><Relationship Id="rId62626932fa8066757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62626932fa8066757.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>