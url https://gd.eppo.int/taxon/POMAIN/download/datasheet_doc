--- v3 (2025-12-05)
+++ v4 (2025-12-26)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74926932fa80610cf" w:history="1">
+            <w:hyperlink r:id="rId1573694ddab1527ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35996932fa8061139" w:history="1">
+            <w:hyperlink r:id="rId8891694ddab152815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77337272" name="name27006932fa80618cb" descr="14564.jpg"/>
+                  <wp:docPr id="15243596" name="name9419694ddab1541e4" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId90646932fa80618c9" cstate="print"/>
+                          <a:blip r:embed="rId3535694ddab1541e1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId83316932fa806199f" w:history="1">
+            <w:hyperlink r:id="rId8290694ddab1542ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64739224" name="name59876932fa80634cd" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="54963544" name="name6219694ddab155d86" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12716932fa80634ca" cstate="print"/>
+                    <a:blip r:embed="rId9451694ddab155d84" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12576932fa8064ef0" w:history="1">
+      <w:hyperlink r:id="rId7975694ddab1577bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60176932fa8065530" w:history="1">
+      <w:hyperlink r:id="rId6874694ddab157dd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23616932fa806560e" w:history="1">
+      <w:hyperlink r:id="rId8653694ddab157ecd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98096932fa80664cc" w:history="1">
+      <w:hyperlink r:id="rId9307694ddab158d11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9989,51 +9989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49996932fa80666a8" w:history="1">
+      <w:hyperlink r:id="rId3536694ddab158f0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69785910" name="name57626932fa8066758" descr="eu_funding_250.png"/>
+            <wp:docPr id="76934826" name="name1515694ddab158fb8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62626932fa8066757" cstate="print"/>
+                    <a:blip r:embed="rId2007694ddab158fb7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55757868">
+  <w:abstractNum w:abstractNumId="90342779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80292124">
+    <w:lvl w:ilvl="0" w:tplc="34334490">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80292124" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34334490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55757867">
+  <w:abstractNum w:abstractNumId="90342778">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58643375">
+    <w:lvl w:ilvl="0" w:tplc="30007543">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55757867">
-    <w:abstractNumId w:val="55757867"/>
+  <w:num w:numId="90342778">
+    <w:abstractNumId w:val="90342778"/>
   </w:num>
-  <w:num w:numId="55757868">
-    <w:abstractNumId w:val="55757868"/>
+  <w:num w:numId="90342779">
+    <w:abstractNumId w:val="90342779"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId921585529" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId116587350" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74926932fa80610cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId35996932fa8061139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId83316932fa806199f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId12576932fa8064ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId60176932fa8065530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId23616932fa806560e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId98096932fa80664cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId49996932fa80666a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90646932fa80618c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90646932fa80618c9.jpg"/><Relationship Id="rId12716932fa80634ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12716932fa80634ca.jpg"/><Relationship Id="rId62626932fa8066757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62626932fa8066757.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId344806216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844030483" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1573694ddab1527ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId8891694ddab152815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId8290694ddab1542ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId7975694ddab1577bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId6874694ddab157dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId8653694ddab157ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId9307694ddab158d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId3536694ddab158f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3535694ddab1541e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3535694ddab1541e1.jpg"/><Relationship Id="rId9451694ddab155d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9451694ddab155d84.jpg"/><Relationship Id="rId2007694ddab158fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2007694ddab158fb7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>