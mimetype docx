--- v4 (2025-12-26)
+++ v5 (2026-01-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1573694ddab1527ac" w:history="1">
+            <w:hyperlink r:id="rId47726968ae33706a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8891694ddab152815" w:history="1">
+            <w:hyperlink r:id="rId23226968ae3370710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15243596" name="name9419694ddab1541e4" descr="14564.jpg"/>
+                  <wp:docPr id="80641384" name="name97656968ae3370bac" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3535694ddab1541e1" cstate="print"/>
+                          <a:blip r:embed="rId53976968ae3370baa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8290694ddab1542ca" w:history="1">
+            <w:hyperlink r:id="rId25856968ae3370cf6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54963544" name="name6219694ddab155d86" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="35521896" name="name35346968ae3372625" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9451694ddab155d84" cstate="print"/>
+                    <a:blip r:embed="rId83636968ae3372622" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7975694ddab1577bc" w:history="1">
+      <w:hyperlink r:id="rId46326968ae33740b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6874694ddab157dd9" w:history="1">
+      <w:hyperlink r:id="rId47276968ae33746eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8653694ddab157ecd" w:history="1">
+      <w:hyperlink r:id="rId82426968ae33747cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9307694ddab158d11" w:history="1">
+      <w:hyperlink r:id="rId89286968ae3375764" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9967,73 +9967,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3536694ddab158f0d" w:history="1">
+      <w:hyperlink r:id="rId78146968ae3375946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76934826" name="name1515694ddab158fb8" descr="eu_funding_250.png"/>
+            <wp:docPr id="8768015" name="name50976968ae3375a08" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2007694ddab158fb7" cstate="print"/>
+                    <a:blip r:embed="rId88966968ae3375a07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90342779">
+  <w:abstractNum w:abstractNumId="47261258">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34334490">
+    <w:lvl w:ilvl="0" w:tplc="41880310">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34334490" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41880310" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90342778">
+  <w:abstractNum w:abstractNumId="47261257">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30007543">
+    <w:lvl w:ilvl="0" w:tplc="15956215">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90342778">
-    <w:abstractNumId w:val="90342778"/>
+  <w:num w:numId="47261257">
+    <w:abstractNumId w:val="47261257"/>
   </w:num>
-  <w:num w:numId="90342779">
-    <w:abstractNumId w:val="90342779"/>
+  <w:num w:numId="47261258">
+    <w:abstractNumId w:val="47261258"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId344806216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844030483" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1573694ddab1527ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId8891694ddab152815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId8290694ddab1542ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId7975694ddab1577bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId6874694ddab157dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId8653694ddab157ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId9307694ddab158d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId3536694ddab158f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3535694ddab1541e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3535694ddab1541e1.jpg"/><Relationship Id="rId9451694ddab155d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9451694ddab155d84.jpg"/><Relationship Id="rId2007694ddab158fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2007694ddab158fb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId684645962" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId332236085" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47726968ae33706a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId23226968ae3370710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId25856968ae3370cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId46326968ae33740b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId47276968ae33746eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId82426968ae33747cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId89286968ae3375764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId78146968ae3375946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53976968ae3370baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53976968ae3370baa.jpg"/><Relationship Id="rId83636968ae3372622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83636968ae3372622.jpg"/><Relationship Id="rId88966968ae3375a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88966968ae3375a07.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>