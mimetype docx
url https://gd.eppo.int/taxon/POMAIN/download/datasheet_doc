--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47726968ae33706a4" w:history="1">
+            <w:hyperlink r:id="rId693669838c4d0c753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23226968ae3370710" w:history="1">
+            <w:hyperlink r:id="rId917669838c4d0c7bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80641384" name="name97656968ae3370bac" descr="14564.jpg"/>
+                  <wp:docPr id="11877390" name="name626469838c4d0c88d" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53976968ae3370baa" cstate="print"/>
+                          <a:blip r:embed="rId676569838c4d0c88b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId25856968ae3370cf6" w:history="1">
+            <w:hyperlink r:id="rId765869838c4d0c9ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35521896" name="name35346968ae3372625" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="98352565" name="name667269838c4d0e019" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83636968ae3372622" cstate="print"/>
+                    <a:blip r:embed="rId545869838c4d0e015" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46326968ae33740b3" w:history="1">
+      <w:hyperlink r:id="rId731869838c4d0fa98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47276968ae33746eb" w:history="1">
+      <w:hyperlink r:id="rId358369838c4d100c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82426968ae33747cd" w:history="1">
+      <w:hyperlink r:id="rId428269838c4d101b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89286968ae3375764" w:history="1">
+      <w:hyperlink r:id="rId761469838c4d11015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9989,51 +9989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78146968ae3375946" w:history="1">
+      <w:hyperlink r:id="rId990669838c4d111e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8768015" name="name50976968ae3375a08" descr="eu_funding_250.png"/>
+            <wp:docPr id="37134742" name="name569569838c4d112a6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88966968ae3375a07" cstate="print"/>
+                    <a:blip r:embed="rId456769838c4d112a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47261258">
+  <w:abstractNum w:abstractNumId="68732481">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41880310">
+    <w:lvl w:ilvl="0" w:tplc="68674549">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41880310" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68674549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47261257">
+  <w:abstractNum w:abstractNumId="68732480">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15956215">
+    <w:lvl w:ilvl="0" w:tplc="33187909">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47261257">
-    <w:abstractNumId w:val="47261257"/>
+  <w:num w:numId="68732480">
+    <w:abstractNumId w:val="68732480"/>
   </w:num>
-  <w:num w:numId="47261258">
-    <w:abstractNumId w:val="47261258"/>
+  <w:num w:numId="68732481">
+    <w:abstractNumId w:val="68732481"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId684645962" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId332236085" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47726968ae33706a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId23226968ae3370710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId25856968ae3370cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId46326968ae33740b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId47276968ae33746eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId82426968ae33747cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId89286968ae3375764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId78146968ae3375946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53976968ae3370baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53976968ae3370baa.jpg"/><Relationship Id="rId83636968ae3372622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83636968ae3372622.jpg"/><Relationship Id="rId88966968ae3375a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88966968ae3375a07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416604637" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689314397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId693669838c4d0c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId917669838c4d0c7bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId765869838c4d0c9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId731869838c4d0fa98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId358369838c4d100c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId428269838c4d101b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId761469838c4d11015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId990669838c4d111e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId676569838c4d0c88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId676569838c4d0c88b.jpg"/><Relationship Id="rId545869838c4d0e015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545869838c4d0e015.jpg"/><Relationship Id="rId456769838c4d112a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456769838c4d112a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>