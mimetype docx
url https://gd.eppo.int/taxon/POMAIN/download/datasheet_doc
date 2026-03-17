--- v6 (2026-02-04)
+++ v7 (2026-03-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (d'Orbigny)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> island apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId693669838c4d0c753" w:history="1">
+            <w:hyperlink r:id="rId617869b9e59a79c98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId917669838c4d0c7bd" w:history="1">
+            <w:hyperlink r:id="rId173369b9e59a79d00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMAIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11877390" name="name626469838c4d0c88d" descr="14564.jpg"/>
+                  <wp:docPr id="82446865" name="name394369b9e59a7a1d6" descr="14564.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14564.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId676569838c4d0c88b" cstate="print"/>
+                          <a:blip r:embed="rId510469b9e59a7a1d4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId765869838c4d0c9ac" w:history="1">
+            <w:hyperlink r:id="rId606669b9e59a7a32d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2510,63 +2510,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has also been reported in other regions of Asia such as Israel (2008) and Pakistan (2009). In the USA it has been reported in several southeastern states since 1989 and for the first time in Europe in 2009, in the Ebro River Delta (Spain).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98352565" name="name667269838c4d0e019" descr="POMAIN_distribution_map.jpg"/>
+            <wp:docPr id="95304564" name="name383469b9e59a7bd36" descr="POMAIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMAIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId545869838c4d0e015" cstate="print"/>
+                    <a:blip r:embed="rId532069b9e59a7bd33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6344,51 +6344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 688325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731869838c4d0fa98" w:history="1">
+      <w:hyperlink r:id="rId621869b9e59a7dfef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fevo.2021.688325</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358369838c4d100c5" w:history="1">
+      <w:hyperlink r:id="rId494069b9e59a7e73d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7443,51 +7443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428269838c4d101b1" w:history="1">
+      <w:hyperlink r:id="rId135269b9e59a7e81a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9705,51 +9705,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761469838c4d11015" w:history="1">
+      <w:hyperlink r:id="rId205669b9e59a7f83c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.6620/ZS.2019.58-13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9989,51 +9989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea maculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990669838c4d111e7" w:history="1">
+      <w:hyperlink r:id="rId646869b9e59a7fa45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10046,63 +10046,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37134742" name="name569569838c4d112a6" descr="eu_funding_250.png"/>
+            <wp:docPr id="56400465" name="name117269b9e59a7fb1c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId456769838c4d112a4" cstate="print"/>
+                    <a:blip r:embed="rId189669b9e59a7fb1b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10200,137 +10200,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68732481">
+  <w:abstractNum w:abstractNumId="99733318">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68674549">
+    <w:lvl w:ilvl="0" w:tplc="42212347">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68674549" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42212347" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68732480">
+  <w:abstractNum w:abstractNumId="99733317">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33187909">
+    <w:lvl w:ilvl="0" w:tplc="57767130">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11082,55 +11082,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68732480">
-    <w:abstractNumId w:val="68732480"/>
+  <w:num w:numId="99733317">
+    <w:abstractNumId w:val="99733317"/>
   </w:num>
-  <w:num w:numId="68732481">
-    <w:abstractNumId w:val="68732481"/>
+  <w:num w:numId="99733318">
+    <w:abstractNumId w:val="99733318"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22680,51 +22680,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416604637" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689314397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId693669838c4d0c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId917669838c4d0c7bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId765869838c4d0c9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId731869838c4d0fa98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId358369838c4d100c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId428269838c4d101b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId761469838c4d11015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId990669838c4d111e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId676569838c4d0c88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId676569838c4d0c88b.jpg"/><Relationship Id="rId545869838c4d0e015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId545869838c4d0e015.jpg"/><Relationship Id="rId456769838c4d112a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456769838c4d112a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886337122" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267195895" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId617869b9e59a79c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/" TargetMode="External"/><Relationship Id="rId173369b9e59a79d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/categorization" TargetMode="External"/><Relationship Id="rId606669b9e59a7a32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMAIN/photos" TargetMode="External"/><Relationship Id="rId621869b9e59a7dfef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fevo.2021.688325" TargetMode="External"/><Relationship Id="rId494069b9e59a7e73d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId135269b9e59a7e81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId205669b9e59a7f83c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6620/ZS.2019.58-13" TargetMode="External"/><Relationship Id="rId646869b9e59a7fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId510469b9e59a7a1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510469b9e59a7a1d4.jpg"/><Relationship Id="rId532069b9e59a7bd33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId532069b9e59a7bd33.jpg"/><Relationship Id="rId189669b9e59a7fb1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId189669b9e59a7fb1b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>