--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId744568e095a50897d" w:history="1">
+            <w:hyperlink r:id="rId860568fc52a7bd03a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403868e095a5089e5" w:history="1">
+            <w:hyperlink r:id="rId383468fc52a7bd0a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30831757" name="name982268e095a508abc" descr="14139.jpg"/>
+                  <wp:docPr id="98528445" name="name622168fc52a7bd6f1" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId230768e095a508abb" cstate="print"/>
+                          <a:blip r:embed="rId877568fc52a7bd6ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId267868e095a508be3" w:history="1">
+            <w:hyperlink r:id="rId658868fc52a7bd875" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39078706" name="name197368e095a50a565" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="49606365" name="name127068fc52a7bf19f" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId699068e095a50a562" cstate="print"/>
+                    <a:blip r:embed="rId960968fc52a7bf19b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453868e095a50c1a0" w:history="1">
+      <w:hyperlink r:id="rId357968fc52a7c0b8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993368e095a50c2b7" w:history="1">
+      <w:hyperlink r:id="rId527268fc52a7c0c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693168e095a50dbc3" w:history="1">
+      <w:hyperlink r:id="rId246068fc52a7c2259" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533068e095a50dc1e" w:history="1">
+      <w:hyperlink r:id="rId979968fc52a7c22b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885668e095a50dcdb" w:history="1">
+      <w:hyperlink r:id="rId657668fc52a7c2365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66162691" name="name319868e095a50dda0" descr="eu_funding_250.png"/>
+            <wp:docPr id="75517579" name="name290468fc52a7c2416" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId361568e095a50dd9e" cstate="print"/>
+                    <a:blip r:embed="rId163468fc52a7c2415" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92257823">
+  <w:abstractNum w:abstractNumId="94622724">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42595040">
+    <w:lvl w:ilvl="0" w:tplc="47885809">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42595040" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47885809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92257822">
+  <w:abstractNum w:abstractNumId="94622723">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47886052">
+    <w:lvl w:ilvl="0" w:tplc="85663550">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92257822">
-    <w:abstractNumId w:val="92257822"/>
+  <w:num w:numId="94622723">
+    <w:abstractNumId w:val="94622723"/>
   </w:num>
-  <w:num w:numId="92257823">
-    <w:abstractNumId w:val="92257823"/>
+  <w:num w:numId="94622724">
+    <w:abstractNumId w:val="94622724"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId693796095" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId426746980" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId744568e095a50897d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId403868e095a5089e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId267868e095a508be3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId453868e095a50c1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId993368e095a50c2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId693168e095a50dbc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId533068e095a50dc1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId885668e095a50dcdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId230768e095a508abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId230768e095a508abb.jpg"/><Relationship Id="rId699068e095a50a562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId699068e095a50a562.jpg"/><Relationship Id="rId361568e095a50dd9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId361568e095a50dd9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106659783" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId548454083" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId860568fc52a7bd03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId383468fc52a7bd0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId658868fc52a7bd875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId357968fc52a7c0b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId527268fc52a7c0c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId246068fc52a7c2259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId979968fc52a7c22b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId657668fc52a7c2365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId877568fc52a7bd6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877568fc52a7bd6ef.jpg"/><Relationship Id="rId960968fc52a7bf19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId960968fc52a7bf19b.jpg"/><Relationship Id="rId163468fc52a7c2415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163468fc52a7c2415.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>