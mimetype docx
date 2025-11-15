--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId860568fc52a7bd03a" w:history="1">
+            <w:hyperlink r:id="rId46036917cac95ebe8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383468fc52a7bd0a7" w:history="1">
+            <w:hyperlink r:id="rId58756917cac95ec56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98528445" name="name622168fc52a7bd6f1" descr="14139.jpg"/>
+                  <wp:docPr id="85292347" name="name37916917cac95f338" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId877568fc52a7bd6ef" cstate="print"/>
+                          <a:blip r:embed="rId26186917cac95f336" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId658868fc52a7bd875" w:history="1">
+            <w:hyperlink r:id="rId69256917cac95f45b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49606365" name="name127068fc52a7bf19f" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="80318364" name="name22386917cac960ea2" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId960968fc52a7bf19b" cstate="print"/>
+                    <a:blip r:embed="rId66586917cac960ea0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2253,51 +2253,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kenya, Reunion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cambodia, China (Anhui, Chongqing, Fujian, Guangdong, Guangxi, Guizhou, Hainan, Hunan, Jiangsu, Jiangxi, Sichuan, Yunnan, Zhejiang), Indonesia (Irian Jaya, Java, Kalimantan, Sulawesi, Sumatra), Israel, Japan (Honshu, Kyushu, Ryukyu Archipelago), Korea, Republic of, Lao People's Democratic Republic, Malaysia (Sabah, West), Myanmar, Philippines, Singapore, Taiwan, Thailand, Vietnam</w:t>
+        <w:t xml:space="preserve"> Cambodia, China (Anhui, Chongqing, Fujian, Guangdong, Guangxi, Guizhou, Hainan, Hunan, Jiangsu, Jiangxi, Shandong, Sichuan, Yunnan, Zhejiang), Indonesia (Irian Jaya, Java, Kalimantan, Sulawesi, Sumatra), Israel, Japan (Honshu, Kyushu, Ryukyu Archipelago), Korea, Republic of, Lao People's Democratic Republic, Malaysia (Sabah, West), Myanmar, Philippines, Singapore, Taiwan, Thailand, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Arizona, California, Florida, Hawaii)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357968fc52a7c0b8e" w:history="1">
+      <w:hyperlink r:id="rId97236917cac962877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527268fc52a7c0c73" w:history="1">
+      <w:hyperlink r:id="rId20976917cac962958" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246068fc52a7c2259" w:history="1">
+      <w:hyperlink r:id="rId20326917cac963f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979968fc52a7c22b3" w:history="1">
+      <w:hyperlink r:id="rId42406917cac963f8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657668fc52a7c2365" w:history="1">
+      <w:hyperlink r:id="rId55966917cac964040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75517579" name="name290468fc52a7c2416" descr="eu_funding_250.png"/>
+            <wp:docPr id="72145789" name="name93686917cac96410f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId163468fc52a7c2415" cstate="print"/>
+                    <a:blip r:embed="rId91216917cac96410d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94622724">
+  <w:abstractNum w:abstractNumId="19539531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47885809">
+    <w:lvl w:ilvl="0" w:tplc="79669138">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47885809" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79669138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94622723">
+  <w:abstractNum w:abstractNumId="19539530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85663550">
+    <w:lvl w:ilvl="0" w:tplc="55259826">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94622723">
-    <w:abstractNumId w:val="94622723"/>
+  <w:num w:numId="19539530">
+    <w:abstractNumId w:val="19539530"/>
   </w:num>
-  <w:num w:numId="94622724">
-    <w:abstractNumId w:val="94622724"/>
+  <w:num w:numId="19539531">
+    <w:abstractNumId w:val="19539531"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId106659783" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId548454083" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId860568fc52a7bd03a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId383468fc52a7bd0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId658868fc52a7bd875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId357968fc52a7c0b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId527268fc52a7c0c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId246068fc52a7c2259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId979968fc52a7c22b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId657668fc52a7c2365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId877568fc52a7bd6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877568fc52a7bd6ef.jpg"/><Relationship Id="rId960968fc52a7bf19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId960968fc52a7bf19b.jpg"/><Relationship Id="rId163468fc52a7c2415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163468fc52a7c2415.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859666110" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596684540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46036917cac95ebe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId58756917cac95ec56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId69256917cac95f45b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId97236917cac962877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId20976917cac962958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId20326917cac963f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId42406917cac963f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId55966917cac964040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26186917cac95f336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186917cac95f336.jpg"/><Relationship Id="rId66586917cac960ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66586917cac960ea0.jpg"/><Relationship Id="rId91216917cac96410d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91216917cac96410d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>