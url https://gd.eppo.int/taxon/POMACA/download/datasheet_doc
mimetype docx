--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46036917cac95ebe8" w:history="1">
+            <w:hyperlink r:id="rId73506932d424bdd3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58756917cac95ec56" w:history="1">
+            <w:hyperlink r:id="rId36746932d424bdda8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85292347" name="name37916917cac95f338" descr="14139.jpg"/>
+                  <wp:docPr id="90980603" name="name80026932d424bed5c" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26186917cac95f336" cstate="print"/>
+                          <a:blip r:embed="rId87066932d424bed59" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69256917cac95f45b" w:history="1">
+            <w:hyperlink r:id="rId71066932d424beec2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80318364" name="name22386917cac960ea2" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="6609839" name="name30716932d424c1ee7" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66586917cac960ea0" cstate="print"/>
+                    <a:blip r:embed="rId88586932d424c1ee4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97236917cac962877" w:history="1">
+      <w:hyperlink r:id="rId28946932d424c48d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20976917cac962958" w:history="1">
+      <w:hyperlink r:id="rId24206932d424c49bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20326917cac963f36" w:history="1">
+      <w:hyperlink r:id="rId45076932d424c890f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42406917cac963f8c" w:history="1">
+      <w:hyperlink r:id="rId68966932d424c896a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55966917cac964040" w:history="1">
+      <w:hyperlink r:id="rId21506932d424c8a29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72145789" name="name93686917cac96410f" descr="eu_funding_250.png"/>
+            <wp:docPr id="38427516" name="name87006932d424c8ae9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91216917cac96410d" cstate="print"/>
+                    <a:blip r:embed="rId54176932d424c8ae8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19539531">
+  <w:abstractNum w:abstractNumId="82725989">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79669138">
+    <w:lvl w:ilvl="0" w:tplc="86014217">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79669138" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86014217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19539530">
+  <w:abstractNum w:abstractNumId="82725988">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55259826">
+    <w:lvl w:ilvl="0" w:tplc="51043726">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19539530">
-    <w:abstractNumId w:val="19539530"/>
+  <w:num w:numId="82725988">
+    <w:abstractNumId w:val="82725988"/>
   </w:num>
-  <w:num w:numId="19539531">
-    <w:abstractNumId w:val="19539531"/>
+  <w:num w:numId="82725989">
+    <w:abstractNumId w:val="82725989"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859666110" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596684540" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46036917cac95ebe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId58756917cac95ec56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId69256917cac95f45b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId97236917cac962877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId20976917cac962958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId20326917cac963f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId42406917cac963f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId55966917cac964040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26186917cac95f336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186917cac95f336.jpg"/><Relationship Id="rId66586917cac960ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66586917cac960ea0.jpg"/><Relationship Id="rId91216917cac96410d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91216917cac96410d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508081909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId249105412" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73506932d424bdd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId36746932d424bdda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId71066932d424beec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId28946932d424c48d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId24206932d424c49bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId45076932d424c890f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId68966932d424c896a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId21506932d424c8a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87066932d424bed59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87066932d424bed59.jpg"/><Relationship Id="rId88586932d424c1ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88586932d424c1ee4.jpg"/><Relationship Id="rId54176932d424c8ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54176932d424c8ae8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>