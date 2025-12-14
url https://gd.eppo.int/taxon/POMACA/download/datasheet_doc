--- v3 (2025-12-05)
+++ v4 (2025-12-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73506932d424bdd3e" w:history="1">
+            <w:hyperlink r:id="rId4572693ed69c0bcec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36746932d424bdda8" w:history="1">
+            <w:hyperlink r:id="rId5454693ed69c0bd64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90980603" name="name80026932d424bed5c" descr="14139.jpg"/>
+                  <wp:docPr id="92593070" name="name4743693ed69c0c580" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87066932d424bed59" cstate="print"/>
+                          <a:blip r:embed="rId3211693ed69c0c57e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId71066932d424beec2" w:history="1">
+            <w:hyperlink r:id="rId6270693ed69c0c6dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6609839" name="name30716932d424c1ee7" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="22481927" name="name9868693ed69c0e2f5" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88586932d424c1ee4" cstate="print"/>
+                    <a:blip r:embed="rId7709693ed69c0e2f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28946932d424c48d9" w:history="1">
+      <w:hyperlink r:id="rId6005693ed69c0ff39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24206932d424c49bb" w:history="1">
+      <w:hyperlink r:id="rId1387693ed69c10021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45076932d424c890f" w:history="1">
+      <w:hyperlink r:id="rId7405693ed69c115f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68966932d424c896a" w:history="1">
+      <w:hyperlink r:id="rId4792693ed69c11649" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21506932d424c8a29" w:history="1">
+      <w:hyperlink r:id="rId2339693ed69c116ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38427516" name="name87006932d424c8ae9" descr="eu_funding_250.png"/>
+            <wp:docPr id="75101146" name="name2566693ed69c117dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54176932d424c8ae8" cstate="print"/>
+                    <a:blip r:embed="rId9957693ed69c117db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82725989">
+  <w:abstractNum w:abstractNumId="39568770">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86014217">
+    <w:lvl w:ilvl="0" w:tplc="55992641">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86014217" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55992641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82725988">
+  <w:abstractNum w:abstractNumId="39568769">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51043726">
+    <w:lvl w:ilvl="0" w:tplc="95316481">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82725988">
-    <w:abstractNumId w:val="82725988"/>
+  <w:num w:numId="39568769">
+    <w:abstractNumId w:val="39568769"/>
   </w:num>
-  <w:num w:numId="82725989">
-    <w:abstractNumId w:val="82725989"/>
+  <w:num w:numId="39568770">
+    <w:abstractNumId w:val="39568770"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508081909" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId249105412" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73506932d424bdd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId36746932d424bdda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId71066932d424beec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId28946932d424c48d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId24206932d424c49bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId45076932d424c890f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId68966932d424c896a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId21506932d424c8a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87066932d424bed59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87066932d424bed59.jpg"/><Relationship Id="rId88586932d424c1ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88586932d424c1ee4.jpg"/><Relationship Id="rId54176932d424c8ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54176932d424c8ae8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId461561427" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId985383843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4572693ed69c0bcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId5454693ed69c0bd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId6270693ed69c0c6dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId6005693ed69c0ff39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId1387693ed69c10021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId7405693ed69c115f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId4792693ed69c11649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId2339693ed69c116ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3211693ed69c0c57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3211693ed69c0c57e.jpg"/><Relationship Id="rId7709693ed69c0e2f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7709693ed69c0e2f2.jpg"/><Relationship Id="rId9957693ed69c117db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9957693ed69c117db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>