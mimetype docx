--- v4 (2025-12-14)
+++ v5 (2026-01-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4572693ed69c0bcec" w:history="1">
+            <w:hyperlink r:id="rId4584696b57d4acac8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5454693ed69c0bd64" w:history="1">
+            <w:hyperlink r:id="rId5816696b57d4acb3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92593070" name="name4743693ed69c0c580" descr="14139.jpg"/>
+                  <wp:docPr id="24806396" name="name1526696b57d4acf93" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3211693ed69c0c57e" cstate="print"/>
+                          <a:blip r:embed="rId4431696b57d4acf91" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6270693ed69c0c6dc" w:history="1">
+            <w:hyperlink r:id="rId9972696b57d4ad0ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22481927" name="name9868693ed69c0e2f5" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="14182733" name="name5117696b57d4aea9d" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7709693ed69c0e2f2" cstate="print"/>
+                    <a:blip r:embed="rId3845696b57d4aea9a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6005693ed69c0ff39" w:history="1">
+      <w:hyperlink r:id="rId3750696b57d4b051f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1387693ed69c10021" w:history="1">
+      <w:hyperlink r:id="rId2861696b57d4b0608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7405693ed69c115f0" w:history="1">
+      <w:hyperlink r:id="rId8784696b57d4b1cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4792693ed69c11649" w:history="1">
+      <w:hyperlink r:id="rId7608696b57d4b1d16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9489,73 +9489,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2339693ed69c116ff" w:history="1">
+      <w:hyperlink r:id="rId6499696b57d4b1ded" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75101146" name="name2566693ed69c117dc" descr="eu_funding_250.png"/>
+            <wp:docPr id="33003744" name="name7318696b57d4b1ea5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9957693ed69c117db" cstate="print"/>
+                    <a:blip r:embed="rId1900696b57d4b1ea4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39568770">
+  <w:abstractNum w:abstractNumId="95592593">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55992641">
+    <w:lvl w:ilvl="0" w:tplc="13826321">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55992641" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13826321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39568769">
+  <w:abstractNum w:abstractNumId="95592592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95316481">
+    <w:lvl w:ilvl="0" w:tplc="28326263">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39568769">
-    <w:abstractNumId w:val="39568769"/>
+  <w:num w:numId="95592592">
+    <w:abstractNumId w:val="95592592"/>
   </w:num>
-  <w:num w:numId="39568770">
-    <w:abstractNumId w:val="39568770"/>
+  <w:num w:numId="95592593">
+    <w:abstractNumId w:val="95592593"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId461561427" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId985383843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4572693ed69c0bcec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId5454693ed69c0bd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId6270693ed69c0c6dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId6005693ed69c0ff39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId1387693ed69c10021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId7405693ed69c115f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId4792693ed69c11649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId2339693ed69c116ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3211693ed69c0c57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3211693ed69c0c57e.jpg"/><Relationship Id="rId7709693ed69c0e2f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7709693ed69c0e2f2.jpg"/><Relationship Id="rId9957693ed69c117db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9957693ed69c117db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId152558893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId112939135" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4584696b57d4acac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId5816696b57d4acb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId9972696b57d4ad0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId3750696b57d4b051f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId2861696b57d4b0608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId8784696b57d4b1cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId7608696b57d4b1d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId6499696b57d4b1ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4431696b57d4acf91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4431696b57d4acf91.jpg"/><Relationship Id="rId3845696b57d4aea9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3845696b57d4aea9a.jpg"/><Relationship Id="rId1900696b57d4b1ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1900696b57d4b1ea4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>