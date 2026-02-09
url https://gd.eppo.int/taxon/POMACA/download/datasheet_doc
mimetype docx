--- v5 (2026-01-17)
+++ v6 (2026-02-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4584696b57d4acac8" w:history="1">
+            <w:hyperlink r:id="rId723469899353244cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5816696b57d4acb3f" w:history="1">
+            <w:hyperlink r:id="rId1639698993532455c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24806396" name="name1526696b57d4acf93" descr="14139.jpg"/>
+                  <wp:docPr id="36911825" name="name66196989935324cc0" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4431696b57d4acf91" cstate="print"/>
+                          <a:blip r:embed="rId27876989935324cbf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9972696b57d4ad0ad" w:history="1">
+            <w:hyperlink r:id="rId99606989935324e22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,105 +2157,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14182733" name="name5117696b57d4aea9d" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="41021699" name="name3811698993532656b" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3845696b57d4aea9a" cstate="print"/>
+                    <a:blip r:embed="rId87766989935326568" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Israel, Russian Federation (the) (Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Israel, Russian Federation (Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kenya, Reunion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3750696b57d4b051f" w:history="1">
+      <w:hyperlink r:id="rId27606989935328098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2861696b57d4b0608" w:history="1">
+      <w:hyperlink r:id="rId1797698993532817d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8784696b57d4b1cb9" w:history="1">
+      <w:hyperlink r:id="rId309669899353296f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7608696b57d4b1d16" w:history="1">
+      <w:hyperlink r:id="rId98316989935329759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6499696b57d4b1ded" w:history="1">
+      <w:hyperlink r:id="rId27656989935329811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33003744" name="name7318696b57d4b1ea5" descr="eu_funding_250.png"/>
+            <wp:docPr id="7569802" name="name74086989935329bb1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1900696b57d4b1ea4" cstate="print"/>
+                    <a:blip r:embed="rId93896989935329bb0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95592593">
+  <w:abstractNum w:abstractNumId="43550394">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13826321">
+    <w:lvl w:ilvl="0" w:tplc="27537844">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13826321" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27537844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95592592">
+  <w:abstractNum w:abstractNumId="43550393">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28326263">
+    <w:lvl w:ilvl="0" w:tplc="47424089">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95592592">
-    <w:abstractNumId w:val="95592592"/>
+  <w:num w:numId="43550393">
+    <w:abstractNumId w:val="43550393"/>
   </w:num>
-  <w:num w:numId="95592593">
-    <w:abstractNumId w:val="95592593"/>
+  <w:num w:numId="43550394">
+    <w:abstractNumId w:val="43550394"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId152558893" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId112939135" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4584696b57d4acac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId5816696b57d4acb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId9972696b57d4ad0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId3750696b57d4b051f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId2861696b57d4b0608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId8784696b57d4b1cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId7608696b57d4b1d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId6499696b57d4b1ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4431696b57d4acf91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4431696b57d4acf91.jpg"/><Relationship Id="rId3845696b57d4aea9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3845696b57d4aea9a.jpg"/><Relationship Id="rId1900696b57d4b1ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1900696b57d4b1ea4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718002289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931237422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId723469899353244cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId1639698993532455c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId99606989935324e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId27606989935328098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId1797698993532817d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId309669899353296f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId98316989935329759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId27656989935329811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27876989935324cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27876989935324cbf.jpg"/><Relationship Id="rId87766989935326568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87766989935326568.jpg"/><Relationship Id="rId93896989935329bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93896989935329bb0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>