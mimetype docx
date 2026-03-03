--- v6 (2026-02-09)
+++ v7 (2026-03-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId723469899353244cc" w:history="1">
+            <w:hyperlink r:id="rId104269a6c6353fefa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1639698993532455c" w:history="1">
+            <w:hyperlink r:id="rId470569a6c6353ff63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36911825" name="name66196989935324cc0" descr="14139.jpg"/>
+                  <wp:docPr id="73261918" name="name386369a6c635405a0" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId27876989935324cbf" cstate="print"/>
+                          <a:blip r:embed="rId145669a6c6354059e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99606989935324e22" w:history="1">
+            <w:hyperlink r:id="rId224369a6c635406e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41021699" name="name3811698993532656b" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="34786759" name="name768269a6c63542034" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87766989935326568" cstate="print"/>
+                    <a:blip r:embed="rId769169a6c63542030" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27606989935328098" w:history="1">
+      <w:hyperlink r:id="rId565769a6c63543ae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1797698993532817d" w:history="1">
+      <w:hyperlink r:id="rId911269a6c63543bc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309669899353296f9" w:history="1">
+      <w:hyperlink r:id="rId867769a6c635451ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98316989935329759" w:history="1">
+      <w:hyperlink r:id="rId668369a6c63545204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27656989935329811" w:history="1">
+      <w:hyperlink r:id="rId117369a6c635452ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7569802" name="name74086989935329bb1" descr="eu_funding_250.png"/>
+            <wp:docPr id="32292501" name="name611769a6c63545376" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93896989935329bb0" cstate="print"/>
+                    <a:blip r:embed="rId635869a6c63545375" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43550394">
+  <w:abstractNum w:abstractNumId="12050825">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27537844">
+    <w:lvl w:ilvl="0" w:tplc="29344896">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27537844" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29344896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43550393">
+  <w:abstractNum w:abstractNumId="12050824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47424089">
+    <w:lvl w:ilvl="0" w:tplc="24130884">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43550393">
-    <w:abstractNumId w:val="43550393"/>
+  <w:num w:numId="12050824">
+    <w:abstractNumId w:val="12050824"/>
   </w:num>
-  <w:num w:numId="43550394">
-    <w:abstractNumId w:val="43550394"/>
+  <w:num w:numId="12050825">
+    <w:abstractNumId w:val="12050825"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718002289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931237422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId723469899353244cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId1639698993532455c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId99606989935324e22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId27606989935328098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId1797698993532817d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId309669899353296f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId98316989935329759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId27656989935329811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27876989935324cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27876989935324cbf.jpg"/><Relationship Id="rId87766989935326568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87766989935326568.jpg"/><Relationship Id="rId93896989935329bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93896989935329bb0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881236633" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId527559502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId104269a6c6353fefa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId470569a6c6353ff63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId224369a6c635406e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId565769a6c63543ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId911269a6c63543bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId867769a6c635451ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId668369a6c63545204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId117369a6c635452ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId145669a6c6354059e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145669a6c6354059e.jpg"/><Relationship Id="rId769169a6c63542030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769169a6c63542030.jpg"/><Relationship Id="rId635869a6c63545375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635869a6c63545375.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>