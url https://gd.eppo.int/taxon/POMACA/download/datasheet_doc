--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Mollusca: Gastropoda: Architaenioglossa: Ampullariidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> channeled apple snail, golden apple snail</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104269a6c6353fefa" w:history="1">
+            <w:hyperlink r:id="rId874269c16c6b0d3ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470569a6c6353ff63" w:history="1">
+            <w:hyperlink r:id="rId833669c16c6b0d42a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POMACA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73261918" name="name386369a6c635405a0" descr="14139.jpg"/>
+                  <wp:docPr id="48289959" name="name576669c16c6b0dc84" descr="14139.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14139.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId145669a6c6354059e" cstate="print"/>
+                          <a:blip r:embed="rId730569c16c6b0dc82" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId224369a6c635406e3" w:history="1">
+            <w:hyperlink r:id="rId693069c16c6b0ddc7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2157,63 +2157,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34786759" name="name768269a6c63542034" descr="POMACA_distribution_map.jpg"/>
+            <wp:docPr id="38347147" name="name303269c16c6b0f6a7" descr="POMACA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POMACA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId769169a6c63542030" cstate="print"/>
+                    <a:blip r:embed="rId957769c16c6b0f6a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5804,51 +5804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 2552, 57 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565769a6c63543ae2" w:history="1">
+      <w:hyperlink r:id="rId519469c16c6b1104c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2552</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in the ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> complex’.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911269a6c63543bc3" w:history="1">
+      <w:hyperlink r:id="rId641269c16c6b11136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-02).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9351,101 +9351,101 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867769a6c635451ab" w:history="1">
+      <w:hyperlink r:id="rId717269c16c6b126a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668369a6c63545204" w:history="1">
+      <w:hyperlink r:id="rId159369c16c6b126f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9511,51 +9511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pomacea canaliculata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117369a6c635452ba" w:history="1">
+      <w:hyperlink r:id="rId403769c16c6b127ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9568,63 +9568,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32292501" name="name611769a6c63545376" descr="eu_funding_250.png"/>
+            <wp:docPr id="51861107" name="name772469c16c6b12886" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId635869a6c63545375" cstate="print"/>
+                    <a:blip r:embed="rId761269c16c6b12885" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9722,137 +9722,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12050825">
+  <w:abstractNum w:abstractNumId="74467707">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29344896">
+    <w:lvl w:ilvl="0" w:tplc="57188277">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29344896" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57188277" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12050824">
+  <w:abstractNum w:abstractNumId="74467706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24130884">
+    <w:lvl w:ilvl="0" w:tplc="82292284">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10604,55 +10604,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12050824">
-    <w:abstractNumId w:val="12050824"/>
+  <w:num w:numId="74467706">
+    <w:abstractNumId w:val="74467706"/>
   </w:num>
-  <w:num w:numId="12050825">
-    <w:abstractNumId w:val="12050825"/>
+  <w:num w:numId="74467707">
+    <w:abstractNumId w:val="74467707"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22202,51 +22202,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881236633" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId527559502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId104269a6c6353fefa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId470569a6c6353ff63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId224369a6c635406e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId565769a6c63543ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId911269a6c63543bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId867769a6c635451ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId668369a6c63545204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId117369a6c635452ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId145669a6c6354059e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145669a6c6354059e.jpg"/><Relationship Id="rId769169a6c63542030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769169a6c63542030.jpg"/><Relationship Id="rId635869a6c63545375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635869a6c63545375.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId282826840" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854078381" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId874269c16c6b0d3ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/" TargetMode="External"/><Relationship Id="rId833669c16c6b0d42a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/categorization" TargetMode="External"/><Relationship Id="rId693069c16c6b0ddc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POMACA/photos" TargetMode="External"/><Relationship Id="rId519469c16c6b1104c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2552" TargetMode="External"/><Relationship Id="rId641269c16c6b11136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/cfba256e-2652-4c75-b4ff-53e7311c9e4d" TargetMode="External"/><Relationship Id="rId717269c16c6b126a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/68490#CDDB33ED-EC00-452E-A471-ACEFCE479041" TargetMode="External"/><Relationship Id="rId159369c16c6b126f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/abs/10.2903/sp.efsa.2020.EN-1877" TargetMode="External"/><Relationship Id="rId403769c16c6b127ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId730569c16c6b0dc82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730569c16c6b0dc82.jpg"/><Relationship Id="rId957769c16c6b0f6a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId957769c16c6b0f6a4.jpg"/><Relationship Id="rId761269c16c6b12885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId761269c16c6b12885.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>