--- v0 (2025-10-09)
+++ v1 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="POLSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BRVPPA</t>
   </si>
   <si>
     <t>Brevipalpus papayensis (as Polygonum)</t>
   </si>
   <si>
     <t>DIABUN</t>
   </si>
   <si>
@@ -85,51 +85,54 @@
     <t>Crinivirus flavisolani</t>
   </si>
   <si>
     <t>* Salazar L, Muller G, Querci M, Zapata J, Owens R (2000) Potato yellow vein virus: its host range, distribution in South America and identification as a Crinivirus transmitted by Trialeurodes vaporariorum. Annals of Applied Biology 137(1), 7-19. 
 ------- Polygonum mepalense, Polygonum spp.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Polygonum)</t>
   </si>
   <si>
     <t>* Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOSTS - A database of the World's lepidopteran hostplants. Natural History Museum, London. http://www.nhm.ac.uk/hosts</t>
   </si>
   <si>
     <t>THRISE</t>
   </si>
   <si>
     <t>Thrips setosus (as Polygonum)</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
-    <t>Torradovirus lycopersici (as Polygonum)</t>
+    <t>Torradovirus lycopersici</t>
+  </si>
+  <si>
+    <t>* Alfaro-Fernández A, Córdoba-Sellés C, Cebrián MC, Herrera-Vásquez JA, Sánchez-Navarro JA, Juárez M, Espino A, Martín R, Jordá C (2008) First report of Tomato torrado virus on weed hosts in Spain. Plant Disease 92(5), 831. https://doi.org/10.1094/PDIS-92-5-0831B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -551,51 +554,53 @@
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>