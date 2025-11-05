--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Blandford</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese silver-fir bark beetle, Sakhalin-fir bark beetle, four-eyed fir bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId810268e74afe3a6e4" w:history="1">
+            <w:hyperlink r:id="rId3102690b33eb004c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272968e74afe3a74a" w:history="1">
+            <w:hyperlink r:id="rId8952690b33eb00529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POLGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56023143" name="name218168e74afe3ae69" descr="15819.jpg"/>
+                  <wp:docPr id="10739893" name="name5802690b33eb00c77" descr="15819.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15819.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId168368e74afe3ae67" cstate="print"/>
+                          <a:blip r:embed="rId7623690b33eb00c75" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId544368e74afe3af69" w:history="1">
+            <w:hyperlink r:id="rId5067690b33eb00d75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2877,63 +2877,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. sibirica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20505351" name="name849868e74afe3c73f" descr="POLGPR_distribution_map.jpg"/>
+            <wp:docPr id="91850799" name="name5762690b33eb029db" descr="POLGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POLGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId303468e74afe3c73d" cstate="print"/>
+                    <a:blip r:embed="rId8021690b33eb029d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7450,51 +7450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Entomologist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687168e74afe3e75b" w:history="1">
+      <w:hyperlink r:id="rId5376690b33eb04a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00779962.2003.9722106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomologicheskoe Obozrenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–55 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977668e74afe3e7fb" w:history="1">
+      <w:hyperlink r:id="rId1003690b33eb04aed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S001387381901007X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7719,51 +7719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32-39 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166768e74afe3e935" w:history="1">
+      <w:hyperlink r:id="rId9320690b33eb04c1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35885/1996-1499-2021-14-2-32-39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7905,51 +7905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Report of a Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(revised version). EPPO, Paris, 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196468e74afe3ea97" w:history="1">
+      <w:hyperlink r:id="rId9951690b33eb04d66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8211,51 +8211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomological Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1059-1066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457568e74afe3ecd3" w:history="1">
+      <w:hyperlink r:id="rId6113690b33eb04f96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873814080028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8301,51 +8301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169668e74afe3ed66" w:history="1">
+      <w:hyperlink r:id="rId3394690b33eb0502a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.8281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8587,51 +8587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991568e74afe3ef68" w:history="1">
+      <w:hyperlink r:id="rId9565690b33eb05217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7679805</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8677,51 +8677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1003-1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203368e74afe3f018" w:history="1">
+      <w:hyperlink r:id="rId3456690b33eb052c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.10199570</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8805,51 +8805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617268e74afe3f106" w:history="1">
+      <w:hyperlink r:id="rId8063690b33eb05394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieaa140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9374,99 +9374,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 156-164 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753868e74afe3f4d0" w:history="1">
+      <w:hyperlink r:id="rId1193690b33eb05773" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873818020045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurentsov AI (1941) [The Bark Beetles of the USSR Far East]. Academy of Sciences of the USSR: Moscow, Russia; St. Petersburg, Russia, pp. 1-234 (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mandelshtam MY (2013) [Annotated list of bark beetles (Scolytidae) of the fauna of Russia] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571168e74afe3f524" w:history="1">
+      <w:hyperlink r:id="rId8180690b33eb057c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 27 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9501,51 +9501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58-75 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164968e74afe3f5b4" w:history="1">
+      <w:hyperlink r:id="rId7725690b33eb0584c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21266/2079-4304.2018.225.58-75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9970,51 +9970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 282-293. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487768e74afe3f8f0" w:history="1">
+      <w:hyperlink r:id="rId4036690b33eb05b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b05-164</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10078,51 +10078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216468e74afe3f9a6" w:history="1">
+      <w:hyperlink r:id="rId9948690b33eb05c5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111718010137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10264,51 +10264,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Semenova O (2023) [In the Perm region, 17 hectares of forest will be cut down due to the invasion of the polygraph beetle] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665868e74afe3faf2" w:history="1">
+      <w:hyperlink r:id="rId6536690b33eb05dbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 17 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10519,99 +10519,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-84 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493268e74afe3fcba" w:history="1">
+      <w:hyperlink r:id="rId9420690b33eb05f8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17238/issn0536-1036.2017.2.67</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stark VN (1952) Koroedy [Bark beetles]. Fauna SSSR, Novaya Seriya, No. 49, Zhestkokrylye. Tom 31. Moscow, Leningrad: Zoologicheskiy Institut Akademii Nauk SSSR, 463 pp. (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subris A (2023) Fir trees are being destroyed by the thousands. Visitors to the Taganay National Park are sounding the alarm due to mass decline of conifers. 74.RU Chelyabinskaya Oblast. [In Russian] </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837168e74afe3fd12" w:history="1">
+      <w:hyperlink r:id="rId3386690b33eb05fec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://74.ru/text/ecology/2023/06/28/72434447/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10646,51 +10646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e10274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943968e74afe3fda8" w:history="1">
+      <w:hyperlink r:id="rId7381690b33eb06079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.10274</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10756,51 +10756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-19, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226368e74afe3fe5e" w:history="1">
+      <w:hyperlink r:id="rId4863690b33eb06141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2018.06.030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10846,101 +10846,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0246812. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769368e74afe3ff04" w:history="1">
+      <w:hyperlink r:id="rId9585690b33eb061d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0246812</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taxonomy Browser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Polygraphus proximus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD SYSTEM (2023) Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964068e74afe3ff58" w:history="1">
+      <w:hyperlink r:id="rId8444690b33eb0622a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22[tax]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11115,51 +11115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728868e74afe400ce" w:history="1">
+      <w:hyperlink r:id="rId8364690b33eb063a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-022-00377-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11252,51 +11252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forest Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854268e74afe40262" w:history="1">
+      <w:hyperlink r:id="rId9410690b33eb06489" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-003-0056-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -11362,51 +11362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-1780, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805568e74afe40343" w:history="1">
+      <w:hyperlink r:id="rId3438690b33eb0656e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11472,51 +11472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429768e74afe40419" w:history="1">
+      <w:hyperlink r:id="rId1811690b33eb06637" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11529,63 +11529,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65800453" name="name589668e74afe40886" descr="eu_funding_250.png"/>
+            <wp:docPr id="51267880" name="name8380690b33eb066f2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId722268e74afe40885" cstate="print"/>
+                    <a:blip r:embed="rId4348690b33eb066f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11683,137 +11683,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54749287">
+  <w:abstractNum w:abstractNumId="95519857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31981981">
+    <w:lvl w:ilvl="0" w:tplc="71236920">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31981981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71236920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54749286">
+  <w:abstractNum w:abstractNumId="95519856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16941480">
+    <w:lvl w:ilvl="0" w:tplc="11840751">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12565,55 +12565,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54749286">
-    <w:abstractNumId w:val="54749286"/>
+  <w:num w:numId="95519856">
+    <w:abstractNumId w:val="95519856"/>
   </w:num>
-  <w:num w:numId="54749287">
-    <w:abstractNumId w:val="54749287"/>
+  <w:num w:numId="95519857">
+    <w:abstractNumId w:val="95519857"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24163,51 +24163,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId123306568" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825177365" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId810268e74afe3a6e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId272968e74afe3a74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId544368e74afe3af69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId687168e74afe3e75b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId977668e74afe3e7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId166768e74afe3e935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId196468e74afe3ea97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId457568e74afe3ecd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId169668e74afe3ed66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId991568e74afe3ef68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId203368e74afe3f018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId617268e74afe3f106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId753868e74afe3f4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId571168e74afe3f524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId164968e74afe3f5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId487768e74afe3f8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId216468e74afe3f9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId665868e74afe3faf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId493268e74afe3fcba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId837168e74afe3fd12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId943968e74afe3fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId226368e74afe3fe5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId769368e74afe3ff04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId964068e74afe3ff58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId728868e74afe400ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId854268e74afe40262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId805568e74afe40343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId429768e74afe40419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId168368e74afe3ae67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168368e74afe3ae67.jpg"/><Relationship Id="rId303468e74afe3c73d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303468e74afe3c73d.jpg"/><Relationship Id="rId722268e74afe40885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId722268e74afe40885.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId633248784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId285149699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3102690b33eb004c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId8952690b33eb00529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId5067690b33eb00d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId5376690b33eb04a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId1003690b33eb04aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId9320690b33eb04c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId9951690b33eb04d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId6113690b33eb04f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId3394690b33eb0502a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId9565690b33eb05217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId3456690b33eb052c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId8063690b33eb05394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId1193690b33eb05773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId8180690b33eb057c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId7725690b33eb0584c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId4036690b33eb05b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId9948690b33eb05c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId6536690b33eb05dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId9420690b33eb05f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId3386690b33eb05fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId7381690b33eb06079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId4863690b33eb06141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId9585690b33eb061d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId8444690b33eb0622a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId8364690b33eb063a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId9410690b33eb06489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId3438690b33eb0656e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId1811690b33eb06637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7623690b33eb00c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7623690b33eb00c75.jpg"/><Relationship Id="rId8021690b33eb029d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8021690b33eb029d8.jpg"/><Relationship Id="rId4348690b33eb066f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4348690b33eb066f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>