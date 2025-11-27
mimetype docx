--- v1 (2025-11-05)
+++ v2 (2025-11-27)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Blandford</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese silver-fir bark beetle, Sakhalin-fir bark beetle, four-eyed fir bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3102690b33eb004c2" w:history="1">
+            <w:hyperlink r:id="rId96176927ae451a965" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8952690b33eb00529" w:history="1">
+            <w:hyperlink r:id="rId45066927ae451a9d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POLGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10739893" name="name5802690b33eb00c77" descr="15819.jpg"/>
+                  <wp:docPr id="91541396" name="name28126927ae451b749" descr="15819.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15819.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7623690b33eb00c75" cstate="print"/>
+                          <a:blip r:embed="rId74236927ae451b747" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5067690b33eb00d75" w:history="1">
+            <w:hyperlink r:id="rId72616927ae451b887" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2877,63 +2877,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. sibirica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91850799" name="name5762690b33eb029db" descr="POLGPR_distribution_map.jpg"/>
+            <wp:docPr id="39824895" name="name15926927ae451c920" descr="POLGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POLGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8021690b33eb029d8" cstate="print"/>
+                    <a:blip r:embed="rId60576927ae451c91e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7450,51 +7450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Entomologist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5376690b33eb04a4f" w:history="1">
+      <w:hyperlink r:id="rId89196927ae451e87f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00779962.2003.9722106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomologicheskoe Obozrenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–55 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1003690b33eb04aed" w:history="1">
+      <w:hyperlink r:id="rId75176927ae451e90b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S001387381901007X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7719,51 +7719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32-39 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9320690b33eb04c1e" w:history="1">
+      <w:hyperlink r:id="rId28966927ae451ea41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35885/1996-1499-2021-14-2-32-39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7905,51 +7905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Report of a Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(revised version). EPPO, Paris, 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9951690b33eb04d66" w:history="1">
+      <w:hyperlink r:id="rId70816927ae451eb83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8211,51 +8211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomological Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1059-1066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6113690b33eb04f96" w:history="1">
+      <w:hyperlink r:id="rId92576927ae451ed7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873814080028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8301,51 +8301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3394690b33eb0502a" w:history="1">
+      <w:hyperlink r:id="rId97836927ae451ee0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.8281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8587,51 +8587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9565690b33eb05217" w:history="1">
+      <w:hyperlink r:id="rId30726927ae451efe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7679805</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8677,51 +8677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1003-1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3456690b33eb052c1" w:history="1">
+      <w:hyperlink r:id="rId40436927ae451f084" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.10199570</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8805,51 +8805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8063690b33eb05394" w:history="1">
+      <w:hyperlink r:id="rId12316927ae451f158" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieaa140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9374,99 +9374,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 156-164 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1193690b33eb05773" w:history="1">
+      <w:hyperlink r:id="rId86526927ae451f52e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873818020045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurentsov AI (1941) [The Bark Beetles of the USSR Far East]. Academy of Sciences of the USSR: Moscow, Russia; St. Petersburg, Russia, pp. 1-234 (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mandelshtam MY (2013) [Annotated list of bark beetles (Scolytidae) of the fauna of Russia] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8180690b33eb057c8" w:history="1">
+      <w:hyperlink r:id="rId52606927ae451f583" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 27 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9501,51 +9501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58-75 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7725690b33eb0584c" w:history="1">
+      <w:hyperlink r:id="rId99516927ae451f606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21266/2079-4304.2018.225.58-75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9970,51 +9970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 282-293. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4036690b33eb05b83" w:history="1">
+      <w:hyperlink r:id="rId70726927ae451f9f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b05-164</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10078,51 +10078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9948690b33eb05c5e" w:history="1">
+      <w:hyperlink r:id="rId87466927ae451faa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111718010137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10264,51 +10264,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Semenova O (2023) [In the Perm region, 17 hectares of forest will be cut down due to the invasion of the polygraph beetle] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6536690b33eb05dbf" w:history="1">
+      <w:hyperlink r:id="rId65326927ae451fbdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 17 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10519,99 +10519,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-84 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9420690b33eb05f8a" w:history="1">
+      <w:hyperlink r:id="rId43736927ae451fd79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17238/issn0536-1036.2017.2.67</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stark VN (1952) Koroedy [Bark beetles]. Fauna SSSR, Novaya Seriya, No. 49, Zhestkokrylye. Tom 31. Moscow, Leningrad: Zoologicheskiy Institut Akademii Nauk SSSR, 463 pp. (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subris A (2023) Fir trees are being destroyed by the thousands. Visitors to the Taganay National Park are sounding the alarm due to mass decline of conifers. 74.RU Chelyabinskaya Oblast. [In Russian] </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3386690b33eb05fec" w:history="1">
+      <w:hyperlink r:id="rId91916927ae451fdce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://74.ru/text/ecology/2023/06/28/72434447/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10646,51 +10646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e10274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7381690b33eb06079" w:history="1">
+      <w:hyperlink r:id="rId61076927ae451fe4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.10274</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10756,51 +10756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-19, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4863690b33eb06141" w:history="1">
+      <w:hyperlink r:id="rId76496927ae451fefc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2018.06.030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10846,101 +10846,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0246812. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9585690b33eb061d7" w:history="1">
+      <w:hyperlink r:id="rId45836927ae451ff8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0246812</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taxonomy Browser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Polygraphus proximus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD SYSTEM (2023) Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8444690b33eb0622a" w:history="1">
+      <w:hyperlink r:id="rId27276927ae451ffdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22[tax]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11115,51 +11115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8364690b33eb063a2" w:history="1">
+      <w:hyperlink r:id="rId53166927ae452013c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-022-00377-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11252,51 +11252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forest Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9410690b33eb06489" w:history="1">
+      <w:hyperlink r:id="rId96096927ae452021e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-003-0056-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -11362,51 +11362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-1780, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3438690b33eb0656e" w:history="1">
+      <w:hyperlink r:id="rId81416927ae45202e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11472,51 +11472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1811690b33eb06637" w:history="1">
+      <w:hyperlink r:id="rId64216927ae45203b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11529,63 +11529,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51267880" name="name8380690b33eb066f2" descr="eu_funding_250.png"/>
+            <wp:docPr id="27240626" name="name68006927ae4520467" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4348690b33eb066f0" cstate="print"/>
+                    <a:blip r:embed="rId74896927ae4520466" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11683,137 +11683,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95519857">
+  <w:abstractNum w:abstractNumId="99523353">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71236920">
+    <w:lvl w:ilvl="0" w:tplc="19219075">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71236920" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19219075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95519856">
+  <w:abstractNum w:abstractNumId="99523352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11840751">
+    <w:lvl w:ilvl="0" w:tplc="70844829">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12565,55 +12565,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95519856">
-    <w:abstractNumId w:val="95519856"/>
+  <w:num w:numId="99523352">
+    <w:abstractNumId w:val="99523352"/>
   </w:num>
-  <w:num w:numId="95519857">
-    <w:abstractNumId w:val="95519857"/>
+  <w:num w:numId="99523353">
+    <w:abstractNumId w:val="99523353"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24163,51 +24163,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId633248784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId285149699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3102690b33eb004c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId8952690b33eb00529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId5067690b33eb00d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId5376690b33eb04a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId1003690b33eb04aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId9320690b33eb04c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId9951690b33eb04d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId6113690b33eb04f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId3394690b33eb0502a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId9565690b33eb05217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId3456690b33eb052c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId8063690b33eb05394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId1193690b33eb05773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId8180690b33eb057c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId7725690b33eb0584c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId4036690b33eb05b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId9948690b33eb05c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId6536690b33eb05dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId9420690b33eb05f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId3386690b33eb05fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId7381690b33eb06079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId4863690b33eb06141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId9585690b33eb061d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId8444690b33eb0622a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId8364690b33eb063a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId9410690b33eb06489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId3438690b33eb0656e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId1811690b33eb06637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7623690b33eb00c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7623690b33eb00c75.jpg"/><Relationship Id="rId8021690b33eb029d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8021690b33eb029d8.jpg"/><Relationship Id="rId4348690b33eb066f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4348690b33eb066f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196325118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902658022" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96176927ae451a965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId45066927ae451a9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId72616927ae451b887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId89196927ae451e87f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId75176927ae451e90b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId28966927ae451ea41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId70816927ae451eb83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId92576927ae451ed7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId97836927ae451ee0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId30726927ae451efe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId40436927ae451f084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId12316927ae451f158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId86526927ae451f52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId52606927ae451f583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId99516927ae451f606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId70726927ae451f9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId87466927ae451faa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId65326927ae451fbdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId43736927ae451fd79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId91916927ae451fdce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId61076927ae451fe4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId76496927ae451fefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId45836927ae451ff8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId27276927ae451ffdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId53166927ae452013c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId96096927ae452021e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId81416927ae45202e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId64216927ae45203b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74236927ae451b747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74236927ae451b747.jpg"/><Relationship Id="rId60576927ae451c91e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60576927ae451c91e.jpg"/><Relationship Id="rId74896927ae4520466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74896927ae4520466.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>