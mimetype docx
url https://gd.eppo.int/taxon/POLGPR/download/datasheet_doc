--- v2 (2025-11-27)
+++ v3 (2026-01-05)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Blandford</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese silver-fir bark beetle, Sakhalin-fir bark beetle, four-eyed fir bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96176927ae451a965" w:history="1">
+            <w:hyperlink r:id="rId1278695bfede8a365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45066927ae451a9d2" w:history="1">
+            <w:hyperlink r:id="rId4394695bfede8a3d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POLGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91541396" name="name28126927ae451b749" descr="15819.jpg"/>
+                  <wp:docPr id="83556173" name="name1160695bfede8abc6" descr="15819.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15819.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId74236927ae451b747" cstate="print"/>
+                          <a:blip r:embed="rId4253695bfede8abc4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72616927ae451b887" w:history="1">
+            <w:hyperlink r:id="rId4151695bfede8b0c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2877,63 +2877,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. sibirica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39824895" name="name15926927ae451c920" descr="POLGPR_distribution_map.jpg"/>
+            <wp:docPr id="39489130" name="name2964695bfede8cb64" descr="POLGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POLGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60576927ae451c91e" cstate="print"/>
+                    <a:blip r:embed="rId7456695bfede8cb62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7450,51 +7450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Entomologist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89196927ae451e87f" w:history="1">
+      <w:hyperlink r:id="rId5299695bfede8ec00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00779962.2003.9722106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomologicheskoe Obozrenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–55 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75176927ae451e90b" w:history="1">
+      <w:hyperlink r:id="rId7118695bfede8ec94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S001387381901007X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7719,51 +7719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32-39 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28966927ae451ea41" w:history="1">
+      <w:hyperlink r:id="rId1700695bfede8edd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35885/1996-1499-2021-14-2-32-39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7905,51 +7905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Report of a Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(revised version). EPPO, Paris, 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70816927ae451eb83" w:history="1">
+      <w:hyperlink r:id="rId2703695bfede8ef00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8211,51 +8211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomological Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1059-1066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92576927ae451ed7b" w:history="1">
+      <w:hyperlink r:id="rId3015695bfede8f0ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873814080028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8301,51 +8301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97836927ae451ee0d" w:history="1">
+      <w:hyperlink r:id="rId1501695bfede8f17b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.8281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8587,51 +8587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30726927ae451efe9" w:history="1">
+      <w:hyperlink r:id="rId5338695bfede8f346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7679805</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8677,51 +8677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1003-1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40436927ae451f084" w:history="1">
+      <w:hyperlink r:id="rId3926695bfede8f3d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.10199570</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8805,51 +8805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12316927ae451f158" w:history="1">
+      <w:hyperlink r:id="rId6350695bfede8f49d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieaa140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9374,99 +9374,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 156-164 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86526927ae451f52e" w:history="1">
+      <w:hyperlink r:id="rId7239695bfede8f833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873818020045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurentsov AI (1941) [The Bark Beetles of the USSR Far East]. Academy of Sciences of the USSR: Moscow, Russia; St. Petersburg, Russia, pp. 1-234 (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mandelshtam MY (2013) [Annotated list of bark beetles (Scolytidae) of the fauna of Russia] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52606927ae451f583" w:history="1">
+      <w:hyperlink r:id="rId5316695bfede8f888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 27 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9501,51 +9501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58-75 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99516927ae451f606" w:history="1">
+      <w:hyperlink r:id="rId5811695bfede8f922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21266/2079-4304.2018.225.58-75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9970,51 +9970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 282-293. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70726927ae451f9f3" w:history="1">
+      <w:hyperlink r:id="rId4982695bfede8fc17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b05-164</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10078,51 +10078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87466927ae451faa9" w:history="1">
+      <w:hyperlink r:id="rId7064695bfede8fce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111718010137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10264,51 +10264,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Semenova O (2023) [In the Perm region, 17 hectares of forest will be cut down due to the invasion of the polygraph beetle] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65326927ae451fbdb" w:history="1">
+      <w:hyperlink r:id="rId1116695bfede8fe0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 17 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10519,99 +10519,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-84 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43736927ae451fd79" w:history="1">
+      <w:hyperlink r:id="rId2122695bfede8ffaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17238/issn0536-1036.2017.2.67</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stark VN (1952) Koroedy [Bark beetles]. Fauna SSSR, Novaya Seriya, No. 49, Zhestkokrylye. Tom 31. Moscow, Leningrad: Zoologicheskiy Institut Akademii Nauk SSSR, 463 pp. (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subris A (2023) Fir trees are being destroyed by the thousands. Visitors to the Taganay National Park are sounding the alarm due to mass decline of conifers. 74.RU Chelyabinskaya Oblast. [In Russian] </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91916927ae451fdce" w:history="1">
+      <w:hyperlink r:id="rId2533695bfede8fffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://74.ru/text/ecology/2023/06/28/72434447/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10646,51 +10646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e10274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61076927ae451fe4c" w:history="1">
+      <w:hyperlink r:id="rId9534695bfede90079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.10274</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10756,51 +10756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-19, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76496927ae451fefc" w:history="1">
+      <w:hyperlink r:id="rId6732695bfede90125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2018.06.030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10846,101 +10846,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0246812. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45836927ae451ff8c" w:history="1">
+      <w:hyperlink r:id="rId8667695bfede901b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0246812</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taxonomy Browser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Polygraphus proximus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD SYSTEM (2023) Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27276927ae451ffdc" w:history="1">
+      <w:hyperlink r:id="rId7190695bfede90203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22[tax]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11115,51 +11115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53166927ae452013c" w:history="1">
+      <w:hyperlink r:id="rId1427695bfede9035d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-022-00377-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11252,51 +11252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forest Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96096927ae452021e" w:history="1">
+      <w:hyperlink r:id="rId4120695bfede90447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-003-0056-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -11362,51 +11362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-1780, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81416927ae45202e2" w:history="1">
+      <w:hyperlink r:id="rId6553695bfede904fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11450,73 +11450,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64216927ae45203b6" w:history="1">
+      <w:hyperlink r:id="rId8183695bfede905b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11529,63 +11529,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27240626" name="name68006927ae4520467" descr="eu_funding_250.png"/>
+            <wp:docPr id="57643769" name="name9060695bfede909cc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74896927ae4520466" cstate="print"/>
+                    <a:blip r:embed="rId4210695bfede909ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11683,137 +11683,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99523353">
+  <w:abstractNum w:abstractNumId="47740354">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19219075">
+    <w:lvl w:ilvl="0" w:tplc="49694082">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19219075" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49694082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99523352">
+  <w:abstractNum w:abstractNumId="47740353">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70844829">
+    <w:lvl w:ilvl="0" w:tplc="94838376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12565,55 +12565,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99523352">
-    <w:abstractNumId w:val="99523352"/>
+  <w:num w:numId="47740353">
+    <w:abstractNumId w:val="47740353"/>
   </w:num>
-  <w:num w:numId="99523353">
-    <w:abstractNumId w:val="99523353"/>
+  <w:num w:numId="47740354">
+    <w:abstractNumId w:val="47740354"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24163,51 +24163,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196325118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId902658022" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96176927ae451a965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId45066927ae451a9d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId72616927ae451b887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId89196927ae451e87f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId75176927ae451e90b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId28966927ae451ea41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId70816927ae451eb83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId92576927ae451ed7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId97836927ae451ee0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId30726927ae451efe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId40436927ae451f084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId12316927ae451f158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId86526927ae451f52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId52606927ae451f583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId99516927ae451f606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId70726927ae451f9f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId87466927ae451faa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId65326927ae451fbdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId43736927ae451fd79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId91916927ae451fdce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId61076927ae451fe4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId76496927ae451fefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId45836927ae451ff8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId27276927ae451ffdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId53166927ae452013c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId96096927ae452021e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId81416927ae45202e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId64216927ae45203b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74236927ae451b747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74236927ae451b747.jpg"/><Relationship Id="rId60576927ae451c91e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60576927ae451c91e.jpg"/><Relationship Id="rId74896927ae4520466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74896927ae4520466.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId287550702" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId925480278" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1278695bfede8a365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId4394695bfede8a3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId4151695bfede8b0c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId5299695bfede8ec00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId7118695bfede8ec94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId1700695bfede8edd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId2703695bfede8ef00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId3015695bfede8f0ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId1501695bfede8f17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId5338695bfede8f346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId3926695bfede8f3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId6350695bfede8f49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId7239695bfede8f833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId5316695bfede8f888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId5811695bfede8f922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId4982695bfede8fc17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId7064695bfede8fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId1116695bfede8fe0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId2122695bfede8ffaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId2533695bfede8fffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId9534695bfede90079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId6732695bfede90125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId8667695bfede901b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId7190695bfede90203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId1427695bfede9035d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId4120695bfede90447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId6553695bfede904fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId8183695bfede905b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4253695bfede8abc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4253695bfede8abc4.jpg"/><Relationship Id="rId7456695bfede8cb62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7456695bfede8cb62.jpg"/><Relationship Id="rId4210695bfede909ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4210695bfede909ca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>