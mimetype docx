--- v3 (2026-01-05)
+++ v4 (2026-02-14)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Blandford</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese silver-fir bark beetle, Sakhalin-fir bark beetle, four-eyed fir bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1278695bfede8a365" w:history="1">
+            <w:hyperlink r:id="rId712769905f11b58eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -460,53 +460,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4394695bfede8a3d0" w:history="1">
+            <w:hyperlink r:id="rId716769905f11b5956" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POLGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83556173" name="name1160695bfede8abc6" descr="15819.jpg"/>
+                  <wp:docPr id="83902404" name="name404469905f11b5fc2" descr="15819.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15819.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4253695bfede8abc4" cstate="print"/>
+                          <a:blip r:embed="rId510369905f11b5fc0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4151695bfede8b0c9" w:history="1">
+            <w:hyperlink r:id="rId623369905f11b60bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2877,105 +2877,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. sibirica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39489130" name="name2964695bfede8cb64" descr="POLGPR_distribution_map.jpg"/>
+            <wp:docPr id="33004088" name="name577569905f11b7c99" descr="POLGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POLGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7456695bfede8cb62" cstate="print"/>
+                    <a:blip r:embed="rId845669905f11b7c97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7450,51 +7450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Entomologist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5299695bfede8ec00" w:history="1">
+      <w:hyperlink r:id="rId560169905f11b9c0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00779962.2003.9722106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomologicheskoe Obozrenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–55 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7118695bfede8ec94" w:history="1">
+      <w:hyperlink r:id="rId871169905f11b9ca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S001387381901007X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7719,51 +7719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32-39 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1700695bfede8edd0" w:history="1">
+      <w:hyperlink r:id="rId902569905f11b9ddf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35885/1996-1499-2021-14-2-32-39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7905,51 +7905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Report of a Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(revised version). EPPO, Paris, 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2703695bfede8ef00" w:history="1">
+      <w:hyperlink r:id="rId648169905f11b9f19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8211,51 +8211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomological Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1059-1066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3015695bfede8f0ec" w:history="1">
+      <w:hyperlink r:id="rId413469905f11ba10c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873814080028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8301,51 +8301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1501695bfede8f17b" w:history="1">
+      <w:hyperlink r:id="rId805969905f11ba19e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.8281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8587,51 +8587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5338695bfede8f346" w:history="1">
+      <w:hyperlink r:id="rId467069905f11ba371" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7679805</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8677,51 +8677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1003-1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3926695bfede8f3d3" w:history="1">
+      <w:hyperlink r:id="rId669569905f11ba403" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.10199570</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8805,51 +8805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6350695bfede8f49d" w:history="1">
+      <w:hyperlink r:id="rId710969905f11ba4cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieaa140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9374,99 +9374,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 156-164 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7239695bfede8f833" w:history="1">
+      <w:hyperlink r:id="rId901269905f11ba89a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873818020045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurentsov AI (1941) [The Bark Beetles of the USSR Far East]. Academy of Sciences of the USSR: Moscow, Russia; St. Petersburg, Russia, pp. 1-234 (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mandelshtam MY (2013) [Annotated list of bark beetles (Scolytidae) of the fauna of Russia] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5316695bfede8f888" w:history="1">
+      <w:hyperlink r:id="rId982469905f11ba8f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 27 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9501,51 +9501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58-75 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5811695bfede8f922" w:history="1">
+      <w:hyperlink r:id="rId799869905f11ba974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21266/2079-4304.2018.225.58-75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9970,51 +9970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 282-293. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4982695bfede8fc17" w:history="1">
+      <w:hyperlink r:id="rId805069905f11bac7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b05-164</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10078,51 +10078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7064695bfede8fce1" w:history="1">
+      <w:hyperlink r:id="rId473469905f11bad32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111718010137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10264,51 +10264,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Semenova O (2023) [In the Perm region, 17 hectares of forest will be cut down due to the invasion of the polygraph beetle] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1116695bfede8fe0f" w:history="1">
+      <w:hyperlink r:id="rId198869905f11bae64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 17 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10519,99 +10519,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-84 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2122695bfede8ffaa" w:history="1">
+      <w:hyperlink r:id="rId108669905f11bb006" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17238/issn0536-1036.2017.2.67</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stark VN (1952) Koroedy [Bark beetles]. Fauna SSSR, Novaya Seriya, No. 49, Zhestkokrylye. Tom 31. Moscow, Leningrad: Zoologicheskiy Institut Akademii Nauk SSSR, 463 pp. (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subris A (2023) Fir trees are being destroyed by the thousands. Visitors to the Taganay National Park are sounding the alarm due to mass decline of conifers. 74.RU Chelyabinskaya Oblast. [In Russian] </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2533695bfede8fffc" w:history="1">
+      <w:hyperlink r:id="rId389269905f11bb05c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://74.ru/text/ecology/2023/06/28/72434447/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10646,51 +10646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e10274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9534695bfede90079" w:history="1">
+      <w:hyperlink r:id="rId111469905f11bb157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.10274</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10756,51 +10756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-19, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6732695bfede90125" w:history="1">
+      <w:hyperlink r:id="rId471169905f11bb20e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2018.06.030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10846,101 +10846,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0246812. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8667695bfede901b2" w:history="1">
+      <w:hyperlink r:id="rId551669905f11bb2a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0246812</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taxonomy Browser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Polygraphus proximus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD SYSTEM (2023) Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7190695bfede90203" w:history="1">
+      <w:hyperlink r:id="rId408869905f11bb2f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22[tax]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11115,51 +11115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1427695bfede9035d" w:history="1">
+      <w:hyperlink r:id="rId595969905f11bb45e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-022-00377-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11252,51 +11252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forest Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4120695bfede90447" w:history="1">
+      <w:hyperlink r:id="rId246869905f11bb54e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-003-0056-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -11362,51 +11362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-1780, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6553695bfede904fe" w:history="1">
+      <w:hyperlink r:id="rId107369905f11bb60e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11472,51 +11472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8183695bfede905b7" w:history="1">
+      <w:hyperlink r:id="rId354869905f11bb6cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11529,63 +11529,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57643769" name="name9060695bfede909cc" descr="eu_funding_250.png"/>
+            <wp:docPr id="80549019" name="name504469905f11bb8d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4210695bfede909ca" cstate="print"/>
+                    <a:blip r:embed="rId376369905f11bb8ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11683,137 +11683,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47740354">
+  <w:abstractNum w:abstractNumId="97826792">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49694082">
+    <w:lvl w:ilvl="0" w:tplc="78528878">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49694082" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78528878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47740353">
+  <w:abstractNum w:abstractNumId="97826791">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94838376">
+    <w:lvl w:ilvl="0" w:tplc="20921385">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12565,55 +12565,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47740353">
-    <w:abstractNumId w:val="47740353"/>
+  <w:num w:numId="97826791">
+    <w:abstractNumId w:val="97826791"/>
   </w:num>
-  <w:num w:numId="47740354">
-    <w:abstractNumId w:val="47740354"/>
+  <w:num w:numId="97826792">
+    <w:abstractNumId w:val="97826792"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24163,51 +24163,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId287550702" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId925480278" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1278695bfede8a365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId4394695bfede8a3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId4151695bfede8b0c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId5299695bfede8ec00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId7118695bfede8ec94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId1700695bfede8edd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId2703695bfede8ef00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId3015695bfede8f0ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId1501695bfede8f17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId5338695bfede8f346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId3926695bfede8f3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId6350695bfede8f49d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId7239695bfede8f833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId5316695bfede8f888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId5811695bfede8f922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId4982695bfede8fc17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId7064695bfede8fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId1116695bfede8fe0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId2122695bfede8ffaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId2533695bfede8fffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId9534695bfede90079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId6732695bfede90125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId8667695bfede901b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId7190695bfede90203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId1427695bfede9035d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId4120695bfede90447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId6553695bfede904fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId8183695bfede905b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4253695bfede8abc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4253695bfede8abc4.jpg"/><Relationship Id="rId7456695bfede8cb62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7456695bfede8cb62.jpg"/><Relationship Id="rId4210695bfede909ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4210695bfede909ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId343917140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId630325150" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId712769905f11b58eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId716769905f11b5956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId623369905f11b60bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId560169905f11b9c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId871169905f11b9ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId902569905f11b9ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId648169905f11b9f19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId413469905f11ba10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId805969905f11ba19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId467069905f11ba371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId669569905f11ba403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId710969905f11ba4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId901269905f11ba89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId982469905f11ba8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId799869905f11ba974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId805069905f11bac7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId473469905f11bad32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId198869905f11bae64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId108669905f11bb006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId389269905f11bb05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId111469905f11bb157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId471169905f11bb20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId551669905f11bb2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId408869905f11bb2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId595969905f11bb45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId246869905f11bb54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId107369905f11bb60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId354869905f11bb6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId510369905f11b5fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510369905f11b5fc0.jpg"/><Relationship Id="rId845669905f11b7c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId845669905f11b7c97.jpg"/><Relationship Id="rId376369905f11bb8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId376369905f11bb8ce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>