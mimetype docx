--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Blandford</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese silver-fir bark beetle, Sakhalin-fir bark beetle, four-eyed fir bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId712769905f11b58eb" w:history="1">
+            <w:hyperlink r:id="rId102469abc063a00d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId716769905f11b5956" w:history="1">
+            <w:hyperlink r:id="rId132569abc063a013e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POLGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83902404" name="name404469905f11b5fc2" descr="15819.jpg"/>
+                  <wp:docPr id="63074321" name="name600669abc063a0266" descr="15819.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15819.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId510369905f11b5fc0" cstate="print"/>
+                          <a:blip r:embed="rId924169abc063a0264" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId623369905f11b60bd" w:history="1">
+            <w:hyperlink r:id="rId273869abc063a03a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2877,63 +2877,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. sibirica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33004088" name="name577569905f11b7c99" descr="POLGPR_distribution_map.jpg"/>
+            <wp:docPr id="76273335" name="name969769abc063a2154" descr="POLGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POLGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId845669905f11b7c97" cstate="print"/>
+                    <a:blip r:embed="rId151369abc063a2151" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7450,51 +7450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Entomologist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560169905f11b9c0e" w:history="1">
+      <w:hyperlink r:id="rId397469abc063a40fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00779962.2003.9722106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomologicheskoe Obozrenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–55 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871169905f11b9ca3" w:history="1">
+      <w:hyperlink r:id="rId639669abc063a418d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S001387381901007X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7719,51 +7719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32-39 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902569905f11b9ddf" w:history="1">
+      <w:hyperlink r:id="rId532569abc063a42c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35885/1996-1499-2021-14-2-32-39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7905,51 +7905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Report of a Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(revised version). EPPO, Paris, 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648169905f11b9f19" w:history="1">
+      <w:hyperlink r:id="rId909269abc063a4400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8211,51 +8211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomological Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1059-1066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413469905f11ba10c" w:history="1">
+      <w:hyperlink r:id="rId202669abc063a45ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873814080028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8301,51 +8301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805969905f11ba19e" w:history="1">
+      <w:hyperlink r:id="rId417769abc063a4692" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.8281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8587,51 +8587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467069905f11ba371" w:history="1">
+      <w:hyperlink r:id="rId386969abc063a48b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7679805</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8677,51 +8677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1003-1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669569905f11ba403" w:history="1">
+      <w:hyperlink r:id="rId541969abc063a494f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.10199570</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8805,51 +8805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710969905f11ba4cf" w:history="1">
+      <w:hyperlink r:id="rId930869abc063a4a22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieaa140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9374,99 +9374,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 156-164 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901269905f11ba89a" w:history="1">
+      <w:hyperlink r:id="rId315569abc063a4dcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873818020045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurentsov AI (1941) [The Bark Beetles of the USSR Far East]. Academy of Sciences of the USSR: Moscow, Russia; St. Petersburg, Russia, pp. 1-234 (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mandelshtam MY (2013) [Annotated list of bark beetles (Scolytidae) of the fauna of Russia] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982469905f11ba8f2" w:history="1">
+      <w:hyperlink r:id="rId626169abc063a4e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 27 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9501,51 +9501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58-75 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799869905f11ba974" w:history="1">
+      <w:hyperlink r:id="rId327769abc063a4ea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21266/2079-4304.2018.225.58-75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9970,51 +9970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 282-293. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805069905f11bac7f" w:history="1">
+      <w:hyperlink r:id="rId186969abc063a51c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b05-164</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10078,51 +10078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473469905f11bad32" w:history="1">
+      <w:hyperlink r:id="rId581269abc063a5277" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111718010137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10264,51 +10264,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Semenova O (2023) [In the Perm region, 17 hectares of forest will be cut down due to the invasion of the polygraph beetle] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198869905f11bae64" w:history="1">
+      <w:hyperlink r:id="rId649469abc063a53ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 17 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10519,99 +10519,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-84 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108669905f11bb006" w:history="1">
+      <w:hyperlink r:id="rId446469abc063a5550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17238/issn0536-1036.2017.2.67</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stark VN (1952) Koroedy [Bark beetles]. Fauna SSSR, Novaya Seriya, No. 49, Zhestkokrylye. Tom 31. Moscow, Leningrad: Zoologicheskiy Institut Akademii Nauk SSSR, 463 pp. (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subris A (2023) Fir trees are being destroyed by the thousands. Visitors to the Taganay National Park are sounding the alarm due to mass decline of conifers. 74.RU Chelyabinskaya Oblast. [In Russian] </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389269905f11bb05c" w:history="1">
+      <w:hyperlink r:id="rId166669abc063a55ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://74.ru/text/ecology/2023/06/28/72434447/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10646,51 +10646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e10274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111469905f11bb157" w:history="1">
+      <w:hyperlink r:id="rId259869abc063a562d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.10274</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10756,51 +10756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-19, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471169905f11bb20e" w:history="1">
+      <w:hyperlink r:id="rId520969abc063a56f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2018.06.030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10846,101 +10846,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0246812. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId551669905f11bb2a3" w:history="1">
+      <w:hyperlink r:id="rId157769abc063a5788" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0246812</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taxonomy Browser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Polygraphus proximus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD SYSTEM (2023) Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408869905f11bb2f6" w:history="1">
+      <w:hyperlink r:id="rId489469abc063a57da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22[tax]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11115,51 +11115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595969905f11bb45e" w:history="1">
+      <w:hyperlink r:id="rId185369abc063a5940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-022-00377-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11252,51 +11252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forest Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246869905f11bb54e" w:history="1">
+      <w:hyperlink r:id="rId623269abc063a5a26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-003-0056-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -11362,51 +11362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-1780, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107369905f11bb60e" w:history="1">
+      <w:hyperlink r:id="rId279869abc063a5aea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11472,51 +11472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354869905f11bb6cb" w:history="1">
+      <w:hyperlink r:id="rId729269abc063a5ba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11529,63 +11529,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80549019" name="name504469905f11bb8d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="12777075" name="name476069abc063a5c8b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId376369905f11bb8ce" cstate="print"/>
+                    <a:blip r:embed="rId466869abc063a5c8a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11683,137 +11683,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97826792">
+  <w:abstractNum w:abstractNumId="81660288">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78528878">
+    <w:lvl w:ilvl="0" w:tplc="88415857">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78528878" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88415857" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97826791">
+  <w:abstractNum w:abstractNumId="81660287">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20921385">
+    <w:lvl w:ilvl="0" w:tplc="49452914">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12565,55 +12565,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97826791">
-    <w:abstractNumId w:val="97826791"/>
+  <w:num w:numId="81660287">
+    <w:abstractNumId w:val="81660287"/>
   </w:num>
-  <w:num w:numId="97826792">
-    <w:abstractNumId w:val="97826792"/>
+  <w:num w:numId="81660288">
+    <w:abstractNumId w:val="81660288"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24163,51 +24163,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId343917140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId630325150" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId712769905f11b58eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId716769905f11b5956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId623369905f11b60bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId560169905f11b9c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId871169905f11b9ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId902569905f11b9ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId648169905f11b9f19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId413469905f11ba10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId805969905f11ba19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId467069905f11ba371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId669569905f11ba403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId710969905f11ba4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId901269905f11ba89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId982469905f11ba8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId799869905f11ba974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId805069905f11bac7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId473469905f11bad32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId198869905f11bae64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId108669905f11bb006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId389269905f11bb05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId111469905f11bb157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId471169905f11bb20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId551669905f11bb2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId408869905f11bb2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId595969905f11bb45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId246869905f11bb54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId107369905f11bb60e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId354869905f11bb6cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId510369905f11b5fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510369905f11b5fc0.jpg"/><Relationship Id="rId845669905f11b7c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId845669905f11b7c97.jpg"/><Relationship Id="rId376369905f11bb8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId376369905f11bb8ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741729307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId944277936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102469abc063a00d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId132569abc063a013e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId273869abc063a03a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId397469abc063a40fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId639669abc063a418d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId532569abc063a42c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId909269abc063a4400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId202669abc063a45ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId417769abc063a4692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId386969abc063a48b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId541969abc063a494f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId930869abc063a4a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId315569abc063a4dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId626169abc063a4e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId327769abc063a4ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId186969abc063a51c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId581269abc063a5277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId649469abc063a53ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId446469abc063a5550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId166669abc063a55ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId259869abc063a562d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId520969abc063a56f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId157769abc063a5788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId489469abc063a57da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId185369abc063a5940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId623269abc063a5a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId279869abc063a5aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId729269abc063a5ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924169abc063a0264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924169abc063a0264.jpg"/><Relationship Id="rId151369abc063a2151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151369abc063a2151.jpg"/><Relationship Id="rId466869abc063a5c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466869abc063a5c8a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>