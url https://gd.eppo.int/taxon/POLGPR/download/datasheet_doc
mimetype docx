--- v5 (2026-03-07)
+++ v6 (2026-03-07)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Blandford</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese silver-fir bark beetle, Sakhalin-fir bark beetle, four-eyed fir bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102469abc063a00d3" w:history="1">
+            <w:hyperlink r:id="rId880869abd14c67eec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132569abc063a013e" w:history="1">
+            <w:hyperlink r:id="rId266969abd14c67f58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> POLGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63074321" name="name600669abc063a0266" descr="15819.jpg"/>
+                  <wp:docPr id="37292486" name="name503369abd14c68a23" descr="15819.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15819.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId924169abc063a0264" cstate="print"/>
+                          <a:blip r:embed="rId186469abd14c68a20" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId273869abc063a03a9" w:history="1">
+            <w:hyperlink r:id="rId577969abd14c68ba0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2877,63 +2877,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. sibirica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76273335" name="name969769abc063a2154" descr="POLGPR_distribution_map.jpg"/>
+            <wp:docPr id="24067405" name="name580669abd14c6c44f" descr="POLGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="POLGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId151369abc063a2151" cstate="print"/>
+                    <a:blip r:embed="rId785169abd14c6c44b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7450,51 +7450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Entomologist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397469abc063a40fc" w:history="1">
+      <w:hyperlink r:id="rId556169abd14c73add" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00779962.2003.9722106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomologicheskoe Obozrenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 54–55 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639669abc063a418d" w:history="1">
+      <w:hyperlink r:id="rId990669abd14c73b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S001387381901007X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7719,51 +7719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32-39 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532569abc063a42c2" w:history="1">
+      <w:hyperlink r:id="rId942869abd14c73caf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35885/1996-1499-2021-14-2-32-39</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7905,51 +7905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Report of a Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(revised version). EPPO, Paris, 7 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909269abc063a4400" w:history="1">
+      <w:hyperlink r:id="rId332969abd14c73df7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8211,51 +8211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entomological Review </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1059-1066. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId202669abc063a45ff" w:history="1">
+      <w:hyperlink r:id="rId261869abd14c73fe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873814080028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8301,51 +8301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8281. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417769abc063a4692" w:history="1">
+      <w:hyperlink r:id="rId550569abd14c74070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.8281</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8587,51 +8587,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386969abc063a48b8" w:history="1">
+      <w:hyperlink r:id="rId353669abd14c7423c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7679805</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8677,51 +8677,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1003-1022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541969abc063a494f" w:history="1">
+      <w:hyperlink r:id="rId680969abd14c742ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.10199570</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8805,51 +8805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930869abc063a4a22" w:history="1">
+      <w:hyperlink r:id="rId103769abd14c763d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jisesa/ieaa140</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9374,99 +9374,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 156-164 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315569abc063a4dcd" w:history="1">
+      <w:hyperlink r:id="rId573169abd14c7679b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873818020045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurentsov AI (1941) [The Bark Beetles of the USSR Far East]. Academy of Sciences of the USSR: Moscow, Russia; St. Petersburg, Russia, pp. 1-234 (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mandelshtam MY (2013) [Annotated list of bark beetles (Scolytidae) of the fauna of Russia] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626169abc063a4e20" w:history="1">
+      <w:hyperlink r:id="rId939169abd14c767f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 27 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9501,51 +9501,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">225</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58-75 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327769abc063a4ea2" w:history="1">
+      <w:hyperlink r:id="rId187769abd14c76872" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21266/2079-4304.2018.225.58-75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9970,51 +9970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 282-293. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186969abc063a51c2" w:history="1">
+      <w:hyperlink r:id="rId314869abd14c76b70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/b05-164</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10078,51 +10078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581269abc063a5277" w:history="1">
+      <w:hyperlink r:id="rId981269abd14c76c21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S2075111718010137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10264,51 +10264,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Semenova O (2023) [In the Perm region, 17 hectares of forest will be cut down due to the invasion of the polygraph beetle] (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649469abc063a53ab" w:history="1">
+      <w:hyperlink r:id="rId791669abd14c76d4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 17 August 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10519,99 +10519,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-84 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446469abc063a5550" w:history="1">
+      <w:hyperlink r:id="rId903969abd14c76ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17238/issn0536-1036.2017.2.67</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stark VN (1952) Koroedy [Bark beetles]. Fauna SSSR, Novaya Seriya, No. 49, Zhestkokrylye. Tom 31. Moscow, Leningrad: Zoologicheskiy Institut Akademii Nauk SSSR, 463 pp. (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Subris A (2023) Fir trees are being destroyed by the thousands. Visitors to the Taganay National Park are sounding the alarm due to mass decline of conifers. 74.RU Chelyabinskaya Oblast. [In Russian] </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166669abc063a55ad" w:history="1">
+      <w:hyperlink r:id="rId711969abd14c76f37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://74.ru/text/ecology/2023/06/28/72434447/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10646,51 +10646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e10274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId259869abc063a562d" w:history="1">
+      <w:hyperlink r:id="rId605469abd14c76fb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.10274</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10756,51 +10756,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-19, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520969abc063a56f1" w:history="1">
+      <w:hyperlink r:id="rId797769abd14c7705f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2018.06.030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10846,101 +10846,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0246812. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157769abc063a5788" w:history="1">
+      <w:hyperlink r:id="rId233469abd14c770ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0246812</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taxonomy Browser:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Polygraphus proximus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BOLD SYSTEM (2023) Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489469abc063a57da" w:history="1">
+      <w:hyperlink r:id="rId101669abd14c7713c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22[tax]</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Last accessed 29 September 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11115,51 +11115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemoecology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183-195. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185369abc063a5940" w:history="1">
+      <w:hyperlink r:id="rId802269abd14c7826d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00049-022-00377-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11252,51 +11252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Forest Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623269abc063a5a26" w:history="1">
+      <w:hyperlink r:id="rId420169abd14c78353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-003-0056-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -11362,51 +11362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EN-1780, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279869abc063a5aea" w:history="1">
+      <w:hyperlink r:id="rId264369abd14c7840a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1780</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11472,51 +11472,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Polygraphus proximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729269abc063a5ba6" w:history="1">
+      <w:hyperlink r:id="rId498669abd14c784ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11529,63 +11529,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12777075" name="name476069abc063a5c8b" descr="eu_funding_250.png"/>
+            <wp:docPr id="3831177" name="name261369abd14c79184" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId466869abc063a5c8a" cstate="print"/>
+                    <a:blip r:embed="rId486769abd14c79182" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11683,137 +11683,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81660288">
+  <w:abstractNum w:abstractNumId="13638969">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88415857">
+    <w:lvl w:ilvl="0" w:tplc="31797188">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88415857" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31797188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81660287">
+  <w:abstractNum w:abstractNumId="13638968">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49452914">
+    <w:lvl w:ilvl="0" w:tplc="80919616">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12565,55 +12565,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81660287">
-    <w:abstractNumId w:val="81660287"/>
+  <w:num w:numId="13638968">
+    <w:abstractNumId w:val="13638968"/>
   </w:num>
-  <w:num w:numId="81660288">
-    <w:abstractNumId w:val="81660288"/>
+  <w:num w:numId="13638969">
+    <w:abstractNumId w:val="13638969"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24163,51 +24163,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741729307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId944277936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102469abc063a00d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId132569abc063a013e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId273869abc063a03a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId397469abc063a40fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId639669abc063a418d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId532569abc063a42c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId909269abc063a4400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId202669abc063a45ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId417769abc063a4692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId386969abc063a48b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId541969abc063a494f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId930869abc063a4a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId315569abc063a4dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId626169abc063a4e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId327769abc063a4ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId186969abc063a51c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId581269abc063a5277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId649469abc063a53ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId446469abc063a5550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId166669abc063a55ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId259869abc063a562d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId520969abc063a56f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId157769abc063a5788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId489469abc063a57da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId185369abc063a5940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId623269abc063a5a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId279869abc063a5aea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId729269abc063a5ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924169abc063a0264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924169abc063a0264.jpg"/><Relationship Id="rId151369abc063a2151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151369abc063a2151.jpg"/><Relationship Id="rId466869abc063a5c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466869abc063a5c8a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526734299" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607178261" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId880869abd14c67eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/" TargetMode="External"/><Relationship Id="rId266969abd14c67f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/categorization" TargetMode="External"/><Relationship Id="rId577969abd14c68ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/POLGPR/photos" TargetMode="External"/><Relationship Id="rId556169abd14c73add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00779962.2003.9722106" TargetMode="External"/><Relationship Id="rId990669abd14c73b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S001387381901007X" TargetMode="External"/><Relationship Id="rId942869abd14c73caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35885/1996-1499-2021-14-2-32-39" TargetMode="External"/><Relationship Id="rId332969abd14c73df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId261869abd14c73fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873814080028" TargetMode="External"/><Relationship Id="rId550569abd14c74070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.8281" TargetMode="External"/><Relationship Id="rId353669abd14c7423c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7679805" TargetMode="External"/><Relationship Id="rId680969abd14c742ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.10199570" TargetMode="External"/><Relationship Id="rId103769abd14c763d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jisesa/ieaa140" TargetMode="External"/><Relationship Id="rId573169abd14c7679b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873818020045" TargetMode="External"/><Relationship Id="rId939169abd14c767f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zin.ru/Animalia/Coleoptera/rus/slrulist.htm" TargetMode="External"/><Relationship Id="rId187769abd14c76872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21266/2079-4304.2018.225.58-75" TargetMode="External"/><Relationship Id="rId314869abd14c76b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/b05-164" TargetMode="External"/><Relationship Id="rId981269abd14c76c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S2075111718010137" TargetMode="External"/><Relationship Id="rId791669abd14c76d4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perm.aif.ru/society/details/v_permskom_krae_iz-za_nashestviya_zhuka-poligrafa_vyrubyat_17_ga_lesa" TargetMode="External"/><Relationship Id="rId903969abd14c76ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17238/issn0536-1036.2017.2.67" TargetMode="External"/><Relationship Id="rId711969abd14c76f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://74.ru/text/ecology/2023/06/28/72434447/" TargetMode="External"/><Relationship Id="rId605469abd14c76fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.10274" TargetMode="External"/><Relationship Id="rId797769abd14c7705f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2018.06.030" TargetMode="External"/><Relationship Id="rId233469abd14c770ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0246812" TargetMode="External"/><Relationship Id="rId101669abd14c7713c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Public_SearchTerms?query=%22Polygraphus%20proximus%22%5btax]" TargetMode="External"/><Relationship Id="rId802269abd14c7826d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00049-022-00377-5" TargetMode="External"/><Relationship Id="rId420169abd14c78353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-003-0056-9" TargetMode="External"/><Relationship Id="rId264369abd14c7840a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1780" TargetMode="External"/><Relationship Id="rId498669abd14c784ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId186469abd14c68a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186469abd14c68a20.jpg"/><Relationship Id="rId785169abd14c6c44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785169abd14c6c44b.jpg"/><Relationship Id="rId486769abd14c79182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId486769abd14c79182.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>