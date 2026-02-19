--- v0 (2025-10-20)
+++ v1 (2026-02-19)
@@ -146,51 +146,51 @@
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Absent, unreliable record</t>
   </si>
 </sst>
 </file>
 