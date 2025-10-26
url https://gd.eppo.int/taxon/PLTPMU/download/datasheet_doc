--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546068e2d4eb0e5fa" w:history="1">
+            <w:hyperlink r:id="rId552868fe3d84a059f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId957668e2d4eb0e642" w:history="1">
+            <w:hyperlink r:id="rId582668fe3d84a05e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8268304" name="name342068e2d4eb0f710" descr="1294.jpg"/>
+                  <wp:docPr id="68941439" name="name951868fe3d84a06ca" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId569168e2d4eb0f70d" cstate="print"/>
+                          <a:blip r:embed="rId837468fe3d84a06c9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId332168e2d4eb0f855" w:history="1">
+            <w:hyperlink r:id="rId915068fe3d84a07f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27964692" name="name756968e2d4eb139d1" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="93869974" name="name136568fe3d84a3899" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId133268e2d4eb139ce" cstate="print"/>
+                    <a:blip r:embed="rId308168fe3d84a3895" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871568e2d4eb15571" w:history="1">
+      <w:hyperlink r:id="rId976668fe3d84a4932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615068e2d4eb15a4a" w:history="1">
+      <w:hyperlink r:id="rId878968fe3d84a4ab1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853668e2d4eb15abe" w:history="1">
+      <w:hyperlink r:id="rId461768fe3d84a4af7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229068e2d4eb161cb" w:history="1">
+      <w:hyperlink r:id="rId377168fe3d84a4c25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350368e2d4eb16345" w:history="1">
+      <w:hyperlink r:id="rId750968fe3d84a4c95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354268e2d4eb17bfd" w:history="1">
+      <w:hyperlink r:id="rId874168fe3d84a6a34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491868e2d4eb17cd0" w:history="1">
+      <w:hyperlink r:id="rId903368fe3d84a6b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74316564" name="name574668e2d4eb17ea1" descr="eu_funding_250.png"/>
+            <wp:docPr id="91056614" name="name487968fe3d84a7ff4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId469168e2d4eb17ea0" cstate="print"/>
+                    <a:blip r:embed="rId983568fe3d84a7ff2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78510373">
+  <w:abstractNum w:abstractNumId="78684782">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52827402">
+    <w:lvl w:ilvl="0" w:tplc="19102980">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52827402" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19102980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78510372">
+  <w:abstractNum w:abstractNumId="78684781">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83202709">
+    <w:lvl w:ilvl="0" w:tplc="90726707">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78510372">
-    <w:abstractNumId w:val="78510372"/>
+  <w:num w:numId="78684781">
+    <w:abstractNumId w:val="78684781"/>
   </w:num>
-  <w:num w:numId="78510373">
-    <w:abstractNumId w:val="78510373"/>
+  <w:num w:numId="78684782">
+    <w:abstractNumId w:val="78684782"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854071617" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672264271" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId546068e2d4eb0e5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId957668e2d4eb0e642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId332168e2d4eb0f855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId871568e2d4eb15571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId615068e2d4eb15a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId853668e2d4eb15abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId229068e2d4eb161cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId350368e2d4eb16345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId354268e2d4eb17bfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId491868e2d4eb17cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId569168e2d4eb0f70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569168e2d4eb0f70d.jpg"/><Relationship Id="rId133268e2d4eb139ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId133268e2d4eb139ce.jpg"/><Relationship Id="rId469168e2d4eb17ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469168e2d4eb17ea0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722443310" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId905330699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId552868fe3d84a059f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId582668fe3d84a05e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId915068fe3d84a07f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId976668fe3d84a4932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId878968fe3d84a4ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId461768fe3d84a4af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId377168fe3d84a4c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId750968fe3d84a4c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId874168fe3d84a6a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId903368fe3d84a6b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId837468fe3d84a06c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837468fe3d84a06c9.jpg"/><Relationship Id="rId308168fe3d84a3895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308168fe3d84a3895.jpg"/><Relationship Id="rId983568fe3d84a7ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983568fe3d84a7ff2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>