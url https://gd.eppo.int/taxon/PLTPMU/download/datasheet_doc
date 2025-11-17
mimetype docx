--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId552868fe3d84a059f" w:history="1">
+            <w:hyperlink r:id="rId9817691ab58b958ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId582668fe3d84a05e7" w:history="1">
+            <w:hyperlink r:id="rId9043691ab58b95943" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68941439" name="name951868fe3d84a06ca" descr="1294.jpg"/>
+                  <wp:docPr id="93009850" name="name3084691ab58b95a02" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId837468fe3d84a06c9" cstate="print"/>
+                          <a:blip r:embed="rId9171691ab58b95a01" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId915068fe3d84a07f6" w:history="1">
+            <w:hyperlink r:id="rId5380691ab58b95acb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93869974" name="name136568fe3d84a3899" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="84604946" name="name4907691ab58b97918" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId308168fe3d84a3895" cstate="print"/>
+                    <a:blip r:embed="rId4463691ab58b97915" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976668fe3d84a4932" w:history="1">
+      <w:hyperlink r:id="rId4439691ab58b98eb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId878968fe3d84a4ab1" w:history="1">
+      <w:hyperlink r:id="rId9257691ab58b99034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461768fe3d84a4af7" w:history="1">
+      <w:hyperlink r:id="rId5154691ab58b9907b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377168fe3d84a4c25" w:history="1">
+      <w:hyperlink r:id="rId3763691ab58b991a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750968fe3d84a4c95" w:history="1">
+      <w:hyperlink r:id="rId6720691ab58b9921c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874168fe3d84a6a34" w:history="1">
+      <w:hyperlink r:id="rId3462691ab58b99b42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903368fe3d84a6b06" w:history="1">
+      <w:hyperlink r:id="rId7212691ab58b99c0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91056614" name="name487968fe3d84a7ff4" descr="eu_funding_250.png"/>
+            <wp:docPr id="40954479" name="name9141691ab58b99c83" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId983568fe3d84a7ff2" cstate="print"/>
+                    <a:blip r:embed="rId8159691ab58b99c82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78684782">
+  <w:abstractNum w:abstractNumId="91642538">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19102980">
+    <w:lvl w:ilvl="0" w:tplc="45601774">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19102980" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45601774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78684781">
+  <w:abstractNum w:abstractNumId="91642537">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90726707">
+    <w:lvl w:ilvl="0" w:tplc="37915527">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78684781">
-    <w:abstractNumId w:val="78684781"/>
+  <w:num w:numId="91642537">
+    <w:abstractNumId w:val="91642537"/>
   </w:num>
-  <w:num w:numId="78684782">
-    <w:abstractNumId w:val="78684782"/>
+  <w:num w:numId="91642538">
+    <w:abstractNumId w:val="91642538"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722443310" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId905330699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId552868fe3d84a059f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId582668fe3d84a05e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId915068fe3d84a07f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId976668fe3d84a4932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId878968fe3d84a4ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId461768fe3d84a4af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId377168fe3d84a4c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId750968fe3d84a4c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId874168fe3d84a6a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId903368fe3d84a6b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId837468fe3d84a06c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837468fe3d84a06c9.jpg"/><Relationship Id="rId308168fe3d84a3895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId308168fe3d84a3895.jpg"/><Relationship Id="rId983568fe3d84a7ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983568fe3d84a7ff2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934600731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId413679299" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9817691ab58b958ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId9043691ab58b95943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId5380691ab58b95acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId4439691ab58b98eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId9257691ab58b99034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId5154691ab58b9907b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId3763691ab58b991a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId6720691ab58b9921c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId3462691ab58b99b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7212691ab58b99c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId9171691ab58b95a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9171691ab58b95a01.jpg"/><Relationship Id="rId4463691ab58b97915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4463691ab58b97915.jpg"/><Relationship Id="rId8159691ab58b99c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8159691ab58b99c82.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>