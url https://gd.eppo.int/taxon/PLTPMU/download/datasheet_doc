--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9817691ab58b958ff" w:history="1">
+            <w:hyperlink r:id="rId92686935bdaf5cfc3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9043691ab58b95943" w:history="1">
+            <w:hyperlink r:id="rId71716935bdaf5d00a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93009850" name="name3084691ab58b95a02" descr="1294.jpg"/>
+                  <wp:docPr id="89836391" name="name88226935bdaf5d144" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9171691ab58b95a01" cstate="print"/>
+                          <a:blip r:embed="rId73556935bdaf5d143" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5380691ab58b95acb" w:history="1">
+            <w:hyperlink r:id="rId67696935bdaf5d25b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84604946" name="name4907691ab58b97918" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="16398571" name="name52326935bdaf5f6f1" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4463691ab58b97915" cstate="print"/>
+                    <a:blip r:embed="rId26246935bdaf5f6ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4439691ab58b98eb2" w:history="1">
+      <w:hyperlink r:id="rId83756935bdaf60736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9257691ab58b99034" w:history="1">
+      <w:hyperlink r:id="rId24116935bdaf608af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5154691ab58b9907b" w:history="1">
+      <w:hyperlink r:id="rId19826935bdaf608f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3763691ab58b991a9" w:history="1">
+      <w:hyperlink r:id="rId96996935bdaf60a1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6720691ab58b9921c" w:history="1">
+      <w:hyperlink r:id="rId58156935bdaf60a8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3462691ab58b99b42" w:history="1">
+      <w:hyperlink r:id="rId56636935bdaf61263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7212691ab58b99c0b" w:history="1">
+      <w:hyperlink r:id="rId95516935bdaf6132b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40954479" name="name9141691ab58b99c83" descr="eu_funding_250.png"/>
+            <wp:docPr id="40491654" name="name22516935bdaf613c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8159691ab58b99c82" cstate="print"/>
+                    <a:blip r:embed="rId28786935bdaf613c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91642538">
+  <w:abstractNum w:abstractNumId="65574573">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45601774">
+    <w:lvl w:ilvl="0" w:tplc="85814234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45601774" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85814234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91642537">
+  <w:abstractNum w:abstractNumId="65574572">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37915527">
+    <w:lvl w:ilvl="0" w:tplc="48067706">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91642537">
-    <w:abstractNumId w:val="91642537"/>
+  <w:num w:numId="65574572">
+    <w:abstractNumId w:val="65574572"/>
   </w:num>
-  <w:num w:numId="91642538">
-    <w:abstractNumId w:val="91642538"/>
+  <w:num w:numId="65574573">
+    <w:abstractNumId w:val="65574573"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934600731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId413679299" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9817691ab58b958ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId9043691ab58b95943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId5380691ab58b95acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId4439691ab58b98eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId9257691ab58b99034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId5154691ab58b9907b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId3763691ab58b991a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId6720691ab58b9921c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId3462691ab58b99b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7212691ab58b99c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId9171691ab58b95a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9171691ab58b95a01.jpg"/><Relationship Id="rId4463691ab58b97915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4463691ab58b97915.jpg"/><Relationship Id="rId8159691ab58b99c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8159691ab58b99c82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416828703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820337004" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92686935bdaf5cfc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId71716935bdaf5d00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId67696935bdaf5d25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId83756935bdaf60736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId24116935bdaf608af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId19826935bdaf608f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId96996935bdaf60a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId58156935bdaf60a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId56636935bdaf61263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95516935bdaf6132b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId73556935bdaf5d143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73556935bdaf5d143.jpg"/><Relationship Id="rId26246935bdaf5f6ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26246935bdaf5f6ed.jpg"/><Relationship Id="rId28786935bdaf613c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28786935bdaf613c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>