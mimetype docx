--- v3 (2025-12-07)
+++ v4 (2025-12-27)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92686935bdaf5cfc3" w:history="1">
+            <w:hyperlink r:id="rId8903695062c5ad48c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71716935bdaf5d00a" w:history="1">
+            <w:hyperlink r:id="rId4521695062c5ad4d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89836391" name="name88226935bdaf5d144" descr="1294.jpg"/>
+                  <wp:docPr id="69410943" name="name6706695062c5ad5a4" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73556935bdaf5d143" cstate="print"/>
+                          <a:blip r:embed="rId5625695062c5ad5a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67696935bdaf5d25b" w:history="1">
+            <w:hyperlink r:id="rId8199695062c5ada4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16398571" name="name52326935bdaf5f6f1" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="53300571" name="name9315695062c5afc63" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26246935bdaf5f6ed" cstate="print"/>
+                    <a:blip r:embed="rId5016695062c5afc5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83756935bdaf60736" w:history="1">
+      <w:hyperlink r:id="rId6205695062c5b0cfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24116935bdaf608af" w:history="1">
+      <w:hyperlink r:id="rId8700695062c5b0e7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19826935bdaf608f5" w:history="1">
+      <w:hyperlink r:id="rId5006695062c5b0ec4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96996935bdaf60a1e" w:history="1">
+      <w:hyperlink r:id="rId4247695062c5b0ff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58156935bdaf60a8e" w:history="1">
+      <w:hyperlink r:id="rId9160695062c5b1061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56636935bdaf61263" w:history="1">
+      <w:hyperlink r:id="rId9063695062c5b1874" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95516935bdaf6132b" w:history="1">
+      <w:hyperlink r:id="rId9803695062c5b1943" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40491654" name="name22516935bdaf613c3" descr="eu_funding_250.png"/>
+            <wp:docPr id="89713527" name="name2882695062c5b19dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28786935bdaf613c2" cstate="print"/>
+                    <a:blip r:embed="rId8022695062c5b19dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65574573">
+  <w:abstractNum w:abstractNumId="17428827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85814234">
+    <w:lvl w:ilvl="0" w:tplc="62968231">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85814234" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62968231" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65574572">
+  <w:abstractNum w:abstractNumId="17428826">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48067706">
+    <w:lvl w:ilvl="0" w:tplc="82348575">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65574572">
-    <w:abstractNumId w:val="65574572"/>
+  <w:num w:numId="17428826">
+    <w:abstractNumId w:val="17428826"/>
   </w:num>
-  <w:num w:numId="65574573">
-    <w:abstractNumId w:val="65574573"/>
+  <w:num w:numId="17428827">
+    <w:abstractNumId w:val="17428827"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416828703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820337004" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92686935bdaf5cfc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId71716935bdaf5d00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId67696935bdaf5d25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId83756935bdaf60736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId24116935bdaf608af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId19826935bdaf608f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId96996935bdaf60a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId58156935bdaf60a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId56636935bdaf61263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95516935bdaf6132b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId73556935bdaf5d143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73556935bdaf5d143.jpg"/><Relationship Id="rId26246935bdaf5f6ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26246935bdaf5f6ed.jpg"/><Relationship Id="rId28786935bdaf613c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28786935bdaf613c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId343078463" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId233584600" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8903695062c5ad48c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId4521695062c5ad4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId8199695062c5ada4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId6205695062c5b0cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId8700695062c5b0e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId5006695062c5b0ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId4247695062c5b0ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId9160695062c5b1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId9063695062c5b1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9803695062c5b1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId5625695062c5ad5a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5625695062c5ad5a3.jpg"/><Relationship Id="rId5016695062c5afc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5016695062c5afc5f.jpg"/><Relationship Id="rId8022695062c5b19dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8022695062c5b19dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>