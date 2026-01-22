--- v4 (2025-12-27)
+++ v5 (2026-01-22)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8903695062c5ad48c" w:history="1">
+            <w:hyperlink r:id="rId549769725cd254857" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4521695062c5ad4d0" w:history="1">
+            <w:hyperlink r:id="rId103269725cd25489c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69410943" name="name6706695062c5ad5a4" descr="1294.jpg"/>
+                  <wp:docPr id="34179759" name="name471169725cd254f71" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5625695062c5ad5a3" cstate="print"/>
+                          <a:blip r:embed="rId499269725cd254f6f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8199695062c5ada4c" w:history="1">
+            <w:hyperlink r:id="rId827869725cd255092" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53300571" name="name9315695062c5afc63" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="56583698" name="name284269725cd256f10" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5016695062c5afc5f" cstate="print"/>
+                    <a:blip r:embed="rId511369725cd256f0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6205695062c5b0cfc" w:history="1">
+      <w:hyperlink r:id="rId243969725cd257f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8700695062c5b0e7d" w:history="1">
+      <w:hyperlink r:id="rId258069725cd2580a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5006695062c5b0ec4" w:history="1">
+      <w:hyperlink r:id="rId960669725cd2580e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4247695062c5b0ff1" w:history="1">
+      <w:hyperlink r:id="rId867569725cd258210" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9160695062c5b1061" w:history="1">
+      <w:hyperlink r:id="rId429669725cd258280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7248,73 +7248,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9063695062c5b1874" w:history="1">
+      <w:hyperlink r:id="rId755169725cd258b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9803695062c5b1943" w:history="1">
+      <w:hyperlink r:id="rId870069725cd258bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89713527" name="name2882695062c5b19dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="49470298" name="name891669725cd258c32" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8022695062c5b19dc" cstate="print"/>
+                    <a:blip r:embed="rId823669725cd258c31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17428827">
+  <w:abstractNum w:abstractNumId="85730606">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62968231">
+    <w:lvl w:ilvl="0" w:tplc="39256509">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62968231" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39256509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17428826">
+  <w:abstractNum w:abstractNumId="85730605">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82348575">
+    <w:lvl w:ilvl="0" w:tplc="90218650">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17428826">
-    <w:abstractNumId w:val="17428826"/>
+  <w:num w:numId="85730605">
+    <w:abstractNumId w:val="85730605"/>
   </w:num>
-  <w:num w:numId="17428827">
-    <w:abstractNumId w:val="17428827"/>
+  <w:num w:numId="85730606">
+    <w:abstractNumId w:val="85730606"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId343078463" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId233584600" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8903695062c5ad48c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId4521695062c5ad4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId8199695062c5ada4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId6205695062c5b0cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId8700695062c5b0e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId5006695062c5b0ec4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId4247695062c5b0ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId9160695062c5b1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId9063695062c5b1874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9803695062c5b1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId5625695062c5ad5a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5625695062c5ad5a3.jpg"/><Relationship Id="rId5016695062c5afc5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5016695062c5afc5f.jpg"/><Relationship Id="rId8022695062c5b19dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8022695062c5b19dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId231076127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402226714" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId549769725cd254857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId103269725cd25489c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId827869725cd255092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId243969725cd257f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId258069725cd2580a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId960669725cd2580e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId867569725cd258210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId429669725cd258280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId755169725cd258b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId870069725cd258bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId499269725cd254f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId499269725cd254f6f.jpg"/><Relationship Id="rId511369725cd256f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511369725cd256f0c.jpg"/><Relationship Id="rId823669725cd258c31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823669725cd258c31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>