--- v5 (2026-01-22)
+++ v6 (2026-02-15)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549769725cd254857" w:history="1">
+            <w:hyperlink r:id="rId778069919d25a70f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103269725cd25489c" w:history="1">
+            <w:hyperlink r:id="rId859569919d25a713c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34179759" name="name471169725cd254f71" descr="1294.jpg"/>
+                  <wp:docPr id="6954706" name="name994769919d25a772a" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId499269725cd254f6f" cstate="print"/>
+                          <a:blip r:embed="rId916969919d25a7728" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId827869725cd255092" w:history="1">
+            <w:hyperlink r:id="rId893469919d25a7862" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56583698" name="name284269725cd256f10" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="35093580" name="name505669919d25a99b6" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId511369725cd256f0c" cstate="print"/>
+                    <a:blip r:embed="rId686069919d25a99b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243969725cd257f25" w:history="1">
+      <w:hyperlink r:id="rId191769919d25aaa0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258069725cd2580a2" w:history="1">
+      <w:hyperlink r:id="rId331969919d25aab86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960669725cd2580e7" w:history="1">
+      <w:hyperlink r:id="rId119769919d25aabcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867569725cd258210" w:history="1">
+      <w:hyperlink r:id="rId446869919d25aacf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429669725cd258280" w:history="1">
+      <w:hyperlink r:id="rId778969919d25aad73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755169725cd258b06" w:history="1">
+      <w:hyperlink r:id="rId673469919d25ab53c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870069725cd258bcf" w:history="1">
+      <w:hyperlink r:id="rId325169919d25ab604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49470298" name="name891669725cd258c32" descr="eu_funding_250.png"/>
+            <wp:docPr id="29327559" name="name573069919d25ab65e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId823669725cd258c31" cstate="print"/>
+                    <a:blip r:embed="rId415769919d25ab65d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85730606">
+  <w:abstractNum w:abstractNumId="56414320">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39256509">
+    <w:lvl w:ilvl="0" w:tplc="94559077">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39256509" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94559077" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85730605">
+  <w:abstractNum w:abstractNumId="56414319">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90218650">
+    <w:lvl w:ilvl="0" w:tplc="29310561">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85730605">
-    <w:abstractNumId w:val="85730605"/>
+  <w:num w:numId="56414319">
+    <w:abstractNumId w:val="56414319"/>
   </w:num>
-  <w:num w:numId="85730606">
-    <w:abstractNumId w:val="85730606"/>
+  <w:num w:numId="56414320">
+    <w:abstractNumId w:val="56414320"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId231076127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402226714" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId549769725cd254857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId103269725cd25489c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId827869725cd255092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId243969725cd257f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId258069725cd2580a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId960669725cd2580e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId867569725cd258210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId429669725cd258280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId755169725cd258b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId870069725cd258bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId499269725cd254f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId499269725cd254f6f.jpg"/><Relationship Id="rId511369725cd256f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511369725cd256f0c.jpg"/><Relationship Id="rId823669725cd258c31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823669725cd258c31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764646118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId391350649" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId778069919d25a70f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId859569919d25a713c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId893469919d25a7862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId191769919d25aaa0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId331969919d25aab86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId119769919d25aabcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId446869919d25aacf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId778969919d25aad73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId673469919d25ab53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId325169919d25ab604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId916969919d25a7728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId916969919d25a7728.jpg"/><Relationship Id="rId686069919d25a99b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686069919d25a99b2.jpg"/><Relationship Id="rId415769919d25ab65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415769919d25ab65d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>