--- v6 (2026-02-15)
+++ v7 (2026-03-07)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId778069919d25a70f8" w:history="1">
+            <w:hyperlink r:id="rId158769ac7454e8f43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId859569919d25a713c" w:history="1">
+            <w:hyperlink r:id="rId720869ac7454e8f87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6954706" name="name994769919d25a772a" descr="1294.jpg"/>
+                  <wp:docPr id="17579024" name="name542469ac7454e95ca" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId916969919d25a7728" cstate="print"/>
+                          <a:blip r:embed="rId232569ac7454e95c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId893469919d25a7862" w:history="1">
+            <w:hyperlink r:id="rId186169ac7454e971d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35093580" name="name505669919d25a99b6" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="99143908" name="name728469ac7454eb85b" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId686069919d25a99b2" cstate="print"/>
+                    <a:blip r:embed="rId140869ac7454eb857" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191769919d25aaa0a" w:history="1">
+      <w:hyperlink r:id="rId922269ac7454ec8ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331969919d25aab86" w:history="1">
+      <w:hyperlink r:id="rId354669ac7454eca6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119769919d25aabcb" w:history="1">
+      <w:hyperlink r:id="rId725169ac7454ecab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId446869919d25aacf7" w:history="1">
+      <w:hyperlink r:id="rId802869ac7454ecbe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778969919d25aad73" w:history="1">
+      <w:hyperlink r:id="rId522669ac7454ecc53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673469919d25ab53c" w:history="1">
+      <w:hyperlink r:id="rId817169ac7454ed430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325169919d25ab604" w:history="1">
+      <w:hyperlink r:id="rId149769ac7454ed503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29327559" name="name573069919d25ab65e" descr="eu_funding_250.png"/>
+            <wp:docPr id="51489280" name="name475569ac7454ed566" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId415769919d25ab65d" cstate="print"/>
+                    <a:blip r:embed="rId682969ac7454ed565" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56414320">
+  <w:abstractNum w:abstractNumId="76432543">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94559077">
+    <w:lvl w:ilvl="0" w:tplc="53425747">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94559077" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53425747" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56414319">
+  <w:abstractNum w:abstractNumId="76432542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29310561">
+    <w:lvl w:ilvl="0" w:tplc="49932091">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56414319">
-    <w:abstractNumId w:val="56414319"/>
+  <w:num w:numId="76432542">
+    <w:abstractNumId w:val="76432542"/>
   </w:num>
-  <w:num w:numId="56414320">
-    <w:abstractNumId w:val="56414320"/>
+  <w:num w:numId="76432543">
+    <w:abstractNumId w:val="76432543"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764646118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId391350649" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId778069919d25a70f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId859569919d25a713c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId893469919d25a7862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId191769919d25aaa0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId331969919d25aab86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId119769919d25aabcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId446869919d25aacf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId778969919d25aad73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId673469919d25ab53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId325169919d25ab604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId916969919d25a7728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId916969919d25a7728.jpg"/><Relationship Id="rId686069919d25a99b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686069919d25a99b2.jpg"/><Relationship Id="rId415769919d25ab65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId415769919d25ab65d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573592607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710016192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId158769ac7454e8f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId720869ac7454e8f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId186169ac7454e971d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId922269ac7454ec8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId354669ac7454eca6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId725169ac7454ecab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId802869ac7454ecbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId522669ac7454ecc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId817169ac7454ed430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId149769ac7454ed503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId232569ac7454e95c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232569ac7454e95c8.jpg"/><Relationship Id="rId140869ac7454eb857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140869ac7454eb857.jpg"/><Relationship Id="rId682969ac7454ed565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId682969ac7454ed565.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>