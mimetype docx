--- v7 (2026-03-07)
+++ v8 (2026-03-27)
@@ -291,88 +291,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Brèthes, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Platypus sulcatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chapuis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158769ac7454e8f43" w:history="1">
+            <w:hyperlink r:id="rId498769c7021fa0e60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId720869ac7454e8f87" w:history="1">
+            <w:hyperlink r:id="rId342169c7021fa0ed5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -386,86 +386,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLTPMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17579024" name="name542469ac7454e95ca" descr="1294.jpg"/>
+                  <wp:docPr id="15210186" name="name246669c7021fa16c2" descr="1294.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1294.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId232569ac7454e95c8" cstate="print"/>
+                          <a:blip r:embed="rId248069c7021fa16c0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId186169ac7454e971d" w:history="1">
+            <w:hyperlink r:id="rId171769c7021fa1833" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3302,63 +3302,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2007).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99143908" name="name728469ac7454eb85b" descr="PLTPMU_distribution_map.jpg"/>
+            <wp:docPr id="57543933" name="name745569c7021fa3d70" descr="PLTPMU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLTPMU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId140869ac7454eb857" cstate="print"/>
+                    <a:blip r:embed="rId560169c7021fa3d6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5532,51 +5532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922269ac7454ec8ea" w:history="1">
+      <w:hyperlink r:id="rId931069c7021fa5123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/42293</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5767,92 +5767,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 9940. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354669ac7454eca6d" w:history="1">
+      <w:hyperlink r:id="rId597369c7021fa52a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/sf.9940</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Pest Risk Analysis record for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725169ac7454ecab8" w:history="1">
+      <w:hyperlink r:id="rId773069c7021fa52eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLTPMU/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5994,51 +5994,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buenos Aires (AR) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 21 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802869ac7454ecbe2" w:history="1">
+      <w:hyperlink r:id="rId989569c7021fa541a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522669ac7454ecc53" w:history="1">
+      <w:hyperlink r:id="rId763269c7021fa5494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed September 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7270,51 +7270,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Megaplatypus mutatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817169ac7454ed430" w:history="1">
+      <w:hyperlink r:id="rId512769c7021fa5c68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7390,81 +7390,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 55-58. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149769ac7454ed503" w:history="1">
+      <w:hyperlink r:id="rId602869c7021fa5d2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02237.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51489280" name="name475569ac7454ed566" descr="eu_funding_250.png"/>
+            <wp:docPr id="89751517" name="name979269c7021fa5f1d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId682969ac7454ed565" cstate="print"/>
+                    <a:blip r:embed="rId432769c7021fa5f1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7562,137 +7562,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76432543">
+  <w:abstractNum w:abstractNumId="41758666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53425747">
+    <w:lvl w:ilvl="0" w:tplc="90477536">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53425747" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90477536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76432542">
+  <w:abstractNum w:abstractNumId="41758665">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49932091">
+    <w:lvl w:ilvl="0" w:tplc="73430940">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8444,55 +8444,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76432542">
-    <w:abstractNumId w:val="76432542"/>
+  <w:num w:numId="41758665">
+    <w:abstractNumId w:val="41758665"/>
   </w:num>
-  <w:num w:numId="76432543">
-    <w:abstractNumId w:val="76432543"/>
+  <w:num w:numId="41758666">
+    <w:abstractNumId w:val="41758666"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20042,51 +20042,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId573592607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId710016192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId158769ac7454e8f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId720869ac7454e8f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId186169ac7454e971d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId922269ac7454ec8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId354669ac7454eca6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId725169ac7454ecab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId802869ac7454ecbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId522669ac7454ecc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId817169ac7454ed430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId149769ac7454ed503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId232569ac7454e95c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232569ac7454e95c8.jpg"/><Relationship Id="rId140869ac7454eb857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140869ac7454eb857.jpg"/><Relationship Id="rId682969ac7454ed565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId682969ac7454ed565.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627806274" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418865397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId498769c7021fa0e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/" TargetMode="External"/><Relationship Id="rId342169c7021fa0ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/categorization" TargetMode="External"/><Relationship Id="rId171769c7021fa1833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/photos" TargetMode="External"/><Relationship Id="rId931069c7021fa5123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/42293" TargetMode="External"/><Relationship Id="rId597369c7021fa52a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/sf.9940" TargetMode="External"/><Relationship Id="rId773069c7021fa52eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLTPMU/documents" TargetMode="External"/><Relationship Id="rId989569c7021fa541a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId763269c7021fa5494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.fera.defra.gov.uk/phiw/riskRegister/downloadExternalPra.cfm?id=3834" TargetMode="External"/><Relationship Id="rId512769c7021fa5c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId602869c7021fa5d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02237.x" TargetMode="External"/><Relationship Id="rId248069c7021fa16c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248069c7021fa16c0.jpg"/><Relationship Id="rId560169c7021fa3d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId560169c7021fa3d6c.jpg"/><Relationship Id="rId432769c7021fa5f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId432769c7021fa5f1c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>