--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -152,51 +152,51 @@
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>