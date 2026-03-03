--- v0 (2025-10-13)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PLIRU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Gillespie PS (2012) A review of the whitefly genus Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Australia. Zootaxa 3252, 1-42.</t>
   </si>
   <si>
@@ -117,50 +117,60 @@
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t xml:space="preserve">* Arias de López M, Kondo T, Molina-Moreira N (2025) A new threat to Ecuadorian flora: first report of the pink hibiscus mealybug, Maconellicoccus hirsutus (Green, 1908)(Hemiptera: Pseudococcidae) and its potential biological control agent. Revista Brasileira de Entomologia 69, e20250007. https://doi.org/10.1590/1806-9665-RBENT-2025-0007 </t>
   </si>
   <si>
     <t>PHLLAM</t>
   </si>
   <si>
     <t>Neophysopella euvitis</t>
   </si>
   <si>
     <t>* de Menezes Filho AC, Ventura MV, Batista-Ventura HR, Teixeira MB, de Souza Castro CF, Soares FA (2022) First report of the phytopathogenic fungus Phakopsora euvitis Ono in leaves of Plumeria rubra L.(Apocynaceae). Scientific Electronic Archives 15(8). https://doi.org/10.36560/15820221589</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Plumeria)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Scott-Brown AS, Hodgetts J, Hall J, Simmonds MJS, Collins DW (2018) Potential role of botanic garden collections in predicting hosts at risk globally from invasive pests: a case study using Scirtothrips dorsalis. Journal of Pest Science 91(2), 601-611.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>TETRFI</t>
   </si>
   <si>
     <t>Tetranychus fijiensis (as Plumeria)</t>
@@ -498,61 +508,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="402.188" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -700,64 +710,78 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>43</v>
+      </c>
+      <c r="D15"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">