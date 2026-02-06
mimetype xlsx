--- v0 (2025-10-03)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PLEOAL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
@@ -65,50 +65,56 @@
   <si>
     <t>Present, no details</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Absent, unreliable record</t>
   </si>
   <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t>MG</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Zambia</t>
@@ -608,51 +614,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
@@ -1067,51 +1073,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F113"/>
+  <dimension ref="A1:F114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1244,1894 +1250,1910 @@
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C14" t="s">
         <v>34</v>
       </c>
+      <c r="C14"/>
       <c r="D14" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E14" t="s">
         <v>35</v>
       </c>
+      <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" t="s">
         <v>38</v>
       </c>
-      <c r="C16"/>
       <c r="D16" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="E16"/>
       <c r="F16" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...2 lines deleted...]
-      <c r="E17" t="s">
+      <c r="E17"/>
+      <c r="F17" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B22" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" t="s">
         <v>53</v>
       </c>
-      <c r="C23"/>
       <c r="D23" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" t="s">
         <v>54</v>
       </c>
-      <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>56</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>58</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B26" t="s">
         <v>59</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>60</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>62</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B28" t="s">
         <v>63</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B29" t="s">
         <v>65</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>66</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C30" t="s">
         <v>67</v>
       </c>
+      <c r="C30"/>
       <c r="D30" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="E30" t="s">
         <v>68</v>
       </c>
+      <c r="E30"/>
       <c r="F30" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B32" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B33" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B34" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B35" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B36" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B37" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B39" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B40" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B41" t="s">
+        <v>67</v>
+      </c>
+      <c r="C41" t="s">
         <v>89</v>
       </c>
-      <c r="C41"/>
       <c r="D41" t="s">
+        <v>68</v>
+      </c>
+      <c r="E41" t="s">
         <v>90</v>
       </c>
-      <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>29</v>
+      </c>
+      <c r="B42" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B43" t="s">
         <v>94</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>96</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>97</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>98</v>
       </c>
+      <c r="C45"/>
       <c r="D45" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="E45" t="s">
         <v>99</v>
       </c>
+      <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C46" t="s">
         <v>100</v>
       </c>
       <c r="D46" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E46" t="s">
         <v>101</v>
       </c>
       <c r="F46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B47" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C47" t="s">
         <v>102</v>
       </c>
       <c r="D47" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E47" t="s">
         <v>103</v>
       </c>
       <c r="F47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B48" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C48" t="s">
         <v>104</v>
       </c>
       <c r="D48" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E48" t="s">
         <v>105</v>
       </c>
       <c r="F48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B49" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C49" t="s">
         <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E49" t="s">
         <v>107</v>
       </c>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B50" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C50" t="s">
         <v>108</v>
       </c>
       <c r="D50" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E50" t="s">
         <v>109</v>
       </c>
       <c r="F50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B51" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" t="s">
         <v>110</v>
       </c>
-      <c r="C51"/>
       <c r="D51" t="s">
+        <v>99</v>
+      </c>
+      <c r="E51" t="s">
         <v>111</v>
       </c>
-      <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B52" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="C52" t="s">
         <v>112</v>
       </c>
+      <c r="C52"/>
       <c r="D52" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E52" t="s">
         <v>113</v>
       </c>
+      <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C53" t="s">
         <v>114</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E53" t="s">
         <v>115</v>
       </c>
       <c r="F53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B54" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C54" t="s">
         <v>116</v>
       </c>
       <c r="D54" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E54" t="s">
         <v>117</v>
       </c>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C55" t="s">
         <v>118</v>
       </c>
       <c r="D55" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E55" t="s">
         <v>119</v>
       </c>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B56" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C56" t="s">
         <v>120</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E56" t="s">
         <v>121</v>
       </c>
       <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B57" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C57" t="s">
         <v>122</v>
       </c>
       <c r="D57" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
         <v>123</v>
       </c>
       <c r="F57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B58" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>124</v>
       </c>
       <c r="D58" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
         <v>125</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B59" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C59" t="s">
         <v>126</v>
       </c>
       <c r="D59" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E59" t="s">
         <v>127</v>
       </c>
       <c r="F59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B60" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C60" t="s">
         <v>128</v>
       </c>
       <c r="D60" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E60" t="s">
         <v>129</v>
       </c>
       <c r="F60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B61" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C61" t="s">
         <v>130</v>
       </c>
       <c r="D61" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E61" t="s">
-        <v>82</v>
+        <v>131</v>
       </c>
       <c r="F61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B62" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C62" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E62" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="F62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B63" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B64" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B65" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B66" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B67" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B68" t="s">
+        <v>112</v>
+      </c>
+      <c r="C68" t="s">
         <v>143</v>
       </c>
-      <c r="C68"/>
       <c r="D68" t="s">
+        <v>113</v>
+      </c>
+      <c r="E68" t="s">
         <v>144</v>
       </c>
-      <c r="E68"/>
       <c r="F68" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B69" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="C69" t="s">
         <v>145</v>
       </c>
+      <c r="C69"/>
       <c r="D69" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="E69" t="s">
         <v>146</v>
       </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B70" t="s">
+        <v>145</v>
+      </c>
+      <c r="C70" t="s">
         <v>147</v>
       </c>
-      <c r="C70"/>
       <c r="D70" t="s">
+        <v>146</v>
+      </c>
+      <c r="E70" t="s">
         <v>148</v>
       </c>
-      <c r="E70"/>
       <c r="F70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>150</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
         <v>152</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>154</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="C74" t="s">
         <v>155</v>
       </c>
+      <c r="C74"/>
       <c r="D74" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="E74" t="s">
         <v>156</v>
       </c>
+      <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B75" t="s">
+        <v>155</v>
+      </c>
+      <c r="C75" t="s">
         <v>157</v>
       </c>
-      <c r="C75"/>
       <c r="D75" t="s">
+        <v>156</v>
+      </c>
+      <c r="E75" t="s">
         <v>158</v>
       </c>
-      <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B76" t="s">
         <v>159</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>160</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>162</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B78" t="s">
         <v>163</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
         <v>164</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B79" t="s">
         <v>165</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>166</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B80" t="s">
         <v>167</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>168</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B81" t="s">
         <v>169</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
         <v>170</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B82" t="s">
         <v>171</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
         <v>172</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
         <v>174</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
+        <v>93</v>
+      </c>
+      <c r="B84" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B85" t="s">
         <v>178</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
         <v>179</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B86" t="s">
         <v>180</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
         <v>181</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>182</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
         <v>183</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B88" t="s">
         <v>184</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
         <v>185</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B89" t="s">
         <v>186</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>187</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B90" t="s">
         <v>188</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
         <v>189</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B91" t="s">
         <v>190</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
         <v>191</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B92" t="s">
         <v>192</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>193</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B93" t="s">
         <v>194</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>195</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B94" t="s">
         <v>196</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>197</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B95" t="s">
         <v>198</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>199</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B96" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="C96" t="s">
         <v>200</v>
       </c>
+      <c r="C96"/>
       <c r="D96" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="E96" t="s">
         <v>201</v>
       </c>
+      <c r="E96"/>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B97" t="s">
+        <v>200</v>
+      </c>
+      <c r="C97" t="s">
         <v>202</v>
       </c>
-      <c r="C97"/>
       <c r="D97" t="s">
+        <v>201</v>
+      </c>
+      <c r="E97" t="s">
         <v>203</v>
       </c>
-      <c r="E97"/>
       <c r="F97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B98" t="s">
         <v>204</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>205</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B99" t="s">
         <v>206</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>207</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B100" t="s">
         <v>208</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>209</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B101" t="s">
         <v>210</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>211</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B102" t="s">
         <v>212</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
         <v>213</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B103" t="s">
         <v>214</v>
       </c>
       <c r="C103"/>
       <c r="D103" t="s">
         <v>215</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B104" t="s">
         <v>216</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>217</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>177</v>
+      </c>
+      <c r="B105" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B106" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="C106" t="s">
         <v>221</v>
       </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="E106" t="s">
         <v>222</v>
       </c>
+      <c r="E106"/>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B107" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C107" t="s">
         <v>223</v>
       </c>
       <c r="D107" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E107" t="s">
         <v>224</v>
       </c>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B108" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C108" t="s">
         <v>225</v>
       </c>
       <c r="D108" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E108" t="s">
         <v>226</v>
       </c>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B109" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C109" t="s">
         <v>227</v>
       </c>
       <c r="D109" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E109" t="s">
         <v>228</v>
       </c>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B110" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C110" t="s">
         <v>229</v>
       </c>
       <c r="D110" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E110" t="s">
-        <v>86</v>
+        <v>230</v>
       </c>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B111" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="C111"/>
+        <v>221</v>
+      </c>
+      <c r="C111" t="s">
+        <v>231</v>
+      </c>
       <c r="D111" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="E111"/>
+        <v>222</v>
+      </c>
+      <c r="E111" t="s">
+        <v>88</v>
+      </c>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B112" t="s">
         <v>232</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>233</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B113" t="s">
         <v>234</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>235</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>220</v>
+      </c>
+      <c r="B114" t="s">
+        <v>236</v>
+      </c>
+      <c r="C114"/>
+      <c r="D114" t="s">
+        <v>237</v>
+      </c>
+      <c r="E114"/>
+      <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>