--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -416,51 +416,51 @@
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>