--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -116,51 +116,51 @@
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>en</t>
   </si>
 </sst>
 </file>
 