--- v0 (2025-10-15)
+++ v1 (2026-03-23)
@@ -316,51 +316,52 @@
 * Miller SE, Hodges RW (1995) Platynota stultana, the omnivorous leaf–roller, established in the Hawaiian Islands (Lepidoptera: Tortricidae). Bishop Museum Occasional Papers 42, 36–39.</t>
   </si>
   <si>
     <t>CONSS</t>
   </si>
   <si>
     <t>Convolvulus sp.</t>
   </si>
   <si>
     <t>CNDBI</t>
   </si>
   <si>
     <t>Conyza bilbaoana</t>
   </si>
   <si>
     <t>* Gilligan TM, Epstein ME (online) TortAI, Tortricids of Agricultural Importance. Platynota stultana. http://idtools.org/id/leps/tortai/Platynota_stultana.htm
 * Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, Platynota stultana. UC ANR Publication 3432. https://www2.ipm.ucanr.edu/agriculture/apple/omnivorous-leafroller/</t>
   </si>
   <si>
     <t>CNDSS</t>
   </si>
   <si>
     <t>Conyza sp.</t>
   </si>
   <si>
-    <t>* NPPO of Italy (2024-12)</t>
+    <t>* NPPO of Italy (2024-12)
+* Goglia L, Formisano G, Guastaferro VM, Albano L, Crispo DG, Griffo R, Di Prisco G, Giorgini M (2025) The Invasive Nearctic Pest Platynota stultana Walsingham (Lepidoptera: Tortricidae) Is Established in Southern Italy. Insects 17(1), 122.</t>
   </si>
   <si>
     <t>CTTSS</t>
   </si>
   <si>
     <t>Cotoneaster sp.</t>
   </si>
   <si>
     <t>EPIPC</t>
   </si>
   <si>
     <t>Epilobium brachycarpum</t>
   </si>
   <si>
     <t>ERGGR</t>
   </si>
   <si>
     <t>Eriogonum grande</t>
   </si>
   <si>
     <t>ERGLA</t>
   </si>
   <si>
     <t>Eriogonum latifolium</t>
   </si>