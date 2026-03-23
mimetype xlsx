--- v0 (2025-10-15)
+++ v1 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PLAAST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
@@ -191,78 +191,105 @@
   <si>
     <t>va</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Absent, unreliable record</t>
+  </si>
+  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
+    <t>Sicilia</t>
+  </si>
+  <si>
+    <t>sc</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Absent, confirmed by survey</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
-    <t>Malta</t>
-[...13 lines deleted...]
-  <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CH</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -572,51 +599,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F29"/>
+  <dimension ref="A1:F33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1081,98 +1108,166 @@
       <c r="B25" t="s">
         <v>59</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>62</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>63</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>52</v>
       </c>
       <c r="B27" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" t="s">
         <v>64</v>
       </c>
-      <c r="C27"/>
       <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
         <v>65</v>
       </c>
-      <c r="E27"/>
       <c r="F27" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>52</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>52</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>52</v>
+      </c>
+      <c r="B30" t="s">
+        <v>71</v>
+      </c>
+      <c r="C30"/>
+      <c r="D30" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30"/>
+      <c r="F30" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>52</v>
+      </c>
+      <c r="B31" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31"/>
+      <c r="D31" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31"/>
+      <c r="F31" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" t="s">
+        <v>76</v>
+      </c>
+      <c r="C32"/>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32"/>
+      <c r="F32" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>52</v>
+      </c>
+      <c r="B33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33"/>
+      <c r="D33" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33"/>
+      <c r="F33" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>