--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Barnes &amp; Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> omnivorous leaf roller (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId632968e62604c316c" w:history="1">
+            <w:hyperlink r:id="rId2278690958e966b3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId997268e62604c31ae" w:history="1">
+            <w:hyperlink r:id="rId2386690958e966b7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAAST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58767691" name="name463168e62604c5867" descr="14797.jpg"/>
+                  <wp:docPr id="90413595" name="name5617690958e966c56" descr="14797.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14797.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId389468e62604c5863" cstate="print"/>
+                          <a:blip r:embed="rId7849690958e966c55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId637468e62604c5985" w:history="1">
+            <w:hyperlink r:id="rId9023690958e966d9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3169,63 +3169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2005) claim it is absent from Estado de Mexico. Although collected in four regions of Spain (Almeria, Murcia, Alicante, and Granada) (Groenen and Baixeras 2013), it likely has expanded its range there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1005722" name="name911268e62604c8039" descr="PLAAST_distribution_map.jpg"/>
+            <wp:docPr id="57947681" name="name4564690958e967fbe" descr="PLAAST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLAAST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId785968e62604c8036" cstate="print"/>
+                    <a:blip r:embed="rId9739690958e967fbd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5926,81 +5926,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290568e62604c943b" w:history="1">
+      <w:hyperlink r:id="rId2922690958e96933f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Chaney WE, Covello R, Smith RF, Summers CG (2016) UC IPM Pest Management Guidelines: Peppers. Omnivorous leafroller. UC ANR Publication 3460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536868e62604c9476" w:history="1">
+      <w:hyperlink r:id="rId5575690958e96937a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399–403. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolda MP, Joseph S, Daugovish O, Gaskell M, Koike ST, Bettida LJ, Gubler WD (2015) UC IMP Pest Management Guidelines. Cranberries. UC ANR Publication 3437. Oakland, CA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818168e62604c9526" w:history="1">
+      <w:hyperlink r:id="rId6106690958e969429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6785,51 +6785,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fu Castillo AA, Fontes Puebla AA, Galaz Cota D, Mendoza Quintana D, Ozuna Badachi D (2011) Campaña de Vigilancia Fitosanitaria de Plagas Exoticas Invasivas de Vid en el Estado de Sonora. Seminario de Viticultura. Hermosillo, Sonora Diciembre de 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Godfrey L, Goodell P, Natwick ET, Haviland DR, Barlow VM (2013) UC Pest Management Guidelines: Cotton. Omnivorous leafroller and false celery leaftier. UC ANR Publication 3444 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881868e62604c99c0" w:history="1">
+      <w:hyperlink r:id="rId6027690958e9698bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www/ipm.undavis.edu/PMG/r114301311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6962,51 +6962,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 53–55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188568e62604c9ae0" w:history="1">
+      <w:hyperlink r:id="rId5544690958e9699dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7110,51 +7110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Lepidoptera: Tortricidae. Penn State Pest Extension Pest Alert. Omnivorous Leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lepidoptera: Tortricidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594468e62604c9bd6" w:history="1">
+      <w:hyperlink r:id="rId2920690958e969acc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/309909617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7778,51 +7778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio De Agricultura, Alimentacion Y Medio Ambiente (2016) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walsingham, 1884. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369268e62604c9fff" w:history="1">
+      <w:hyperlink r:id="rId8337690958e969f2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLAAST/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8372,101 +8372,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Hailand DR, Bentley WJ, Zalom F, Bettiga LJ, Smith RJ, Daane KM (2015) UC IPM Agriculture. Grape Pest Management. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  UC ANR Publication 3448 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371168e62604ca93b" w:history="1">
+      <w:hyperlink r:id="rId5547690958e96a347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.ucdavis.edu/PMG/r302300311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Elkins RB, van Steenwyk RA (2012) Agriculture. Pear Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445568e62604ca997" w:history="1">
+      <w:hyperlink r:id="rId1597690958e96a39b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785768e62604cac89" w:history="1">
+      <w:hyperlink r:id="rId2493690958e96a639" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.undavis.edu/PMG/r4300911.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9389,51 +9389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862468e62604cb9b5" w:history="1">
+      <w:hyperlink r:id="rId7052690958e96a9e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9446,63 +9446,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10387610" name="name584668e62604cba7c" descr="eu_funding_250.png"/>
+            <wp:docPr id="54120906" name="name2730690958e96aa94" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId124168e62604cba7b" cstate="print"/>
+                    <a:blip r:embed="rId4080690958e96aa93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9600,137 +9600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57109649">
+  <w:abstractNum w:abstractNumId="73607499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21599049">
+    <w:lvl w:ilvl="0" w:tplc="39695199">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21599049" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39695199" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57109648">
+  <w:abstractNum w:abstractNumId="73607498">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27575818">
+    <w:lvl w:ilvl="0" w:tplc="33565974">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10482,55 +10482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57109648">
-    <w:abstractNumId w:val="57109648"/>
+  <w:num w:numId="73607498">
+    <w:abstractNumId w:val="73607498"/>
   </w:num>
-  <w:num w:numId="57109649">
-    <w:abstractNumId w:val="57109649"/>
+  <w:num w:numId="73607499">
+    <w:abstractNumId w:val="73607499"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22080,51 +22080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId367952431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId555917930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId632968e62604c316c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId997268e62604c31ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId637468e62604c5985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId290568e62604c943b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId536868e62604c9476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId818168e62604c9526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId881868e62604c99c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId188568e62604c9ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId594468e62604c9bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId369268e62604c9fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId371168e62604ca93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId445568e62604ca997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId785768e62604cac89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId862468e62604cb9b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId389468e62604c5863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId389468e62604c5863.jpg"/><Relationship Id="rId785968e62604c8036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId785968e62604c8036.jpg"/><Relationship Id="rId124168e62604cba7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId124168e62604cba7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId999591936" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId180263719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2278690958e966b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId2386690958e966b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId9023690958e966d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId2922690958e96933f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId5575690958e96937a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId6106690958e969429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId6027690958e9698bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId5544690958e9699dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId2920690958e969acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId8337690958e969f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId5547690958e96a347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId1597690958e96a39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId2493690958e96a639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId7052690958e96a9e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7849690958e966c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7849690958e966c55.jpg"/><Relationship Id="rId9739690958e967fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9739690958e967fbd.jpg"/><Relationship Id="rId4080690958e96aa93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4080690958e96aa93.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>