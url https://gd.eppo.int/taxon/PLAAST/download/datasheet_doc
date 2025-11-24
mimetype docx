--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Barnes &amp; Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> omnivorous leaf roller (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2278690958e966b3b" w:history="1">
+            <w:hyperlink r:id="rId83416923c6357a263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2386690958e966b7f" w:history="1">
+            <w:hyperlink r:id="rId29846923c6357a2ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAAST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90413595" name="name5617690958e966c56" descr="14797.jpg"/>
+                  <wp:docPr id="41701900" name="name66746923c6357a3d7" descr="14797.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14797.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7849690958e966c55" cstate="print"/>
+                          <a:blip r:embed="rId67166923c6357a3d6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9023690958e966d9f" w:history="1">
+            <w:hyperlink r:id="rId82656923c6357a50c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3169,63 +3169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2005) claim it is absent from Estado de Mexico. Although collected in four regions of Spain (Almeria, Murcia, Alicante, and Granada) (Groenen and Baixeras 2013), it likely has expanded its range there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57947681" name="name4564690958e967fbe" descr="PLAAST_distribution_map.jpg"/>
+            <wp:docPr id="78838519" name="name91926923c6357c4a7" descr="PLAAST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLAAST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9739690958e967fbd" cstate="print"/>
+                    <a:blip r:embed="rId51466923c6357c4a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5926,81 +5926,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2922690958e96933f" w:history="1">
+      <w:hyperlink r:id="rId71456923c6357dd68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Chaney WE, Covello R, Smith RF, Summers CG (2016) UC IPM Pest Management Guidelines: Peppers. Omnivorous leafroller. UC ANR Publication 3460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5575690958e96937a" w:history="1">
+      <w:hyperlink r:id="rId66506923c6357dda2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399–403. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolda MP, Joseph S, Daugovish O, Gaskell M, Koike ST, Bettida LJ, Gubler WD (2015) UC IMP Pest Management Guidelines. Cranberries. UC ANR Publication 3437. Oakland, CA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6106690958e969429" w:history="1">
+      <w:hyperlink r:id="rId37666923c6357de53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6785,51 +6785,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fu Castillo AA, Fontes Puebla AA, Galaz Cota D, Mendoza Quintana D, Ozuna Badachi D (2011) Campaña de Vigilancia Fitosanitaria de Plagas Exoticas Invasivas de Vid en el Estado de Sonora. Seminario de Viticultura. Hermosillo, Sonora Diciembre de 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Godfrey L, Goodell P, Natwick ET, Haviland DR, Barlow VM (2013) UC Pest Management Guidelines: Cotton. Omnivorous leafroller and false celery leaftier. UC ANR Publication 3444 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6027690958e9698bd" w:history="1">
+      <w:hyperlink r:id="rId62406923c6357e45e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www/ipm.undavis.edu/PMG/r114301311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6962,51 +6962,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 53–55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5544690958e9699dd" w:history="1">
+      <w:hyperlink r:id="rId88856923c6357e5cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7110,51 +7110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Lepidoptera: Tortricidae. Penn State Pest Extension Pest Alert. Omnivorous Leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lepidoptera: Tortricidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2920690958e969acc" w:history="1">
+      <w:hyperlink r:id="rId49226923c6357e70c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/309909617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7778,51 +7778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio De Agricultura, Alimentacion Y Medio Ambiente (2016) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walsingham, 1884. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8337690958e969f2e" w:history="1">
+      <w:hyperlink r:id="rId11046923c6357ebe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLAAST/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8372,101 +8372,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Hailand DR, Bentley WJ, Zalom F, Bettiga LJ, Smith RJ, Daane KM (2015) UC IPM Agriculture. Grape Pest Management. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  UC ANR Publication 3448 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5547690958e96a347" w:history="1">
+      <w:hyperlink r:id="rId97756923c6357efec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.ucdavis.edu/PMG/r302300311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Elkins RB, van Steenwyk RA (2012) Agriculture. Pear Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1597690958e96a39b" w:history="1">
+      <w:hyperlink r:id="rId66646923c6357f041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2493690958e96a639" w:history="1">
+      <w:hyperlink r:id="rId59766923c6357f2f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.undavis.edu/PMG/r4300911.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9389,51 +9389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7052690958e96a9e4" w:history="1">
+      <w:hyperlink r:id="rId13676923c6357f730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9446,63 +9446,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54120906" name="name2730690958e96aa94" descr="eu_funding_250.png"/>
+            <wp:docPr id="93606637" name="name89876923c6357f811" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4080690958e96aa93" cstate="print"/>
+                    <a:blip r:embed="rId31576923c6357f80f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9600,137 +9600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73607499">
+  <w:abstractNum w:abstractNumId="84485778">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39695199">
+    <w:lvl w:ilvl="0" w:tplc="88094789">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39695199" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88094789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73607498">
+  <w:abstractNum w:abstractNumId="84485777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33565974">
+    <w:lvl w:ilvl="0" w:tplc="29050153">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10482,55 +10482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73607498">
-    <w:abstractNumId w:val="73607498"/>
+  <w:num w:numId="84485777">
+    <w:abstractNumId w:val="84485777"/>
   </w:num>
-  <w:num w:numId="73607499">
-    <w:abstractNumId w:val="73607499"/>
+  <w:num w:numId="84485778">
+    <w:abstractNumId w:val="84485778"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22080,51 +22080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId999591936" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId180263719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2278690958e966b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId2386690958e966b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId9023690958e966d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId2922690958e96933f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId5575690958e96937a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId6106690958e969429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId6027690958e9698bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId5544690958e9699dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId2920690958e969acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId8337690958e969f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId5547690958e96a347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId1597690958e96a39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId2493690958e96a639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId7052690958e96a9e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7849690958e966c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7849690958e966c55.jpg"/><Relationship Id="rId9739690958e967fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9739690958e967fbd.jpg"/><Relationship Id="rId4080690958e96aa93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4080690958e96aa93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId592746810" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId106872639" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83416923c6357a263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId29846923c6357a2ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId82656923c6357a50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId71456923c6357dd68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId66506923c6357dda2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId37666923c6357de53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId62406923c6357e45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId88856923c6357e5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId49226923c6357e70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId11046923c6357ebe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId97756923c6357efec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId66646923c6357f041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId59766923c6357f2f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId13676923c6357f730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67166923c6357a3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67166923c6357a3d6.jpg"/><Relationship Id="rId51466923c6357c4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51466923c6357c4a3.jpg"/><Relationship Id="rId31576923c6357f80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31576923c6357f80f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>