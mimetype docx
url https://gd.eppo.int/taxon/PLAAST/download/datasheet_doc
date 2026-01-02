--- v2 (2025-11-24)
+++ v3 (2026-01-02)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Barnes &amp; Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> omnivorous leaf roller (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83416923c6357a263" w:history="1">
+            <w:hyperlink r:id="rId240669572b5d71f24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29846923c6357a2ae" w:history="1">
+            <w:hyperlink r:id="rId396969572b5d71f69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAAST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41701900" name="name66746923c6357a3d7" descr="14797.jpg"/>
+                  <wp:docPr id="20070581" name="name342769572b5d729a5" descr="14797.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14797.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67166923c6357a3d6" cstate="print"/>
+                          <a:blip r:embed="rId964069572b5d729a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82656923c6357a50c" w:history="1">
+            <w:hyperlink r:id="rId404169572b5d72ae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3169,63 +3169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2005) claim it is absent from Estado de Mexico. Although collected in four regions of Spain (Almeria, Murcia, Alicante, and Granada) (Groenen and Baixeras 2013), it likely has expanded its range there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78838519" name="name91926923c6357c4a7" descr="PLAAST_distribution_map.jpg"/>
+            <wp:docPr id="56931020" name="name129369572b5d74a79" descr="PLAAST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLAAST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51466923c6357c4a3" cstate="print"/>
+                    <a:blip r:embed="rId323869572b5d74a76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5926,81 +5926,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71456923c6357dd68" w:history="1">
+      <w:hyperlink r:id="rId601369572b5d75dfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Chaney WE, Covello R, Smith RF, Summers CG (2016) UC IPM Pest Management Guidelines: Peppers. Omnivorous leafroller. UC ANR Publication 3460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66506923c6357dda2" w:history="1">
+      <w:hyperlink r:id="rId161769572b5d75e33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399–403. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolda MP, Joseph S, Daugovish O, Gaskell M, Koike ST, Bettida LJ, Gubler WD (2015) UC IMP Pest Management Guidelines. Cranberries. UC ANR Publication 3437. Oakland, CA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37666923c6357de53" w:history="1">
+      <w:hyperlink r:id="rId297769572b5d75ee1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6785,51 +6785,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fu Castillo AA, Fontes Puebla AA, Galaz Cota D, Mendoza Quintana D, Ozuna Badachi D (2011) Campaña de Vigilancia Fitosanitaria de Plagas Exoticas Invasivas de Vid en el Estado de Sonora. Seminario de Viticultura. Hermosillo, Sonora Diciembre de 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Godfrey L, Goodell P, Natwick ET, Haviland DR, Barlow VM (2013) UC Pest Management Guidelines: Cotton. Omnivorous leafroller and false celery leaftier. UC ANR Publication 3444 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62406923c6357e45e" w:history="1">
+      <w:hyperlink r:id="rId627769572b5d76379" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www/ipm.undavis.edu/PMG/r114301311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6962,51 +6962,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 53–55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88856923c6357e5cf" w:history="1">
+      <w:hyperlink r:id="rId799869572b5d76497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7110,51 +7110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Lepidoptera: Tortricidae. Penn State Pest Extension Pest Alert. Omnivorous Leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lepidoptera: Tortricidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49226923c6357e70c" w:history="1">
+      <w:hyperlink r:id="rId851669572b5d76585" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/309909617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7778,51 +7778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio De Agricultura, Alimentacion Y Medio Ambiente (2016) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walsingham, 1884. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11046923c6357ebe9" w:history="1">
+      <w:hyperlink r:id="rId955669572b5d769aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLAAST/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8372,101 +8372,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Hailand DR, Bentley WJ, Zalom F, Bettiga LJ, Smith RJ, Daane KM (2015) UC IPM Agriculture. Grape Pest Management. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  UC ANR Publication 3448 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97756923c6357efec" w:history="1">
+      <w:hyperlink r:id="rId801969572b5d76d5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.ucdavis.edu/PMG/r302300311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Elkins RB, van Steenwyk RA (2012) Agriculture. Pear Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66646923c6357f041" w:history="1">
+      <w:hyperlink r:id="rId328169572b5d76db1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59766923c6357f2f3" w:history="1">
+      <w:hyperlink r:id="rId114969572b5d7704a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.undavis.edu/PMG/r4300911.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9367,73 +9367,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13676923c6357f730" w:history="1">
+      <w:hyperlink r:id="rId977469572b5d773cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9446,63 +9446,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93606637" name="name89876923c6357f811" descr="eu_funding_250.png"/>
+            <wp:docPr id="14348829" name="name755569572b5d77858" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31576923c6357f80f" cstate="print"/>
+                    <a:blip r:embed="rId910369572b5d77856" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9600,137 +9600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84485778">
+  <w:abstractNum w:abstractNumId="22672530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88094789">
+    <w:lvl w:ilvl="0" w:tplc="17839296">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88094789" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17839296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84485777">
+  <w:abstractNum w:abstractNumId="22672529">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29050153">
+    <w:lvl w:ilvl="0" w:tplc="36604775">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10482,55 +10482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84485777">
-    <w:abstractNumId w:val="84485777"/>
+  <w:num w:numId="22672529">
+    <w:abstractNumId w:val="22672529"/>
   </w:num>
-  <w:num w:numId="84485778">
-    <w:abstractNumId w:val="84485778"/>
+  <w:num w:numId="22672530">
+    <w:abstractNumId w:val="22672530"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22080,51 +22080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId592746810" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId106872639" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83416923c6357a263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId29846923c6357a2ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId82656923c6357a50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId71456923c6357dd68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId66506923c6357dda2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId37666923c6357de53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId62406923c6357e45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId88856923c6357e5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId49226923c6357e70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId11046923c6357ebe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId97756923c6357efec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId66646923c6357f041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId59766923c6357f2f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId13676923c6357f730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67166923c6357a3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67166923c6357a3d6.jpg"/><Relationship Id="rId51466923c6357c4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51466923c6357c4a3.jpg"/><Relationship Id="rId31576923c6357f80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31576923c6357f80f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602824653" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138591913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId240669572b5d71f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId396969572b5d71f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId404169572b5d72ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId601369572b5d75dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId161769572b5d75e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId297769572b5d75ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId627769572b5d76379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId799869572b5d76497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId851669572b5d76585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId955669572b5d769aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId801969572b5d76d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId328169572b5d76db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId114969572b5d7704a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId977469572b5d773cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId964069572b5d729a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964069572b5d729a3.jpg"/><Relationship Id="rId323869572b5d74a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId323869572b5d74a76.jpg"/><Relationship Id="rId910369572b5d77856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910369572b5d77856.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>