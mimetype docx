--- v3 (2026-01-02)
+++ v4 (2026-01-22)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Barnes &amp; Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> omnivorous leaf roller (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240669572b5d71f24" w:history="1">
+            <w:hyperlink r:id="rId89686971a6fcdf8c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396969572b5d71f69" w:history="1">
+            <w:hyperlink r:id="rId85656971a6fcdf906" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAAST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20070581" name="name342769572b5d729a5" descr="14797.jpg"/>
+                  <wp:docPr id="24307853" name="name70876971a6fcdfed3" descr="14797.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14797.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId964069572b5d729a3" cstate="print"/>
+                          <a:blip r:embed="rId26656971a6fcdfed1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId404169572b5d72ae7" w:history="1">
+            <w:hyperlink r:id="rId86946971a6fcdfff2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3169,63 +3169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2005) claim it is absent from Estado de Mexico. Although collected in four regions of Spain (Almeria, Murcia, Alicante, and Granada) (Groenen and Baixeras 2013), it likely has expanded its range there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56931020" name="name129369572b5d74a79" descr="PLAAST_distribution_map.jpg"/>
+            <wp:docPr id="24428629" name="name15396971a6fce1f8b" descr="PLAAST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLAAST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId323869572b5d74a76" cstate="print"/>
+                    <a:blip r:embed="rId34836971a6fce1f87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5926,81 +5926,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601369572b5d75dfb" w:history="1">
+      <w:hyperlink r:id="rId64716971a6fce3346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Chaney WE, Covello R, Smith RF, Summers CG (2016) UC IPM Pest Management Guidelines: Peppers. Omnivorous leafroller. UC ANR Publication 3460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId161769572b5d75e33" w:history="1">
+      <w:hyperlink r:id="rId57136971a6fce337f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399–403. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolda MP, Joseph S, Daugovish O, Gaskell M, Koike ST, Bettida LJ, Gubler WD (2015) UC IMP Pest Management Guidelines. Cranberries. UC ANR Publication 3437. Oakland, CA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId297769572b5d75ee1" w:history="1">
+      <w:hyperlink r:id="rId69906971a6fce342d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6785,51 +6785,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fu Castillo AA, Fontes Puebla AA, Galaz Cota D, Mendoza Quintana D, Ozuna Badachi D (2011) Campaña de Vigilancia Fitosanitaria de Plagas Exoticas Invasivas de Vid en el Estado de Sonora. Seminario de Viticultura. Hermosillo, Sonora Diciembre de 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Godfrey L, Goodell P, Natwick ET, Haviland DR, Barlow VM (2013) UC Pest Management Guidelines: Cotton. Omnivorous leafroller and false celery leaftier. UC ANR Publication 3444 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627769572b5d76379" w:history="1">
+      <w:hyperlink r:id="rId39036971a6fce38cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www/ipm.undavis.edu/PMG/r114301311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6962,51 +6962,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 53–55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799869572b5d76497" w:history="1">
+      <w:hyperlink r:id="rId35806971a6fce39eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7110,51 +7110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Lepidoptera: Tortricidae. Penn State Pest Extension Pest Alert. Omnivorous Leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lepidoptera: Tortricidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851669572b5d76585" w:history="1">
+      <w:hyperlink r:id="rId92266971a6fce3ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/309909617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7778,51 +7778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio De Agricultura, Alimentacion Y Medio Ambiente (2016) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walsingham, 1884. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955669572b5d769aa" w:history="1">
+      <w:hyperlink r:id="rId82876971a6fce3f00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLAAST/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8372,101 +8372,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Hailand DR, Bentley WJ, Zalom F, Bettiga LJ, Smith RJ, Daane KM (2015) UC IPM Agriculture. Grape Pest Management. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  UC ANR Publication 3448 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801969572b5d76d5b" w:history="1">
+      <w:hyperlink r:id="rId85386971a6fce42ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.ucdavis.edu/PMG/r302300311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Elkins RB, van Steenwyk RA (2012) Agriculture. Pear Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328169572b5d76db1" w:history="1">
+      <w:hyperlink r:id="rId49726971a6fce430c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114969572b5d7704a" w:history="1">
+      <w:hyperlink r:id="rId59746971a6fce45a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.undavis.edu/PMG/r4300911.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9389,51 +9389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977469572b5d773cc" w:history="1">
+      <w:hyperlink r:id="rId84476971a6fce4924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9446,63 +9446,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14348829" name="name755569572b5d77858" descr="eu_funding_250.png"/>
+            <wp:docPr id="41675823" name="name49136971a6fce49ff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId910369572b5d77856" cstate="print"/>
+                    <a:blip r:embed="rId72556971a6fce49fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9600,137 +9600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22672530">
+  <w:abstractNum w:abstractNumId="41852725">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17839296">
+    <w:lvl w:ilvl="0" w:tplc="75543504">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17839296" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75543504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22672529">
+  <w:abstractNum w:abstractNumId="41852724">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36604775">
+    <w:lvl w:ilvl="0" w:tplc="72126704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10482,55 +10482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22672529">
-    <w:abstractNumId w:val="22672529"/>
+  <w:num w:numId="41852724">
+    <w:abstractNumId w:val="41852724"/>
   </w:num>
-  <w:num w:numId="22672530">
-    <w:abstractNumId w:val="22672530"/>
+  <w:num w:numId="41852725">
+    <w:abstractNumId w:val="41852725"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22080,51 +22080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602824653" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138591913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId240669572b5d71f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId396969572b5d71f69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId404169572b5d72ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId601369572b5d75dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId161769572b5d75e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId297769572b5d75ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId627769572b5d76379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId799869572b5d76497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId851669572b5d76585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId955669572b5d769aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId801969572b5d76d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId328169572b5d76db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId114969572b5d7704a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId977469572b5d773cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId964069572b5d729a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964069572b5d729a3.jpg"/><Relationship Id="rId323869572b5d74a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId323869572b5d74a76.jpg"/><Relationship Id="rId910369572b5d77856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910369572b5d77856.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId211156391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId247797489" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89686971a6fcdf8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId85656971a6fcdf906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId86946971a6fcdfff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId64716971a6fce3346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId57136971a6fce337f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId69906971a6fce342d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId39036971a6fce38cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId35806971a6fce39eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId92266971a6fce3ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId82876971a6fce3f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId85386971a6fce42ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId49726971a6fce430c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId59746971a6fce45a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId84476971a6fce4924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26656971a6fcdfed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26656971a6fcdfed1.jpg"/><Relationship Id="rId34836971a6fce1f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34836971a6fce1f87.jpg"/><Relationship Id="rId72556971a6fce49fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72556971a6fce49fd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>