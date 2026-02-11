--- v4 (2026-01-22)
+++ v5 (2026-02-11)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Barnes &amp; Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> omnivorous leaf roller (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89686971a6fcdf8c1" w:history="1">
+            <w:hyperlink r:id="rId8998698c3d269a5d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85656971a6fcdf906" w:history="1">
+            <w:hyperlink r:id="rId1645698c3d269a834" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAAST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24307853" name="name70876971a6fcdfed3" descr="14797.jpg"/>
+                  <wp:docPr id="44607567" name="name5016698c3d269ae8a" descr="14797.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14797.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26656971a6fcdfed1" cstate="print"/>
+                          <a:blip r:embed="rId7644698c3d269ae88" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId86946971a6fcdfff2" w:history="1">
+            <w:hyperlink r:id="rId1395698c3d269afd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3169,63 +3169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2005) claim it is absent from Estado de Mexico. Although collected in four regions of Spain (Almeria, Murcia, Alicante, and Granada) (Groenen and Baixeras 2013), it likely has expanded its range there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24428629" name="name15396971a6fce1f8b" descr="PLAAST_distribution_map.jpg"/>
+            <wp:docPr id="41943058" name="name9589698c3d269d243" descr="PLAAST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLAAST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34836971a6fce1f87" cstate="print"/>
+                    <a:blip r:embed="rId5618698c3d269d23e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5926,81 +5926,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64716971a6fce3346" w:history="1">
+      <w:hyperlink r:id="rId6611698c3d269e89a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Chaney WE, Covello R, Smith RF, Summers CG (2016) UC IPM Pest Management Guidelines: Peppers. Omnivorous leafroller. UC ANR Publication 3460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57136971a6fce337f" w:history="1">
+      <w:hyperlink r:id="rId1371698c3d269e8d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399–403. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolda MP, Joseph S, Daugovish O, Gaskell M, Koike ST, Bettida LJ, Gubler WD (2015) UC IMP Pest Management Guidelines. Cranberries. UC ANR Publication 3437. Oakland, CA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69906971a6fce342d" w:history="1">
+      <w:hyperlink r:id="rId9853698c3d269e986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6785,51 +6785,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fu Castillo AA, Fontes Puebla AA, Galaz Cota D, Mendoza Quintana D, Ozuna Badachi D (2011) Campaña de Vigilancia Fitosanitaria de Plagas Exoticas Invasivas de Vid en el Estado de Sonora. Seminario de Viticultura. Hermosillo, Sonora Diciembre de 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Godfrey L, Goodell P, Natwick ET, Haviland DR, Barlow VM (2013) UC Pest Management Guidelines: Cotton. Omnivorous leafroller and false celery leaftier. UC ANR Publication 3444 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39036971a6fce38cb" w:history="1">
+      <w:hyperlink r:id="rId4721698c3d269ee0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www/ipm.undavis.edu/PMG/r114301311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6962,51 +6962,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 53–55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35806971a6fce39eb" w:history="1">
+      <w:hyperlink r:id="rId6215698c3d269ef2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7110,51 +7110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Lepidoptera: Tortricidae. Penn State Pest Extension Pest Alert. Omnivorous Leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lepidoptera: Tortricidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92266971a6fce3ad7" w:history="1">
+      <w:hyperlink r:id="rId5679698c3d269f018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/309909617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7778,51 +7778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio De Agricultura, Alimentacion Y Medio Ambiente (2016) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walsingham, 1884. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82876971a6fce3f00" w:history="1">
+      <w:hyperlink r:id="rId6347698c3d269f486" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLAAST/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8372,101 +8372,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Hailand DR, Bentley WJ, Zalom F, Bettiga LJ, Smith RJ, Daane KM (2015) UC IPM Agriculture. Grape Pest Management. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  UC ANR Publication 3448 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85386971a6fce42ba" w:history="1">
+      <w:hyperlink r:id="rId8575698c3d269f84a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.ucdavis.edu/PMG/r302300311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Elkins RB, van Steenwyk RA (2012) Agriculture. Pear Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49726971a6fce430c" w:history="1">
+      <w:hyperlink r:id="rId1889698c3d269f89e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59746971a6fce45a4" w:history="1">
+      <w:hyperlink r:id="rId5542698c3d269fb4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.undavis.edu/PMG/r4300911.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9389,51 +9389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84476971a6fce4924" w:history="1">
+      <w:hyperlink r:id="rId9467698c3d269fec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9446,63 +9446,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41675823" name="name49136971a6fce49ff" descr="eu_funding_250.png"/>
+            <wp:docPr id="25645968" name="name9048698c3d269ff9b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72556971a6fce49fd" cstate="print"/>
+                    <a:blip r:embed="rId8740698c3d269ff9a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9600,137 +9600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41852725">
+  <w:abstractNum w:abstractNumId="58353248">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75543504">
+    <w:lvl w:ilvl="0" w:tplc="77072161">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75543504" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77072161" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41852724">
+  <w:abstractNum w:abstractNumId="58353247">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72126704">
+    <w:lvl w:ilvl="0" w:tplc="39816693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10482,55 +10482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41852724">
-    <w:abstractNumId w:val="41852724"/>
+  <w:num w:numId="58353247">
+    <w:abstractNumId w:val="58353247"/>
   </w:num>
-  <w:num w:numId="41852725">
-    <w:abstractNumId w:val="41852725"/>
+  <w:num w:numId="58353248">
+    <w:abstractNumId w:val="58353248"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22080,51 +22080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId211156391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId247797489" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89686971a6fcdf8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId85656971a6fcdf906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId86946971a6fcdfff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId64716971a6fce3346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId57136971a6fce337f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId69906971a6fce342d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId39036971a6fce38cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId35806971a6fce39eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId92266971a6fce3ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId82876971a6fce3f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId85386971a6fce42ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId49726971a6fce430c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId59746971a6fce45a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId84476971a6fce4924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26656971a6fcdfed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26656971a6fcdfed1.jpg"/><Relationship Id="rId34836971a6fce1f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34836971a6fce1f87.jpg"/><Relationship Id="rId72556971a6fce49fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72556971a6fce49fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319912158" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596551656" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8998698c3d269a5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId1645698c3d269a834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId1395698c3d269afd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId6611698c3d269e89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId1371698c3d269e8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId9853698c3d269e986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId4721698c3d269ee0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId6215698c3d269ef2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId5679698c3d269f018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId6347698c3d269f486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId8575698c3d269f84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId1889698c3d269f89e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId5542698c3d269fb4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId9467698c3d269fec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7644698c3d269ae88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7644698c3d269ae88.jpg"/><Relationship Id="rId5618698c3d269d23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5618698c3d269d23e.jpg"/><Relationship Id="rId8740698c3d269ff9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8740698c3d269ff9a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>