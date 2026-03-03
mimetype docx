--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Barnes &amp; Busck</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> omnivorous leaf roller (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8998698c3d269a5d4" w:history="1">
+            <w:hyperlink r:id="rId441569a6c422ea73b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1645698c3d269a834" w:history="1">
+            <w:hyperlink r:id="rId254869a6c422ea796" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PLAAST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44607567" name="name5016698c3d269ae8a" descr="14797.jpg"/>
+                  <wp:docPr id="47439245" name="name522069a6c422eadbb" descr="14797.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14797.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7644698c3d269ae88" cstate="print"/>
+                          <a:blip r:embed="rId788269a6c422eadb9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1395698c3d269afd4" w:history="1">
+            <w:hyperlink r:id="rId741769a6c422eaec0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3169,63 +3169,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2005) claim it is absent from Estado de Mexico. Although collected in four regions of Spain (Almeria, Murcia, Alicante, and Granada) (Groenen and Baixeras 2013), it likely has expanded its range there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41943058" name="name9589698c3d269d243" descr="PLAAST_distribution_map.jpg"/>
+            <wp:docPr id="47344400" name="name594169a6c422ecfc1" descr="PLAAST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PLAAST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5618698c3d269d23e" cstate="print"/>
+                    <a:blip r:embed="rId248169a6c422ecfbd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5926,81 +5926,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Carrol D, Haviland DR, Tollerup KE, Walton VM (2018) Agriculture: Pomegranate Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6611698c3d269e89a" w:history="1">
+      <w:hyperlink r:id="rId675369a6c422ee4dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bentley WJ, Chaney WE, Covello R, Smith RF, Summers CG (2016) UC IPM Pest Management Guidelines: Peppers. Omnivorous leafroller. UC ANR Publication 3460. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1371698c3d269e8d5" w:history="1">
+      <w:hyperlink r:id="rId294069a6c422ee517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6064,51 +6064,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399–403. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bolda MP, Joseph S, Daugovish O, Gaskell M, Koike ST, Bettida LJ, Gubler WD (2015) UC IMP Pest Management Guidelines. Cranberries. UC ANR Publication 3437. Oakland, CA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9853698c3d269e986" w:history="1">
+      <w:hyperlink r:id="rId198569a6c422ee5cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6785,51 +6785,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fu Castillo AA, Fontes Puebla AA, Galaz Cota D, Mendoza Quintana D, Ozuna Badachi D (2011) Campaña de Vigilancia Fitosanitaria de Plagas Exoticas Invasivas de Vid en el Estado de Sonora. Seminario de Viticultura. Hermosillo, Sonora Diciembre de 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Godfrey L, Goodell P, Natwick ET, Haviland DR, Barlow VM (2013) UC Pest Management Guidelines: Cotton. Omnivorous leafroller and false celery leaftier. UC ANR Publication 3444 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4721698c3d269ee0b" w:history="1">
+      <w:hyperlink r:id="rId296069a6c422eea59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www/ipm.undavis.edu/PMG/r114301311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6962,51 +6962,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 53–55.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasey JK, van Steenwyk RA (2016) UC IPM Pest Management Guidelines: Kiwifruit. Leafrollers. UC ANR Publication 3449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6215698c3d269ef2b" w:history="1">
+      <w:hyperlink r:id="rId577969a6c422eeb7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ipm.ucanr.edu/PMG/r604300411.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7110,51 +7110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Lepidoptera: Tortricidae. Penn State Pest Extension Pest Alert. Omnivorous Leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Lepidoptera: Tortricidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5679698c3d269f018" w:history="1">
+      <w:hyperlink r:id="rId724569a6c422eec79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.researchgate.net/publication/309909617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7778,51 +7778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerio De Agricultura, Alimentacion Y Medio Ambiente (2016) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walsingham, 1884. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6347698c3d269f486" w:history="1">
+      <w:hyperlink r:id="rId137369a6c422ef0b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PLAAST/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8372,101 +8372,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Hailand DR, Bentley WJ, Zalom F, Bettiga LJ, Smith RJ, Daane KM (2015) UC IPM Agriculture. Grape Pest Management. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  UC ANR Publication 3448 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8575698c3d269f84a" w:history="1">
+      <w:hyperlink r:id="rId208369a6c422ef480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.ucdavis.edu/PMG/r302300311.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Varela L, Elkins RB, van Steenwyk RA (2012) Agriculture. Pear Pest Management Guidelines. Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1889698c3d269f89e" w:history="1">
+      <w:hyperlink r:id="rId378469a6c422ef4d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8842,51 +8842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. UC ANR Publication 3432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5542698c3d269fb4f" w:history="1">
+      <w:hyperlink r:id="rId516569a6c422ef783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.ipm.undavis.edu/PMG/r4300911.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9389,51 +9389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platynota stultana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9467698c3d269fec9" w:history="1">
+      <w:hyperlink r:id="rId125469a6c422efb05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9446,63 +9446,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25645968" name="name9048698c3d269ff9b" descr="eu_funding_250.png"/>
+            <wp:docPr id="35260915" name="name717969a6c422efbba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8740698c3d269ff9a" cstate="print"/>
+                    <a:blip r:embed="rId474369a6c422efbb9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9600,137 +9600,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58353248">
+  <w:abstractNum w:abstractNumId="76476353">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77072161">
+    <w:lvl w:ilvl="0" w:tplc="65862350">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77072161" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65862350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58353247">
+  <w:abstractNum w:abstractNumId="76476352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39816693">
+    <w:lvl w:ilvl="0" w:tplc="27035352">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10482,55 +10482,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58353247">
-    <w:abstractNumId w:val="58353247"/>
+  <w:num w:numId="76476352">
+    <w:abstractNumId w:val="76476352"/>
   </w:num>
-  <w:num w:numId="58353248">
-    <w:abstractNumId w:val="58353248"/>
+  <w:num w:numId="76476353">
+    <w:abstractNumId w:val="76476353"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22080,51 +22080,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319912158" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596551656" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8998698c3d269a5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId1645698c3d269a834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId1395698c3d269afd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId6611698c3d269e89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId1371698c3d269e8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId9853698c3d269e986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId4721698c3d269ee0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId6215698c3d269ef2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId5679698c3d269f018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId6347698c3d269f486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId8575698c3d269f84a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId1889698c3d269f89e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId5542698c3d269fb4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId9467698c3d269fec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7644698c3d269ae88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7644698c3d269ae88.jpg"/><Relationship Id="rId5618698c3d269d23e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5618698c3d269d23e.jpg"/><Relationship Id="rId8740698c3d269ff9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8740698c3d269ff9a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId400844793" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId438347280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId441569a6c422ea73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/" TargetMode="External"/><Relationship Id="rId254869a6c422ea796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/categorization" TargetMode="External"/><Relationship Id="rId741769a6c422eaec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/photos" TargetMode="External"/><Relationship Id="rId675369a6c422ee4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pomegranate/Omnivorous-leafroller/#DESCRIPTION" TargetMode="External"/><Relationship Id="rId294069a6c422ee517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId198569a6c422ee5cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PDF/PMG/pmgcaneberries.pdf" TargetMode="External"/><Relationship Id="rId296069a6c422eea59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www/ipm.undavis.edu/PMG/r114301311.html" TargetMode="External"/><Relationship Id="rId577969a6c422eeb7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ipm.ucanr.edu/PMG/r604300411.html" TargetMode="External"/><Relationship Id="rId724569a6c422eec79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/309909617" TargetMode="External"/><Relationship Id="rId137369a6c422ef0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PLAAST/documents" TargetMode="External"/><Relationship Id="rId208369a6c422ef480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/r302300311.html" TargetMode="External"/><Relationship Id="rId378469a6c422ef4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.ipm.ucanr.edu/agriculture/pear/omnivorous-leafroller/" TargetMode="External"/><Relationship Id="rId516569a6c422ef783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.undavis.edu/PMG/r4300911.html" TargetMode="External"/><Relationship Id="rId125469a6c422efb05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId788269a6c422eadb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId788269a6c422eadb9.jpg"/><Relationship Id="rId248169a6c422ecfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248169a6c422ecfbd.jpg"/><Relationship Id="rId474369a6c422efbb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId474369a6c422efbb9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>