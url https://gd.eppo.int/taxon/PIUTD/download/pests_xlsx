--- v0 (2025-11-06)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIUTD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae (as Pinus)</t>
   </si>
   <si>
     <t>MELMMD</t>
   </si>
   <si>
@@ -611,50 +611,53 @@
 * Spitzer J, Isik F, Whetten RW, Farjat AE, McKeand SE (2017) Correspondence of loblolly pine response for fusiform rust disease from local and wide-ranging tests in the southern United States. Forest Science, 63(5), 496-503.
 * Zhao P, Liu F, Huang JE, Zhou X, Duan WJ, Cai L (2022) Cronartium rust (Pucciniales, Cronartiaceae): species delineation, diversity and host alternation. Mycosphere 13(1), 672–723.</t>
   </si>
   <si>
     <t>Dendroctonus frontalis</t>
   </si>
   <si>
     <t>* Gomez DF, Sathyapala S, Hulcr J (2020) Towards sustainable forest management in Central America: review of Southern Pine Beetle (Dendroctonus frontalis Zimmermann) outbreaks, their causes, and solutions. Forests 11(2), 173.
 * Hain FP, Duehl AJ, Gardener MJ, Payne TL (2011) Natural History of the Southern Pine Beetle. In: Coulson, R.N.; Klepzig, K.D. 2011. Southern Pine Beetle II. Gen. Tech. Rep. SRS-140. Asheville, NC: U.S. Department of Agriculture Forest Service, Southern Research Station. 13-24. https://www.fs.usda.gov/treesearch/pubs/39019
 ------- "preferred host" in southeastern USA.</t>
   </si>
   <si>
     <t>Heterobasidion irregulare</t>
   </si>
   <si>
     <t>* Otrosina WJ, Garbelotto M (2010) Heterobasidion occidentale sp. nov. and Heterobasidion irregulare nom. nov.: a disposition of North American Heterobasidion biological species. Fungal Biology 114:(1): 16–25</t>
   </si>
   <si>
     <t>MONCGA</t>
   </si>
   <si>
     <t>Monochamus galloprovincialis (as Pinus)</t>
   </si>
   <si>
     <t>Sirex noctilio</t>
+  </si>
+  <si>
+    <t>* Corley JC, Lantschner MV, Martínez AS, Fischbein D, Villacide JM (2019) Management of Sirex noctilio populations in exotic pine plantations: critical issues explaining invasion success and damage levels in South America. Journal of Pest Science 92(1), 131-142.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1956,51 +1959,53 @@
         <v>185</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>176</v>
       </c>
       <c r="B75" t="s">
         <v>186</v>
       </c>
       <c r="C75" t="s">
         <v>187</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>176</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76" t="s">
         <v>188</v>
       </c>
-      <c r="D76"/>
+      <c r="D76" t="s">
+        <v>189</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>