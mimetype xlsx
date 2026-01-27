--- v0 (2025-10-18)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIUSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae (as Pinus)</t>
   </si>
   <si>
     <t>MELMMD</t>
   </si>
   <si>
@@ -663,50 +663,60 @@
   <si>
     <t>* Rieske LK, Raffa KF (1993) Use of Ethanol-and-Turpentine-Baited Flight Traps to Monitor Pissodes Weevils (Coleoptera: Curculionidae) in Christmas Tree Plantations. The Great Lakes Entomologist 26(2), 155-160.
 * Smith SG, Sugden BA (1969) Host trees and breeding sites of native North American Pissodes bark weevils, with a note on synonymy. Annals of the Entomological Society of America 62, 146-148.</t>
   </si>
   <si>
     <t>PISOST</t>
   </si>
   <si>
     <t>Pissodes strobi</t>
   </si>
   <si>
     <t>* Humble LM, Humphreys N, Van Sickle GA (1994) Distribution and hosts of the white pine weevil, Pissodes strobi (Peck), in Canada. pp. 68-75. In AIfaro RI, Kiss G, Fraser RG (eds) The white pine weevil: biology, damage and management. Proceedings of a symposium held January 19-21, 1994 in Richmond, British Columbia. FRDA Report No. 226. 75 pp.
 ------- breeding host
 * Masiuk M (2001) White pine weevil. Woody ornamentals IPM Fact Sheets. The Pennsylvania State University. 2 pp.</t>
   </si>
   <si>
     <t>POLGPR</t>
   </si>
   <si>
     <t>Polygraphus proximus</t>
   </si>
   <si>
     <t>* Kerchev (2014) Ecology of four eyed fir bark beetle Polygraphus proximus Blandford (Coleoptera; Curculionidae, Scolytinae) in the West Siberian Region of Invasion. Russian Journal of Biological Invasions 5(3),  176–185. https://doi.org/10.1134/S2075111714030072
 -------- Observed once on a storm-damaged branch of Pinus sylvestris.
 * Personal communication with Ivan Kerchev (2024-07) confirmed that infestation of Pinus sylvestris is considered to be exceptional (e.g. on trees damaged by storms or weakened by other factors).</t>
+  </si>
+  <si>
+    <t>IPSXRA</t>
+  </si>
+  <si>
+    <t>Pseudips mexicanus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* NPPO of Ireland (2025-11). 
+---beetles found on one dead P. sylvestris, but not thought that the beetles contributed to the death of the tree. </t>
   </si>
   <si>
     <t>CERSPD</t>
   </si>
   <si>
     <t>Pseudocercospora pini-densiflorae</t>
   </si>
   <si>
     <t>* Ivory MH (1994) Records of foliage pathogens of Pinus species in tropical countries. Plant Pathology 43 (3), 511-518.</t>
   </si>
   <si>
     <t>Pseudocercospora pini-densiflorae (as Pinus)</t>
   </si>
   <si>
     <t>EVETBU</t>
   </si>
   <si>
     <t>Rhyacionia buoliana (as Pinus)</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Pinus)</t>
   </si>
@@ -1221,51 +1231,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D107"/>
+  <dimension ref="A1:D108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="408.043" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2256,431 +2266,445 @@
         <v>195</v>
       </c>
       <c r="D76" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>19</v>
       </c>
       <c r="B77" t="s">
         <v>197</v>
       </c>
       <c r="C77" t="s">
         <v>198</v>
       </c>
       <c r="D77" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>19</v>
       </c>
       <c r="B78" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C78" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D78" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>19</v>
       </c>
       <c r="B79" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C79" t="s">
+        <v>203</v>
+      </c>
+      <c r="D79" t="s">
         <v>202</v>
       </c>
-      <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>19</v>
       </c>
       <c r="B80" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C80" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>19</v>
       </c>
       <c r="B81" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C81" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D81" t="s">
         <v>207</v>
       </c>
+      <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>19</v>
       </c>
       <c r="B82" t="s">
         <v>208</v>
       </c>
       <c r="C82" t="s">
         <v>209</v>
       </c>
-      <c r="D82"/>
+      <c r="D82" t="s">
+        <v>210</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>19</v>
       </c>
       <c r="B83" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C83" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>19</v>
       </c>
       <c r="B84" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C84" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="D84" t="s">
         <v>214</v>
       </c>
+      <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>19</v>
       </c>
       <c r="B85" t="s">
         <v>215</v>
       </c>
       <c r="C85" t="s">
         <v>216</v>
       </c>
       <c r="D85" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>19</v>
       </c>
       <c r="B86" t="s">
         <v>218</v>
       </c>
       <c r="C86" t="s">
         <v>219</v>
       </c>
       <c r="D86" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>19</v>
       </c>
       <c r="B87" t="s">
         <v>221</v>
       </c>
       <c r="C87" t="s">
         <v>222</v>
       </c>
-      <c r="D87"/>
+      <c r="D87" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>19</v>
       </c>
       <c r="B88" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C88" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>19</v>
       </c>
       <c r="B89" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C89" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="D89" t="s">
         <v>227</v>
       </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>19</v>
+      </c>
+      <c r="B90" t="s">
         <v>228</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>229</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>230</v>
       </c>
-      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B91" t="s">
-        <v>38</v>
+        <v>232</v>
       </c>
       <c r="C91" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B92" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C92" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B93" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="C93" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D93"/>
+        <v>235</v>
+      </c>
+      <c r="D93" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B94" t="s">
-        <v>235</v>
+        <v>62</v>
       </c>
       <c r="C94" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="D94" t="s">
         <v>237</v>
       </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B95" t="s">
         <v>238</v>
       </c>
       <c r="C95" t="s">
         <v>239</v>
       </c>
       <c r="D95" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B96" t="s">
-        <v>117</v>
+        <v>241</v>
       </c>
       <c r="C96" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D96"/>
+        <v>242</v>
+      </c>
+      <c r="D96" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B97" t="s">
-        <v>242</v>
+        <v>117</v>
       </c>
       <c r="C97" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="D97" t="s">
         <v>244</v>
       </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B98" t="s">
-        <v>128</v>
+        <v>245</v>
       </c>
       <c r="C98" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D98" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B99" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="C99" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>248</v>
+      </c>
+      <c r="D99" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B100" t="s">
-        <v>248</v>
+        <v>149</v>
       </c>
       <c r="C100" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B101" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C101" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B102" t="s">
-        <v>174</v>
+        <v>251</v>
       </c>
       <c r="C102" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B103" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="C103" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="D103"/>
+        <v>254</v>
+      </c>
+      <c r="D103" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B104" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="C104" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B105" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C105" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B106" t="s">
-        <v>256</v>
+        <v>213</v>
       </c>
       <c r="C106" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="D106" t="s">
         <v>258</v>
       </c>
+      <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
+        <v>231</v>
+      </c>
+      <c r="B107" t="s">
         <v>259</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
         <v>260</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>261</v>
       </c>
-      <c r="D107" t="s">
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
         <v>262</v>
+      </c>
+      <c r="B108" t="s">
+        <v>263</v>
+      </c>
+      <c r="C108" t="s">
+        <v>264</v>
+      </c>
+      <c r="D108" t="s">
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">