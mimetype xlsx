--- v1 (2026-01-27)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIUSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae (as Pinus)</t>
   </si>
   <si>
     <t>MELMMD</t>
   </si>
   <si>
@@ -710,50 +710,56 @@
   </si>
   <si>
     <t>EVETBU</t>
   </si>
   <si>
     <t>Rhyacionia buoliana (as Pinus)</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Pinus)</t>
   </si>
   <si>
     <t>SIRXER</t>
   </si>
   <si>
     <t>Sirex ermak</t>
   </si>
   <si>
     <t>* Sundukov YuN (2013) The annotated bibliography on taxonomy and fauna of Symphyta (Hymenoptera) the Russian Far East. Part 4: U – Z and publications in Cyrillics. Amurian zoological journal 4, 449–459 (in Russian).
 * Talman PN (1948) About wood wasps Sirex gigas L. and Xanthosirex tardigradus Ced. (Hymenoptera, Siricidae). Entomologicheskoe Obozrenie 1–2, 82–87 (in Russian).</t>
   </si>
   <si>
     <t>SIRXNO</t>
+  </si>
+  <si>
+    <t>Sirex noctilio</t>
+  </si>
+  <si>
+    <t>* Wermelinger B, Rigling A, Mathis DS, Dobbertin M (2008) Assessing the role of bark- and wood-boring insects in the decline of Scots pine (Pinus sylvestris) in the Swiss Rhone valley. Ecological Entomology 33(2), 239-249.</t>
   </si>
   <si>
     <t>Sirex noctilio (as Pinus)</t>
   </si>
   <si>
     <t>TETOGR</t>
   </si>
   <si>
     <t>Tetropium gracilicorne (as Pinus)</t>
   </si>
   <si>
     <t>THAUPR</t>
   </si>
   <si>
     <t>Thaumetopoea processionea (as Pinus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Gomez-Bustillo MR (1978) Los Thaumetopoeidae de la Peninsula Iberica: nociones de sistematica, ecologica e importancia economica de la famila. Revista de Lepidopterologia 5, 283-290; 6, 113- 124. </t>
   </si>
   <si>
     <t>TOUMPA</t>
   </si>
   <si>
     <t>Toumeyella parvicornis</t>
   </si>
@@ -1231,51 +1237,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D108"/>
+  <dimension ref="A1:D109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="408.043" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2337,374 +2343,388 @@
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>19</v>
       </c>
       <c r="B82" t="s">
         <v>208</v>
       </c>
       <c r="C82" t="s">
         <v>209</v>
       </c>
       <c r="D82" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>19</v>
       </c>
       <c r="B83" t="s">
         <v>211</v>
       </c>
       <c r="C83" t="s">
         <v>212</v>
       </c>
-      <c r="D83"/>
+      <c r="D83" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>19</v>
       </c>
       <c r="B84" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C84" t="s">
         <v>214</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>19</v>
       </c>
       <c r="B85" t="s">
         <v>215</v>
       </c>
       <c r="C85" t="s">
         <v>216</v>
       </c>
-      <c r="D85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>19</v>
       </c>
       <c r="B86" t="s">
+        <v>217</v>
+      </c>
+      <c r="C86" t="s">
         <v>218</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>19</v>
       </c>
       <c r="B87" t="s">
+        <v>220</v>
+      </c>
+      <c r="C87" t="s">
         <v>221</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>19</v>
       </c>
       <c r="B88" t="s">
+        <v>223</v>
+      </c>
+      <c r="C88" t="s">
         <v>224</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>225</v>
       </c>
-      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>19</v>
       </c>
       <c r="B89" t="s">
         <v>226</v>
       </c>
       <c r="C89" t="s">
         <v>227</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>19</v>
       </c>
       <c r="B90" t="s">
         <v>228</v>
       </c>
       <c r="C90" t="s">
         <v>229</v>
       </c>
-      <c r="D90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>19</v>
+      </c>
+      <c r="B91" t="s">
+        <v>230</v>
+      </c>
+      <c r="C91" t="s">
         <v>231</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
         <v>232</v>
       </c>
-      <c r="C91" t="s">
-[...2 lines deleted...]
-      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B92" t="s">
-        <v>38</v>
+        <v>234</v>
       </c>
       <c r="C92" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B93" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C93" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D93" t="s">
         <v>236</v>
       </c>
+      <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B94" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="C94" t="s">
         <v>237</v>
       </c>
-      <c r="D94"/>
+      <c r="D94" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B95" t="s">
-        <v>238</v>
+        <v>62</v>
       </c>
       <c r="C95" t="s">
         <v>239</v>
       </c>
-      <c r="D95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B96" t="s">
+        <v>240</v>
+      </c>
+      <c r="C96" t="s">
         <v>241</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B97" t="s">
-        <v>117</v>
+        <v>243</v>
       </c>
       <c r="C97" t="s">
         <v>244</v>
       </c>
-      <c r="D97"/>
+      <c r="D97" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B98" t="s">
-        <v>245</v>
+        <v>117</v>
       </c>
       <c r="C98" t="s">
         <v>246</v>
       </c>
-      <c r="D98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B99" t="s">
-        <v>128</v>
+        <v>247</v>
       </c>
       <c r="C99" t="s">
         <v>248</v>
       </c>
       <c r="D99" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B100" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="C100" t="s">
         <v>250</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B101" t="s">
-        <v>251</v>
+        <v>149</v>
       </c>
       <c r="C101" t="s">
         <v>252</v>
       </c>
       <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B102" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C102" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B103" t="s">
-        <v>174</v>
+        <v>253</v>
       </c>
       <c r="C103" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="D103" t="s">
         <v>255</v>
       </c>
+      <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B104" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="C104" t="s">
         <v>256</v>
       </c>
-      <c r="D104"/>
+      <c r="D104" t="s">
+        <v>257</v>
+      </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B105" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="C105" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B106" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="C106" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B107" t="s">
-        <v>259</v>
+        <v>215</v>
       </c>
       <c r="C107" t="s">
         <v>260</v>
       </c>
-      <c r="D107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D107"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
+        <v>233</v>
+      </c>
+      <c r="B108" t="s">
+        <v>261</v>
+      </c>
+      <c r="C108" t="s">
         <v>262</v>
       </c>
-      <c r="B108" t="s">
+      <c r="D108" t="s">
         <v>263</v>
       </c>
-      <c r="C108" t="s">
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
         <v>264</v>
       </c>
-      <c r="D108" t="s">
+      <c r="B109" t="s">
         <v>265</v>
+      </c>
+      <c r="C109" t="s">
+        <v>266</v>
+      </c>
+      <c r="D109" t="s">
+        <v>267</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">