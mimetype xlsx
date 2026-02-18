--- v0 (2025-10-20)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIUPT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae (as Pinus)</t>
   </si>
   <si>
     <t>MELMMD</t>
   </si>
   <si>
@@ -539,50 +539,53 @@
   <si>
     <t>BURSMU</t>
   </si>
   <si>
     <t>Bursaphelenchus mucronatus (as Pinus)</t>
   </si>
   <si>
     <t>MONCGA</t>
   </si>
   <si>
     <t>Monochamus galloprovincialis (as Pinus)</t>
   </si>
   <si>
     <t>PISOCI</t>
   </si>
   <si>
     <t>Pissodes cibriani</t>
   </si>
   <si>
     <t>* Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.
 * O'Brien CW (1989) Revision of the weevil genus Pissodes in Mexico with notes on neotropical Pissodini (Coleoptera, Curculionidae). Transactions of the American Entomological Society 115(3), 415-432.
 * Pineda Torres MC, Guerrero Alarcón ME (1983) Bionomía de Pissodes n. sp. (Coleoptera : Curculionidae). Un descortezador de Pinus patula Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</t>
   </si>
   <si>
     <t>Sirex noctilio</t>
+  </si>
+  <si>
+    <t>* Corley JC, Lantschner MV, Martínez AS, Fischbein D, Villacide JM (2019) Management of Sirex noctilio populations in exotic pine plantations: critical issues explaining invasion success and damage levels in South America. Journal of Pest Science 92(1), 131-142.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1774,51 +1777,53 @@
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>158</v>
       </c>
       <c r="B67" t="s">
         <v>163</v>
       </c>
       <c r="C67" t="s">
         <v>164</v>
       </c>
       <c r="D67" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>158</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68" t="s">
         <v>166</v>
       </c>
-      <c r="D68"/>
+      <c r="D68" t="s">
+        <v>167</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>