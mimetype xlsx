--- v0 (2025-10-13)
+++ v1 (2026-02-15)
@@ -150,52 +150,53 @@
   <si>
     <t>Cronartium quercuum</t>
   </si>
   <si>
     <t>* Sinclair WA &amp; Lyon HH (2005) In: Diseases of trees and shrubs, second edition, 660 pp. Comstock Publishing Associates, Ithaca, USA.</t>
   </si>
   <si>
     <t>DENCAD</t>
   </si>
   <si>
     <t>Dendroctonus adjunctus (as Pinus)</t>
   </si>
   <si>
     <t>DENCBR</t>
   </si>
   <si>
     <t>Dendroctonus brevicomis (as Pinus)</t>
   </si>
   <si>
     <t>DENCFR</t>
   </si>
   <si>
     <t>Dendroctonus frontalis</t>
   </si>
   <si>
-    <t>* Armendáriz-Toledano F, Zúñiga G (2017) Illustrated key to species of genus Dendroctonus (Coleoptera: Curculionidae) occurring in Mexico and Central America. Journal of Insect Science, 17(2), 34. http://doi.org/10.1093/jisesa/iex009
-------- Listed as a host.</t>
+    <t xml:space="preserve">* Armendáriz-Toledano F, Zúñiga G (2017) Illustrated key to species of genus Dendroctonus (Coleoptera: Curculionidae) occurring in Mexico and Central America. Journal of Insect Science, 17(2), 34. http://doi.org/10.1093/jisesa/iex009
+------- Listed as a host.
+* Salinas‐Moreno Y, Mendoza G, Barrios MA, Cisneros R, Macías‐Sámano J, Zuniga G (2004) Areography of the genus Dendroctonus (Coleoptera: Curculionidae: Scolytinae) in Mexico. Journal of Biogeography 31(7), 1163–1177. http://www.jstor.org/stable/3554813 </t>
   </si>
   <si>
     <t>Dendroctonus frontalis (as Pinus)</t>
   </si>
   <si>
     <t>* Hain FP, Duehl AJ, Gardener MJ, Payne TL (2011) Natural History of the Southern Pine Beetle. In: Coulson, R.N.; Klepzig, K.D. 2011. Southern Pine Beetle II. Gen. Tech. Rep. SRS-140. Asheville, NC: U.S. Department of Agriculture Forest Service, Southern Research Station. 13-24. https://www.fs.usda.gov/treesearch/pubs/39019
 ------- "The SPB infests and kills all pine species in its range"</t>
   </si>
   <si>
     <t>DENCPO</t>
   </si>
   <si>
     <t>Dendroctonus ponderosae (as Pinus)</t>
   </si>
   <si>
     <t>DENCVA</t>
   </si>
   <si>
     <t>Dendroctonus valens</t>
   </si>
   <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)</t>
   </si>
   <si>
     <t>DENDSC</t>